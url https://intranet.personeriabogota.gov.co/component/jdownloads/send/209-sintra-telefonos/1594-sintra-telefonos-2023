--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -7,90 +7,90 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28005"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29429"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\bgutierrez\Desktop\sintratelefonos\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Julie\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="11_689BA729BBC39204BFC5A345DE8EBC4EEF29DCBE" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{6E2499FC-0556-459B-9AE9-A9E3BD0C33C1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="mRUMsqyTjhrNVxgJ4MlmH3TDnv81v/POcXtRxP09lF7HFYKJUMO3ebO0c8JfOR3Zs2iiGbMM8YlVpwTvV6hjOw==" workbookSaltValue="gPPBWgUp8TWGprYFJyjIsw==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="15345" windowHeight="4635" tabRatio="621" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="9645" windowHeight="7500" tabRatio="621" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="CONTROL CAMBIOS " sheetId="8" state="hidden" r:id="rId1"/>
     <sheet name="1. Matriz de Peligros" sheetId="6" r:id="rId2"/>
     <sheet name="2. Identificación" sheetId="10" r:id="rId3"/>
     <sheet name="3. Evaluación Riesgo" sheetId="3" r:id="rId4"/>
     <sheet name="4. Clasificación de Peligros" sheetId="4" r:id="rId5"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId6"/>
   </externalReferences>
   <definedNames>
     <definedName name="\a" localSheetId="1">#REF!</definedName>
     <definedName name="\a" localSheetId="2">#REF!</definedName>
     <definedName name="\a" localSheetId="3">#REF!</definedName>
     <definedName name="\a">#REF!</definedName>
     <definedName name="\m" localSheetId="1">#REF!</definedName>
     <definedName name="\m" localSheetId="2">#REF!</definedName>
     <definedName name="\m" localSheetId="3">#REF!</definedName>
     <definedName name="\m">#REF!</definedName>
     <definedName name="\p" localSheetId="1">#REF!</definedName>
     <definedName name="\p" localSheetId="2">#REF!</definedName>
     <definedName name="\p" localSheetId="3">#REF!</definedName>
     <definedName name="\p">#REF!</definedName>
     <definedName name="\q" localSheetId="1">#REF!</definedName>
     <definedName name="\q" localSheetId="2">#REF!</definedName>
     <definedName name="\q" localSheetId="3">#REF!</definedName>
     <definedName name="\q">#REF!</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'1. Matriz de Peligros'!$A$16:$AF$111</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'1. Matriz de Peligros'!$G$16:$H$236</definedName>
     <definedName name="_Key1" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="_Key1" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="_Key1" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="_Key1" hidden="1">#REF!</definedName>
     <definedName name="_Order1" hidden="1">255</definedName>
     <definedName name="_Order2" hidden="1">255</definedName>
     <definedName name="_Sort" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="_Sort" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="_Sort" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="_Sort" hidden="1">#REF!</definedName>
     <definedName name="_w29" localSheetId="1" hidden="1">[1]PRODUCION!#REF!</definedName>
     <definedName name="_w29" localSheetId="2" hidden="1">[1]PRODUCION!#REF!</definedName>
     <definedName name="_w29" localSheetId="3" hidden="1">[1]PRODUCION!#REF!</definedName>
     <definedName name="_w29" hidden="1">[1]PRODUCION!#REF!</definedName>
     <definedName name="A_1" localSheetId="1">#REF!</definedName>
     <definedName name="A_1" localSheetId="2">#REF!</definedName>
     <definedName name="A_1" localSheetId="3">#REF!</definedName>
     <definedName name="A_1">#REF!</definedName>
     <definedName name="A_2" localSheetId="1">#REF!</definedName>
     <definedName name="A_2" localSheetId="2">#REF!</definedName>
     <definedName name="A_2" localSheetId="3">#REF!</definedName>
     <definedName name="A_2">#REF!</definedName>
     <definedName name="A_3" localSheetId="1">#REF!</definedName>
     <definedName name="A_3" localSheetId="2">#REF!</definedName>
     <definedName name="A_3" localSheetId="3">#REF!</definedName>
@@ -690,51 +690,51 @@
   <c r="P40" i="6"/>
   <c r="P47" i="6"/>
   <c r="R58" i="6"/>
   <c r="S58" i="6" s="1"/>
   <c r="R48" i="6"/>
   <c r="S48" i="6" s="1"/>
   <c r="R41" i="6"/>
   <c r="S41" i="6" s="1"/>
   <c r="R19" i="6"/>
   <c r="S19" i="6" s="1"/>
   <c r="R38" i="6"/>
   <c r="S38" i="6" s="1"/>
   <c r="R24" i="6"/>
   <c r="S24" i="6" s="1"/>
   <c r="R18" i="6"/>
   <c r="S18" i="6" s="1"/>
   <c r="P59" i="6"/>
   <c r="P53" i="6"/>
   <c r="P49" i="6"/>
   <c r="P46" i="6"/>
   <c r="P42" i="6"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4641" uniqueCount="1074">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4842" uniqueCount="1080">
   <si>
     <t>MATRIZ DE IDENTIFICACIÓN DE PELIGROS, EVALUACIÓN Y VALORACIÓN DE RIESGOS Y DETERMINACIÓN DE CONTROLES</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Código: </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 08-FR-47</t>
     </r>
   </si>
   <si>
     <t>Versión:</t>
   </si>
   <si>
     <t>Página:</t>
   </si>
   <si>
     <t>1 de 1</t>
@@ -927,108 +927,108 @@
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>08-FR-47</t>
     </r>
   </si>
   <si>
     <t>Versión:
 6</t>
   </si>
   <si>
     <t>1 de 2</t>
   </si>
   <si>
     <t>Vigente desde:
 26/12/2019</t>
   </si>
   <si>
     <t>Fecha Actualización:</t>
   </si>
   <si>
     <t xml:space="preserve">Cargo: </t>
   </si>
   <si>
-    <t>Asesora ARL Positiva</t>
+    <t>Asesora ARL AXA COLPATRIA</t>
   </si>
   <si>
     <t>Responsable Actualización:</t>
   </si>
   <si>
-    <t>Leidy Tatiana Yara Gonzalez</t>
+    <t>Julie Alexandra Venegas Domínguez</t>
   </si>
   <si>
     <t>Dependencia:</t>
   </si>
   <si>
     <t>Dirección:</t>
   </si>
   <si>
     <t>CR 8#20-57</t>
   </si>
   <si>
     <t>PROCESO</t>
   </si>
   <si>
     <t>ZONA / LUGAR</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>TAREAS</t>
   </si>
   <si>
     <t>CARGOS</t>
   </si>
   <si>
     <t>ACTIVIDAD RUTINARIA</t>
   </si>
   <si>
     <t>PELIGRO</t>
   </si>
   <si>
     <t>EFECTOS POSIBLES</t>
   </si>
   <si>
     <t>CONTROLES EXISTENTES</t>
   </si>
   <si>
     <t>EVALUACIÓN DE RIESGOS</t>
   </si>
   <si>
     <t>VALORACION DEL RIESGO</t>
   </si>
   <si>
     <t>CRITERIOS PARA ESTABLECER CONTROLES</t>
   </si>
   <si>
     <t>MEDIDAS DE INTERVENCIÓN</t>
   </si>
   <si>
-    <t xml:space="preserve">OBSERVACION </t>
+    <t>SEGUIMIENTO</t>
   </si>
   <si>
     <t>DESCRIPCIÓN</t>
   </si>
   <si>
     <t>CLASIFICACIÓN</t>
   </si>
   <si>
     <t>FUENTE</t>
   </si>
   <si>
     <t xml:space="preserve">MEDIO </t>
   </si>
   <si>
     <t>INDIVIDUO</t>
   </si>
   <si>
     <t>NIVEL DE DEFICIENCIA</t>
   </si>
   <si>
     <t>NIVEL DE EXPOSICIÓN</t>
   </si>
   <si>
     <t>NIVEL DE PROBABILIDAD                      
 (ND X NE)</t>
@@ -1142,50 +1142,53 @@
   </si>
   <si>
     <t>ACEPTABLE CON CONTROL ESPECÍFICO</t>
   </si>
   <si>
     <t xml:space="preserve">Transmisión de enfermedad 
 Infecciones agudas y crónicas
 </t>
   </si>
   <si>
     <t>SI 
 (VER MATRIZ DE REQUISITOS LEGALES)</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>Programa de riesgo biológico.
 Continuar con las activdades de limpieza y desinfección.  
 Suministro constante de elementos para lavado de manos e higiene (jabón, toallas de papel o secador,papel higiénico).</t>
   </si>
   <si>
     <t>Continuar con el suministro de  elementos como tapabocas, guantes.</t>
   </si>
   <si>
+    <t xml:space="preserve">EFICACIA DEL CONTROL: Se evidencia eficacia del control con relacion al peligro Biologico, dado que no se han presentado accidentes de trabajo en el periodo por riesgo biologico fecha 30/06/2025 </t>
+  </si>
+  <si>
     <t>Exposición a virus que producen afecciones  gastrointestinales.
 Recepción de documentos.
 Contacto constante con personas en distintos escenarios.</t>
   </si>
   <si>
     <t>Dermatosis, reacciones alérgicas, enfermedades infectocontagiosas, alteraciones de los diferentes sistemas (sistema respiratorio etc.)</t>
   </si>
   <si>
     <t>Limpieza y desinfección de las áreas
 Fumigación</t>
   </si>
   <si>
     <t xml:space="preserve"> - Uso de Mascarilla quirúrgica o tapabocas convencional 
  - Campañas Lavado de Manos
  - Uso de gel antibacterial</t>
   </si>
   <si>
     <t>Transmisión de enfermedad 
 Infecciones agudas y crónicas
 Reacciones alérgicas y tóxicas causadas por agentes biológicos y sus derivados
 Muerte</t>
   </si>
   <si>
     <t>Capacitación en medidas de prevención para el peligro biológico por contacto con virus, hongos, bacterias,etc.*Programa de Prevención de Riesgo Biológico</t>
   </si>
@@ -1240,50 +1243,53 @@
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>: Ruido (Impacto intermitente y continuo)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> - Pérdida auditiva temporal o permanente
  - Estrés y fatiga</t>
   </si>
   <si>
     <t>MEJORABLE</t>
   </si>
   <si>
     <t>Síndrome de fatiga crónica
 Depresión
 Síndrome de Burnout</t>
   </si>
   <si>
     <t>Capacitación sobre conservación auditiva.</t>
   </si>
   <si>
+    <t>EFICACIA DEL CONTROL: Se evidencia eficacia del control con relacion al peligro fisico, dado que no se han presentado accidentes de trabajo en el periodo por riesgo fìsico fecha 30/06/2025</t>
+  </si>
+  <si>
     <t>Zonas que presenta variación en la sensación térmica (frio-calor), dentro de las instalaciones.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">FÍSICO: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Disconfort Térmico (calor y frío)</t>
     </r>
   </si>
   <si>
     <t>Agotamiento, cansancio y debilidad, dolor de cabeza, mareos o desmayos, debilidad muscular o calambres, náuseas y vómitos</t>
@@ -1389,50 +1395,53 @@
       </rPr>
       <t>QUÍMICO:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Gases y vapores</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> - Desmayos
  - Cefalea
  - Problemas respiratorios.</t>
   </si>
   <si>
     <t>Enfermedades respiratorias</t>
   </si>
   <si>
     <t>Capacitación Medidas de prevención y protección ante gases volátiles ocasionales.</t>
   </si>
   <si>
+    <t xml:space="preserve">EFICACIA DEL CONTROL: Se evidencia eficacia del control con relacion al peligro quìmico, dado que no se han presentado accidentes de trabajo en el periodo por riesgo quìmico fecha 30/06/2025 </t>
+  </si>
+  <si>
     <t>Exposición a material particulado (polvos) durante los desplazamientos. En las instalaciones de la oficina exposición material particulado por la cercanía con la calle.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">QUÍMICO: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Material Particulado</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> - Rinitis
@@ -1479,197 +1488,212 @@
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Características de la organización del trabajo, Condiciones de la tarea, jornada de trabajo</t>
     </r>
   </si>
   <si>
     <t>Estrés ocupacional reflejado en. Ansiedad, depresión, enfermedad cardiovascular,  trastornos de atención</t>
   </si>
   <si>
     <t>ACEPTABLE CON CONTROL ESPECIFICO</t>
   </si>
   <si>
     <t>Tipo cardiovascular (infartos), respiratorio (hiperactividad bronquial, asma), trastornos de base inmunitaria (artritis reumatoide), gastrointestinales (dispepsia, úlcera péptica, síndrome del colon irritable, enfermedad de Crohn, colitis ulcerosa), dermatológicos (psoriasis, neuro dermitis, alergias), endocrinológicos, musculoesqueléticos (dolor de espalda, contracturas) y trastornos en la salud mental.</t>
   </si>
   <si>
     <t>*Mantener  las medidas de control existentes y hacer inspecciones periódicas para mantener el riesgo controlado 
 *Se recomienda trabajar sobre la cultura de autocuidado y realizar pausas activas con actividades dinámicas PSICOSOCIALES "
 *SISTEMA DE VIGILANCIA EPIDEMIOLÓGICA DE RIESGO PSICOSOCIAL</t>
   </si>
   <si>
+    <t xml:space="preserve">EFICACIA DEL CONTROL: Se evidencia eficacia del control con relacion al peligro psicosocial, dado que no se han presentado accidentes de trabajo en el periodo por riesgo psicosocial fecha 30/06/2025 </t>
+  </si>
+  <si>
     <t>Uso de elementos de oficina como cosedoras, tijeras o saca ganchos que pueden causar laceraciones en manos.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>CONDICIONES DE SEGURIDAD</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>: Mecánico (elementos o partes de maquinas, herramientas, equipos, piezas a trabajar, materiales proyectados, solidos o fluidos)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Lesiones superficiales, heridas
 de poca profundidad, contusiones, irritaciones del ojo por material particulado. </t>
   </si>
   <si>
     <t>ACEPTABLE</t>
   </si>
   <si>
     <t>Heridas profundas, quemaduras, fracturas</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Capacitación buen uso de elementos de oficina</t>
   </si>
   <si>
+    <t>EFICACIA DEL CONTROL: Se evidencia eficacia del control con relacion al peligro mecánico, dado que no se han presentado accidentes de trabajo en el periodo por riesgo mecánico fecha 30/06/2025</t>
+  </si>
+  <si>
     <t>Posición sedente de mas del 80% del tiempo, largas jornadas sentado o de pie realizando las funciones de su cargo.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>BIOMECANICO:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Postura (prolongada, mantenida, forzada, anti gravitacionales)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Fatiga muscular, Síndromes dolorosos, lumbalgias, Epicondilitis. Afecciones circulatorias como  várices. Discopatías. </t>
   </si>
   <si>
     <t>Pausas activas
 Capacitación en Higiene Postural</t>
   </si>
   <si>
     <t>Hipercifosis, hiperlordosis, escoliosis o rectificación cervical, dorsal y/o lumbar, o alguna otra enfermedad que afecte tu columna.
 Hinchazón de piernas o pies, aparición de varices, tendinitis, fascitis plantar (inflamación en la zona del arco del pie), juanetes, molestias en rodillas, problemas cervicales y dolores musculares, entre otras cosas.</t>
   </si>
   <si>
     <t>Pausas activas . 
 *Desarrollar actividades dinámicas OSTEOMUSCULARES Y VISUALES.</t>
   </si>
   <si>
+    <t>Durante el segundo semestre del año 2024 se presentaron cuatro accidentescon realación al peligro biomecanico vs un accidente primer semestre año 2025</t>
+  </si>
+  <si>
     <t>Movimientos repetitivos en muñeca y dedos durante tareas de digitación de información en equipos de cómputo y uso de equipos electrónicos. Durante los acompañamientos a las movilizaciones deben caminar largos periodos</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>BIOMECANICO:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Movimiento repetitivo</t>
     </r>
   </si>
   <si>
     <t>Lesiones por trauma acumulativo en extremidades superiores, alteraciones musculares esqueléticas, síndromes dolorosos, fatiga visual, cefalea. Síndrome del túnel carpiano, epicondilitis, tendinitis</t>
   </si>
   <si>
     <t>Sillas ergonómicas
 Elementos ergonómicos (Descansa pies, bases monitor, porta documentos, entre otros)</t>
   </si>
   <si>
     <t>*Realizar la correcta ubicación de escritorio, silla, monitor, teclado, mouse, y adoptar posturas adecuadas,  
 Pausas activas diarias. 
 *Desarrollar actividades dinámicas OSTEOMUSCULARES Y VISUALES.</t>
   </si>
   <si>
+    <t>Durante el segundo semestre del año 2024 se presentaron cuatro accidentes con relación al peligro biomecanico vs un accidente primer semestre año 2025</t>
+  </si>
+  <si>
     <t>Exposición al riesgo dentro de la entidad por el contacto con equipos de oficina que operan con energía eléctrica, Instalaciones eléctricas sobrecargadas por computadores, impresoras, fax, falta de canalizado de cables de equipos de computo. Uso de extensiones y multitomas.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>CONDICIONES DE SEGURIDAD:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Eléctrico (alta y baja tensión, estática)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Descarga eléctrica: Exposición o contacto altas o bajas tensión, estática, quemaduras, </t>
   </si>
   <si>
     <t xml:space="preserve">Electrocución, quemaduras de cualquier grado incapacidad permanente o parcial </t>
   </si>
   <si>
     <t>Mantenimiento periódico a conexiones eléctricas e instalación bajo reglamento técnico.
 Capacitación en medidas preventivas del peligro eléctrico.</t>
+  </si>
+  <si>
+    <t>EFICACIA DEL CONTROL: Se evidencia eficacia del control con relacion al peligro eléctrico, dado que no se han presentado accidentes de trabajo en el periodo por riesgo eléctrico fecha 30/06/2025</t>
   </si>
   <si>
     <t>Uso de herramientas de oficina (tijeras, saca ganchos, perforadoras, cosedoras manual e industrial) que puede ocasionar lesiones leves o superficiales</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>CONDICIONES DE SEGURIDAD: MECANICO:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Herramientas  y equipos de trabajo</t>
     </r>
   </si>
@@ -1705,118 +1729,127 @@
       </rPr>
       <t xml:space="preserve">CONDICIONES DE SEGURIDAD: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Locativo (almacenamiento, superficies de trabajo
 (irregularidades, deslizantes, con diferencia del nivel) condiciones de orden y aseo, caídas de objeto)</t>
     </r>
   </si>
   <si>
     <t>Lesiones, Fracturas, incapacidades parciales o prolongadas</t>
   </si>
   <si>
     <t>Subprograma de orden y aseo. 
 Capacitación : Caídas a nivel y desnivel.
 Subrograma de inspecciones
 Señalización y advertencia
 Mantenimiento locativo de mobiliarios y puestos de trabajo.</t>
   </si>
   <si>
+    <t>Se presentaron ocho accidentes con relación al peligro condiciones de seguridad  locativo durante el segundo semestre del año 2024 vs ocho accidentes primer semestre año 2025</t>
+  </si>
+  <si>
     <t>Ataques por parte de personas hostiles o en ambientes de alteración del orden publico que pueden generar un riesgo de afectación a la integridad física y la vida.
 Amenazas, robos.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">CONDICIONES DE SEGURIDAD: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Públicos (Robos, atracos, asaltos, atentados, desorden público, etc.)</t>
     </r>
   </si>
   <si>
     <t>Lesiones de gran variedad, traumatismos de tejidos desde leves hasta severos, quemaduras. Síndrome postraumático, secuelas psicológicas.</t>
   </si>
   <si>
     <t>En algunas actividades hay acompañamiento de la Policía Nacional</t>
   </si>
   <si>
     <t xml:space="preserve">Agresión física o psicológica a un funcionario o contratista </t>
   </si>
   <si>
     <t xml:space="preserve">Programa de prevención riesgo público	</t>
   </si>
   <si>
+    <t>Durante el segundo semestre del año 2024 se presento un accidente de trabajo por peligro público vs un accidente durante primer semestre del año 2025</t>
+  </si>
+  <si>
     <t>Desplazamiento de los integrantes del sindicato  dentro de la ciudad o el pais por asistencia a comites reuniopnes entre otros; Expuestos a choques o accidentes, propios y/o transporte público.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>CONDICIONES DE SEGURIDAD:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Accidentes de tránsito</t>
     </r>
   </si>
   <si>
     <t>Lesiones de gran variedad, traumatismos de tejidos desde leves hasta severos, quemaduras, síndrome postraumático, secuelas psicológicas, muerte.</t>
   </si>
   <si>
     <t>Traumatismos craneoencefálicos, traumas torácicos y laceración de órganos internos. Muerte.</t>
   </si>
   <si>
     <t xml:space="preserve">Plan estratégico de seguridad vial. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EFICACIA DEL CONTROL: Se evidencia eficacia del control con relacion al peligro condicones de seguridad accidentes de transito, dado que no se han presentado accidentes de trabajo en el periodo con relaciòn al peligro a la  fecha 30/06/2025 </t>
   </si>
   <si>
     <t xml:space="preserve"> Planta electrica.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">CONDICIONES DE SEGURIDAD:  </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Incendio</t>
     </r>
     <r>
@@ -1829,50 +1862,53 @@
       <t xml:space="preserve"> y explosión</t>
     </r>
   </si>
   <si>
     <t>Quemaduras, pérdidas humanas y económicas, muerte.</t>
   </si>
   <si>
     <t>inspeccion de seguridad en area de plata electrica</t>
   </si>
   <si>
     <t>Elementos para el control del fuego.</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>Posible fatalidad</t>
   </si>
   <si>
     <t>Recarga de Extintores.</t>
   </si>
   <si>
     <t>Realizar  inspecciones  de seguridad de forma  periódica  a  elementos  de extinción; así como a las tomacorrientes y controladores al suministro de energía.</t>
   </si>
   <si>
+    <t xml:space="preserve">EFICACIA DEL CONTROL: Se evidencia eficacia del control con relacion al peligro condiciones de seguridad tecnologico, dado que no se han presentado accidentes de trabajo en el periodo 30/06/2025 </t>
+  </si>
+  <si>
     <t>Planta electrica</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">FISICO: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>confort termico por temperatura generado por planta electrica</t>
     </r>
   </si>
   <si>
     <t>Quemaduras en cuerpo, golpe de calor.</t>
@@ -1937,50 +1973,53 @@
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Sismo, Terremoto, vendaval, Inundación, Derrumbes y Precipitaciones</t>
     </r>
   </si>
   <si>
     <t>Golpes, caídas, lesiones, heridas, fracturas, esguinces, contusiones,  accidentes</t>
   </si>
   <si>
     <t>Plan de Emergencia  de la entidad.</t>
   </si>
   <si>
     <t>Grupo de apoyo: Brigada de Emergencia.</t>
   </si>
   <si>
     <t>Catástrofes de índole natural</t>
   </si>
   <si>
     <t>Mantenimiento Oportuno a la Infraestructura de la Entidad. 
 Identificar  el procedimiento de que hacer en caso de presentarse una emergencia por fenomenos naturales, Identificar y establecer contacto permanente con los organismos de seguridad de las zonas a visitar y establecer plan de ayuda mutua con las instituciones del área (policía, bomberos, instituciones de salud), Capacitación oportuna a los Servidores Públicos de la entidad, pertenecientes al grupo de apoyo Brigada de Emergencias.</t>
   </si>
   <si>
+    <t>EFICACIA DEL CONTROL: Se evidencia eficacia del control con relacion al peligro fenomenos naturales, dado que no se han presentado accidentes de trabajo en el periodo por riesgo fenomenos naturales fecha 30/06/2025</t>
+  </si>
+  <si>
     <t>DIRECCIONAMIENTO TIC</t>
   </si>
   <si>
     <t>SINTRATELÉFONOS
 Piso 2</t>
   </si>
   <si>
     <t>TICS-SOPORTE TÉCNICO</t>
   </si>
   <si>
     <t xml:space="preserve">REDES Y SOPORTE TÉCNICO	
 *Soporte técnico mediante los canales, telefónico, presencial y remoto
 *	Mantenimiento al cableado estructurado
 *Mantenimiento a equipos de computo
 SERVICIOS GENERALES
 *Barrido
 *Trapeado
 *Limpieza de mobiliario
 *Limpieza de ventanas
 *Servicio de cafeteria a Servidores(as) publicos(as).
 </t>
   </si>
   <si>
     <t>Profesional Universitario
 Auxiliar Administrativo
@@ -2356,53 +2395,50 @@
   <si>
     <t>Tics: Uso de herramientas manuales, equipos y otros elementos para mantenimientos que han generado golpes, cortes y machucones.
 Uso de greca en zona de cafetería.</t>
   </si>
   <si>
     <t>Señalización superficies calientes en zona de cafetería.</t>
   </si>
   <si>
     <t>Heridas profundas, infecciones, quemaduras.</t>
   </si>
   <si>
     <t>Subprograma de Inspecciones
 Capacitación en manejo seguro de Herramientas de manuales o cuidado de manos.</t>
   </si>
   <si>
     <t>Conexión de equipos eléctricos a tomacorrientes. Contacto con partes eléctricas de los mismos.</t>
   </si>
   <si>
     <t>Descarga eléctrica: Exposición o contacto altas o bajas tensión, estática, quemaduras.</t>
   </si>
   <si>
     <t>Capacitación</t>
   </si>
   <si>
     <t>Electrocución, quemaduras de cualquier grado, incapacidad permanente o parcial .</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Se recomienda evitar el uso de multitomas que podrían causar cortos circuitos por una sobre carga eléctrica </t>
   </si>
   <si>
     <t>Uso de equipos eléctricos y electrónicos.
 Elementos de extinción presurizados.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">CONDICIONES DE SEGURIDAD: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> tecnológicos   ( Incendio y explosión).</t>
     </r>
@@ -2744,53 +2780,50 @@
         <family val="2"/>
       </rPr>
       <t>Ruido en a vias de la ciudad en general alto volumen en animacines y eventos.</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> - Pérdida auditiva temporal o permanente
  - Estrés y fatiga
 - Desconcentración.
 -cefalea </t>
   </si>
   <si>
     <t>Se podria generar disconfort termico durante la  Participación en actividades deportivas por cambios de clima y desarrollo de actividades en otros municipios del departamento.</t>
   </si>
   <si>
     <t xml:space="preserve">Agotamiento, cansancio y debilidad, dolor de cabeza, mareos o desmayos, debilidad muscular o calambres, náuseas y vómitos, deshidratacion, alteraciones osteomusculares.
 </t>
   </si>
   <si>
     <t>El personal debe asistir a  las actividades recreativas con ropa adecuada.</t>
   </si>
   <si>
     <t>capacitacion en autocuidado.</t>
   </si>
   <si>
-    <t>Se recomienda al personal participante conocer acerca de la actividad de bienertar para asi mismo identificar la necesidad fisica.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">NO </t>
   </si>
   <si>
     <t>Durante la Participación en actividades deportivas a espacios abiertos y en temporadas soleadas.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>FÍSICO:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Radiaciones No Ionizantes (Rayos Ultravioleta por exposición al sol).</t>
     </r>
@@ -3250,53 +3283,50 @@
   <si>
     <t>Posición sedente de mas del 80 % del tiempo, largas jornadas sentado o de pie realizando las funciones de su cargo. Durante el trabajo en casa no cuentan con puestos de trabajo y elementos ergonómicos.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">BIOMECANICO: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Postura (prolongada, mantenida, forzada, anti gravitacionales)</t>
     </r>
   </si>
   <si>
-    <t>Eliminar elementos que no sean necesarios en el puesto de trabajo.</t>
-[...1 lines deleted...]
-  <si>
     <t>Exposición al riesgo dentro de la entidad por el contacto con equipos de oficina que operan con energía eléctrica, Instalaciones eléctricas sobrecargadas por computadores, impresoras, fax, falta de canalizado de cables de equipos de computo</t>
   </si>
   <si>
     <t xml:space="preserve">ACEPTABLE  </t>
   </si>
   <si>
     <t>Desplazamiento por las instalaciones de la Entidad, uso de escaleras, ascensores
 Ascensor fuera de servicio.
 Cintas antideslizantes en deterioro de las escaleras.
 Condiciones de desorden en algunos espacios, Se evidencia cajas y otros elementos bajo los escritorios.
 Sillas con necesidad de mantenimiento o cambios.
 Pisos húmedos en temporada de lluvias, que genera caídas.
 Falta de señalización de diferencia de nivel en baño Sipersobogotá.
 Falta de pasamanos en costado derecho de escaleras ruta de ascenso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>CONDICIONES DE SEGURIDAD</t>
@@ -3316,53 +3346,50 @@
     <t xml:space="preserve">
 Campañas de Orden y Aseo</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>CONDICIONES DE SEGURIDAD</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>: Públicos (Robos, atracos, asaltos, atentados, desorden público, etc.)</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> Identificación del Sindicato de los epp´s adecuados para su actividad.</t>
-[...1 lines deleted...]
-  <si>
     <t>Desplazamiento de los integrantes del sindicato  dentro de la ciudad, expuestos a choques o accidentes en vehículo y/o transporte público.</t>
   </si>
   <si>
     <t>Plan estratégico de seguridad vial</t>
   </si>
   <si>
     <t>Mantenimiento Oportuno a la Infraestructura de la Entidad. 
 Identificar  el procedimiento de que hacer en caso de accidente, Identificar y establecer contacto permanente con los organismos de seguridad de las zonas a visitar y establecer plan de ayuda mutua con las instituciones del área (policía, bomberos, instituciones de salud), Capacitación oportuna a los Servidores Públicos de la entidad, pertenecientes al grupo de apoyo Brigada de Emergencias.</t>
   </si>
   <si>
     <t>PROCESO DE APOYO</t>
   </si>
   <si>
     <t>PERSONERÍA SEDE SINTRATELÉFONOS (ÁREAS COMUNES, BODEGA EPP, ELEMENTOS DE CONFORT)</t>
   </si>
   <si>
     <t>Entrega, suministro y reemplazo de EPP</t>
   </si>
   <si>
     <t xml:space="preserve">Orden de elementos de proteccion personal en estantes, suministro por parte de proveedores. Entrega de epp a funcionarios y sedes,
 Entrega de elementos de confort.
 </t>
   </si>
   <si>
     <t>Profesional Especializado, Universitario y contratista.</t>
@@ -3525,53 +3552,50 @@
     </r>
   </si>
   <si>
     <t>Reemplazo de luminarias en mal estado.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>FÍSICO:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Di confort Térmico (calor y frío)</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>Matriz de EPPS del proveedor</t>
   </si>
   <si>
     <t xml:space="preserve"> Rinitis
  - Cefalea
  - Problemas respiratorios.</t>
   </si>
   <si>
     <t xml:space="preserve"> Limpieza y desinfección de instalaciones.
 Capacitación en uso adecuado de Elementos de Protección Personal.
 </t>
   </si>
   <si>
     <t>Elementos de extinción presurizados.</t>
   </si>
   <si>
     <t xml:space="preserve">Realizar  inspecciones  de seguridad de forma  periódica  a  elementos  de extinción; así como a las tomacorrientes y caja de control al suministro de energía (tacos).
 Para el caso de la bodega de EPP , Identificar los brakers para dejarlos apagados y evitar algún corto circuito, debido a la cantidad de material combustible que se almacena allí.
 </t>
   </si>
   <si>
     <t xml:space="preserve">Exposición a Fenómenos Naturales debido a posición Geográfica.
 </t>
   </si>
   <si>
     <t>IV</t>
@@ -4240,54 +4264,50 @@
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>CONDICIONES DE SEGURIDAD</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>: Eléctrico (alta y baja tensión, estática)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Mantenimiento periódico a conexiones eléctricas e instalación bajo reglamento técnico.
 </t>
-  </si>
-[...2 lines deleted...]
-Se recomienda evitar el uso de multitomas que podrían causar cortos circuitos por una sobre carga eléctrica </t>
   </si>
   <si>
     <t>Desplazamiento por las instalaciones de la Entidad, uso de escaleras, ascensores
 Ascensor fuera de servicio en la sede sintratelefono.
 Cintas antideslizantes en deterioro de las escaleras.
 Condiciones de desorden en algunos espacios, Se evidencia cajas y otros elementos bajo los escritorios.
 Pisos húmedos en temporada de lluvias, que genera caídas.
 Falta de pasamanos en costado derecho de escaleras ruta de ascenso</t>
   </si>
   <si>
     <t>Informe de Accesibilidad.
 Programa de Inspecciones.</t>
   </si>
   <si>
     <t>Programa de inspecciones
 Mantenimiento a propiedad planta y equipo.
 Revisar las recomendaciones del informe de accesibilidad y adoptar las que sean necesarias para el cuidado de la salud y la seguridad de todos y todas.
 Señalización portátil  de advertencia en pisos húmedos.</t>
   </si>
   <si>
     <t>Desplazamiento por las instalaciones de la Entidad en ascensor para entrega de  correspondencia.</t>
   </si>
   <si>
     <r>
       <rPr>
@@ -4498,55 +4518,50 @@
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Sismo, Terremoto, vendaval, Inundación, Derrumbes, Erupciones  y Precipitaciones.</t>
     </r>
   </si>
   <si>
     <t>Golpes, caídas, lesiones, heridas, fracturas, esguinces, contusiones,  accidentes, muerte.</t>
   </si>
   <si>
     <t>Plan de Emergencia de la Entidad y de la local.
 Contacto con Estación de Bomberos, Defensa Civil y demás Entidades de apoyo.</t>
   </si>
   <si>
     <t>Identificar el procedimiento de qué hacer en caso de accidente. 
 Revisar y/o actualizar el plan de Prevención , preparación y  Respuesta a emergencias.
 Divulgación Plan de Prevención , preparación y  Respuesta a emergencias
  Identificar y establecer contacto permanente con los organismos de seguridad de las zonas a visitar y establecer plan de ayuda mutua con las instituciones del área (Policía, Bomberos, Instituciones de salud).
  Capacitación oportuna a los (as) Servidores(as) Públicos (as) de la Entidad, pertenecientes al grupo de apoyo Brigada de Emergencias.
 Capacitación en Prevención , preparación y Respuesta a emergencias. Instalar señalización para la evacuación  en caso de emergencia.
 Implementar las actividades del Programa de Riesgo Público.</t>
   </si>
   <si>
-    <t>Plan de Emergencia de la Entidad.
-[...3 lines deleted...]
-  <si>
     <t xml:space="preserve">Desplazamientos por escaleras, baños, Zona verde dentro de las instalaciones. </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">CONDICIONES DE SEGURIDAD: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Objetos que caen, ruedan, se deslizan, se movilizan, barandas anchas en deterioro en barandas antideslizantes, problemas de anclaje en las divisiones y puertas sanitarias, rotura de espejos , caida de luminarias, ramas, entre otros objetos.</t>
     </r>
   </si>
   <si>
     <t>Lesiones superficiales, heridas
@@ -4579,53 +4594,50 @@
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> locativo caida de luminarias y dry wall falta de anclaje de estantes y archivadores  rotura de vidrios, puertas moviles.</t>
     </r>
   </si>
   <si>
     <t>caida de personas, golpes en pies y politraumatismos, cortaduras contusion aplastamiento</t>
   </si>
   <si>
     <t>Personal de seguridad que mantenga libre el transito de las  puertas del parqueadero</t>
   </si>
   <si>
     <t>Heridas profundas, infecciones, amputaciones. Golpes y cortaduras en miembrs inferiores.</t>
   </si>
   <si>
     <t>Inspecciones locativas.
 Señalización y advertencia de puertas moviles y sentido de apertura de la puerta.</t>
   </si>
   <si>
-    <t>Se recomenda la veificacion de los espacios donde seran ubicados los juegos de bienestar.</t>
-[...1 lines deleted...]
-  <si>
     <t>Desplazamientos por zonas de parqueadero</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>CONDICIONES DE SEGURIDAD:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> irregularidades y diferencia del nivel en pisos del parqueadero, espacios deslizantes.</t>
     </r>
   </si>
   <si>
     <t>Heridas en miembros inferiores, golpes en manos, esguince en tobillo o rdilla por sobe esfuerzo, laceraciones en rodillas, fractura en miembros inferiores.</t>
@@ -4993,50 +5005,54 @@
   <si>
     <t xml:space="preserve">Trasporte de canecas de residuos y carros de limpieza entre áreas.
 </t>
   </si>
   <si>
     <t>Uso de herramientas de oficina (tijeras, saca ganchos, perforadoras, cosedora manual,etc). En el caso de registros de limpieza de las áreas.
 Manipulacion de greca y horno microondas.</t>
   </si>
   <si>
     <t>Lesiones superficiales, heridas
 de poca profundidad, contusiones, quemaduras.</t>
   </si>
   <si>
     <t>Subprograma de Inspecciones
 Capacitación en manejo de Herramientas de oficina o cuidado de manos.</t>
   </si>
   <si>
     <t>Corto circuito de equipos eléctricos. Fallas eletricas en equipos o cableador de las oficinas
 Elementos de extinción presurizados.
 Uso de elementos calientes o generadores de fuego.</t>
   </si>
   <si>
     <t xml:space="preserve">incendio. Quemaduras en tronco, miembros superiores e inferiores, rostro, ahogamiento, asfixia, trauma por onda explosiva, </t>
   </si>
   <si>
+    <t xml:space="preserve">
+Se recomienda evitar el uso de multitomas que podrían causar cortos circuitos por una sobre carga eléctrica </t>
+  </si>
+  <si>
     <t>Desplazamiento por las instalaciones de la Entidad, 
 uso de escaleras,
 Cintas antideslizantes en deterioro.
 Caídas de objetos.
 Sillas con necesidad de mantenimiento o cambios.
 Muebles sin anclar.
 Pisos húmedos en temporada de lluvias, que genera caídas. lavado de baños del gimnasio. Limpieza de áreas comunes, limpieza de Gimnasio.</t>
   </si>
   <si>
     <t xml:space="preserve">Limpieza de estantes archivadores. Objetos que caen de estantes( posibles desprendimientos).
 </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>CONDICIONES DE SEGURIDAD:</t>
     </r>
     <r>
       <rPr>
@@ -5313,57 +5329,57 @@
         <family val="2"/>
       </rPr>
       <t>: Vecindades</t>
     </r>
   </si>
   <si>
     <t>Condiciones de seguridad y de vulnerabilidad</t>
   </si>
   <si>
     <t xml:space="preserve">*Personal de vigilancia disponible en instalaciones 
 *CAI Ricaurte
 *Estación de Bomberos Central
 </t>
   </si>
   <si>
     <t xml:space="preserve">
 Riesgos Públicos
 Riesgos de seguridad de la zona</t>
   </si>
   <si>
     <t>Capacitaciones
 Programa de prevención riesgo público
 Plan de emergencias</t>
   </si>
   <si>
-    <t>Condiciones con eventos difíciles de controlar, se requieren medidas de autocuidado para eventos que generen algún tipo de riesgo</t>
+    <t>EFICACIA DEL CONTROL: Se evidencia eficacia del control con relacion al peligroo , dado que no se han presentado accidentes de trabajo en el periodo por riesgo fìsico fecha 30/06/2025</t>
   </si>
   <si>
     <t>Observaciones</t>
   </si>
   <si>
-    <t>Se incluyen riesgos asociados a accidentes presentados en el año 2023, Leidy Tatiana Yara  asesor ARL POSITIVA 23/01/2024.</t>
+    <t>Se incluyen riesgos asociados a accidentes presentados en el año 2024, Julie Alexandra Venegas Domínuguez ARL AXA COLPATRIA 30/07/2025.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Página:
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2 de 2</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Vigente desde:</t>
     </r>
@@ -5386,51 +5402,51 @@
   <si>
     <t>Proceso</t>
   </si>
   <si>
     <t>Apoyo</t>
   </si>
   <si>
     <t xml:space="preserve">Dirección: </t>
   </si>
   <si>
     <t>CRA 8#20-57</t>
   </si>
   <si>
     <t>Teléfono</t>
   </si>
   <si>
     <t xml:space="preserve">No Funcionarios: </t>
   </si>
   <si>
     <t xml:space="preserve">No Contratistas: </t>
   </si>
   <si>
     <t>Realizado Por:</t>
   </si>
   <si>
-    <t>ARL Positiva_Asesora Leidy Tatiana Yara Gonzalez</t>
+    <t xml:space="preserve">Julie Alexandra Venegas Domínguez , Asesora ARL AXA COLPATRIA </t>
   </si>
   <si>
     <t>Actividad:</t>
   </si>
   <si>
     <t>Descritas en la matriz</t>
   </si>
   <si>
     <t>Tarea:</t>
   </si>
   <si>
     <t>CLASIFICACION</t>
   </si>
   <si>
     <t>DESCRIPCION</t>
   </si>
   <si>
     <t>APLICA</t>
   </si>
   <si>
     <t>DESCRIPCION DEL PELIGRO</t>
   </si>
   <si>
     <t>CONTROLES ACTUALES</t>
   </si>
@@ -6537,51 +6553,51 @@
     <t>Mordeduras</t>
   </si>
   <si>
     <t>Vibración        (cuerpo entero, segmentaria)</t>
   </si>
   <si>
     <t>Trabajo en Alturas</t>
   </si>
   <si>
     <t>Avalancha</t>
   </si>
   <si>
     <t>Fluidos o excrementos</t>
   </si>
   <si>
     <t>Espacios Confinados</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-240A]d&quot; de &quot;mmmm&quot; de &quot;yyyy;@"/>
   </numFmts>
-  <fonts count="61">
+  <fonts count="64">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Gill Sans MT"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -6920,50 +6936,70 @@
     <font>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <i/>
+      <sz val="10"/>
+      <color rgb="FF595959"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="10"/>
+      <color rgb="FF595959"/>
+      <name val="Arial"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF242424"/>
+      <name val="Aptos Narrow"/>
+      <charset val="1"/>
+    </font>
   </fonts>
   <fills count="17">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -7019,51 +7055,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="74">
+  <borders count="83">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
@@ -7541,72 +7577,50 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color auto="1"/>
-[...20 lines deleted...]
-      <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
@@ -7757,289 +7771,414 @@
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
-        <color indexed="64"/>
-[...11 lines deleted...]
-      <right style="thin">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top/>
-[...2 lines deleted...]
-      </bottom>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...1 lines deleted...]
-      <bottom style="medium">
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
         <color indexed="64"/>
-      </bottom>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
         <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
       </right>
-      <top style="medium">
+      <top style="thin">
         <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="8"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="8"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="8"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="medium">
-[...11 lines deleted...]
-      </right>
       <top/>
       <bottom style="medium">
         <color indexed="8"/>
       </bottom>
-      <diagonal/>
-[...9 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="33">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="52" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="814">
+  <cellXfs count="777">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="3"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="6"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="7" applyFont="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="2" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="12" borderId="2" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="7" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="3" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="7" quotePrefix="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="9" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="15" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="15" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="15" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="15" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
@@ -8088,65 +8227,65 @@
     </xf>
     <xf numFmtId="0" fontId="27" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="9" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="9" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="9" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="34" fillId="9" borderId="0" xfId="8" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="23" fillId="9" borderId="53" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="9" borderId="51" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="9" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="9" borderId="50" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="48" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="9" borderId="50" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="48" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="9" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="9" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="9" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="9" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="3" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="15" borderId="10" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -8208,159 +8347,156 @@
     <xf numFmtId="0" fontId="9" fillId="15" borderId="3" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="15" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="19" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="9" borderId="51" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="49" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="9" borderId="2" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="56" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="54" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="2" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="32" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="9" borderId="0" xfId="8" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="2" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="53" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="51" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="16" borderId="2" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="10" borderId="0" xfId="6" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="10" borderId="0" xfId="6" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="40" fillId="9" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="9" borderId="0" xfId="8" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="40" fillId="16" borderId="52" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="16" borderId="50" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="9" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="0" xfId="8" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="41" fillId="9" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="42" fillId="9" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="9" borderId="50" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="42" fillId="9" borderId="48" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="9" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="9" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="9" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="9" borderId="2" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="9" borderId="52" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="40" fillId="9" borderId="50" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="9" borderId="50" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="41" fillId="9" borderId="48" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="9" borderId="7" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="9" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="9" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="9" borderId="44" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="10" borderId="2" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
@@ -8368,280 +8504,272 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="2" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="2" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="55" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="53" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="55" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="53" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="55" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="53" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="55" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="53" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="55" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="53" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="2" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="9" borderId="32" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="9" borderId="2" xfId="18" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="0" borderId="2" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="9" borderId="52" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="50" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="34" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="33" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="42" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="42" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="42" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="42" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="42" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="63" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="61" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="59" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="58" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="55" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="53" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="55" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="53" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="36" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="36" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="52" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="50" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="19" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="0" borderId="2" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="2" xfId="18" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="9" borderId="2" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="0" borderId="2" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="0" borderId="2" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="20" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="53" fillId="0" borderId="52" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="50" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="52" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="50" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="52" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="50" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="52" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="50" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="42" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="55" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="53" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="9" borderId="52" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="50" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="55" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="53" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="9" borderId="55" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="9" borderId="53" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="2" xfId="18" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="31" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="52" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="50" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="22" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="22" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="22" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="10" borderId="2" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="10" borderId="2" xfId="20" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="47" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="42" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="56" fillId="16" borderId="2" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="10" borderId="20" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="2" xfId="29" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="24" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -8731,234 +8859,197 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="9" borderId="2" xfId="29" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="24" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="29" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="51" fillId="9" borderId="2" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="42" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="19" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="20" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="9" borderId="52" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="50" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="52" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="50" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="51" fillId="9" borderId="2" xfId="29" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="26" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="2" xfId="23" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="64" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="61" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="64" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="61" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="64" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="61" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="24" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="24" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="24" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="24" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="29" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="29" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="29" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="29" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="9" borderId="52" xfId="23" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="50" xfId="23" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="57" fillId="9" borderId="50" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="57" fillId="9" borderId="48" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="57" fillId="9" borderId="57" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="57" fillId="9" borderId="55" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="9" borderId="63" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="60" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="25" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="44" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="6" borderId="65" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="62" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="7" borderId="65" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="62" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="25" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="8" borderId="25" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="27" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="19" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="19" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="47" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -9067,102 +9158,224 @@
     <xf numFmtId="0" fontId="17" fillId="0" borderId="32" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="32" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="32" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="23" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="63" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="55" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="53" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="7" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="45" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="46" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="45" xfId="7" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="46" xfId="7" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="7" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="7" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="45" xfId="7" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="46" xfId="7" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="7" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="14" borderId="29" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="14" borderId="36" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="14" borderId="30" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="45" xfId="7" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="7" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="12" borderId="2" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="12" borderId="35" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="12" borderId="28" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="12" borderId="33" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="12" borderId="39" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="12" borderId="47" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="12" borderId="34" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="12" borderId="2" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="13" borderId="2" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="11" borderId="2" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="35" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="28" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="33" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="43" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="7" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="44" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="39" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="47" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="34" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="12" borderId="2" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="21" fillId="9" borderId="45" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="21" fillId="9" borderId="46" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="21" fillId="9" borderId="1" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="7" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="29" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="36" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="38" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="31" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="41" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="42" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="36" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="31" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="42" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -9179,1461 +9392,1234 @@
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="35" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="33" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="8" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="9" borderId="39" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="9" borderId="34" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="9" borderId="40" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="28" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="9" borderId="8" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="15" fontId="20" fillId="9" borderId="43" xfId="7" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="13" borderId="2" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="11" borderId="2" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="12" borderId="2" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="35" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="28" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="33" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="36" xfId="23" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="45" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="31" xfId="23" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="7" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="42" xfId="23" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="46" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="36" xfId="23" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="31" xfId="23" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="42" xfId="23" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="36" xfId="23" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="39" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="31" xfId="23" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="49" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="42" xfId="23" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="34" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="12" borderId="2" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="62" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="21" fillId="9" borderId="47" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="62" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="21" fillId="9" borderId="48" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...92 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="36" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="47" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="31" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="48" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="42" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="36" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="31" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="42" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="36" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...24 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="47" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="42" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="48" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="36" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="31" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="42" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="47" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="36" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="48" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="31" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="47" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="42" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="53" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="2" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="61" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="50" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="53" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="2" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="61" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="50" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="59" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="44" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="36" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="42" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="36" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="31" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="42" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="26" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="27" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="60" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="53" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="2" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="61" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="50" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="25" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="24" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="60" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="46" fillId="0" borderId="63" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="24" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="48" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="25" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="25" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="47" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="9" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="2" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="2" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="2" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="45" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="46" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="1" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="9" borderId="45" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="48" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="41" fillId="9" borderId="46" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="41" fillId="9" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="25" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="38" fillId="15" borderId="48" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="35" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="28" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="33" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="43" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="0" xfId="6" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="44" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="39" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="47" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="34" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="9" borderId="48" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="9" borderId="55" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="9" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="9" borderId="56" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="9" borderId="53" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="9" borderId="22" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="9" borderId="48" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="9" borderId="2" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="9" borderId="51" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="10" borderId="0" xfId="6" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="45" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="46" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="1" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="2" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="2" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="10" borderId="50" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="9" borderId="20" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="9" borderId="45" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="9" borderId="46" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="9" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="9" borderId="45" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="9" borderId="46" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="9" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="2" xfId="20" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="2" xfId="20" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="2" xfId="20" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="28" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="33" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="43" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="0" xfId="6" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="44" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="39" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="47" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="34" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="2" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="10" borderId="2" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="45" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="46" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="1" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="2" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="2" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="46" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="1" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="45" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="45" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="46" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="1" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="63" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="45" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="46" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="1" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="1" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="46" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="2" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="51" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="61" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="44" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="32" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="47" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="35" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="28" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="33" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="39" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="47" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="34" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="28" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="33" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="39" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="47" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="34" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="2" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="48" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="48" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="45" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="20" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="46" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="59" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="20" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="56" xfId="18" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="45" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="46" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...31 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="36" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...255 lines deleted...]
-      <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="9" borderId="24" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="9" borderId="5" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="9" borderId="6" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="9" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="9" borderId="9" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="9" borderId="63" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="49" fillId="9" borderId="24" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="9" borderId="5" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="9" borderId="6" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="9" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="9" borderId="9" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="49" fillId="9" borderId="63" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="21" fillId="9" borderId="50" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="21" fillId="9" borderId="52" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="9" borderId="54" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="15" borderId="38" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="15" borderId="31" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="15" borderId="32" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="15" borderId="23" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...2 lines deleted...]
-      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="9" borderId="47" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="35" fillId="15" borderId="12" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="15" borderId="11" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="15" borderId="13" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="11" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="11" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="12" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="13" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="11" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="16" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="74" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="6" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="25" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="12" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="11" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="13" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="11" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="11" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="15" borderId="24" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="15" borderId="73" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="14" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="11" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="15" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="15" borderId="25" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="15" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="24" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="9" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="24" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="62" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="9" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="25" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="24" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="9" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="24" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="5" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="62" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="9" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="24" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="5" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="62" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="11" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="14" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="11" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="15" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="25" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="3" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="24" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="24" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="60" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="10" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="10" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="12" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="11" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="13" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="15" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="15" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="15" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="15" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="15" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="15" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="15" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="20" fillId="9" borderId="75" xfId="7" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="15" fontId="20" fillId="9" borderId="76" xfId="7" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="9" borderId="77" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="76" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="78" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="75" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="77" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="76" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="77" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="76" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="76" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="77" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="76" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="76" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="77" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="78" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="9" borderId="20" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...47 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="10" borderId="64" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="76" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="10" borderId="32" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="77" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="10" borderId="35" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...47 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="10" borderId="2" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="37" fillId="9" borderId="76" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="10" borderId="47" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="9" borderId="76" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="76" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="76" xfId="3" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="10" borderId="48" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="77" xfId="3" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...37 lines deleted...]
-    <xf numFmtId="0" fontId="55" fillId="10" borderId="2" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="73" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...109 lines deleted...]
-    <xf numFmtId="0" fontId="41" fillId="9" borderId="47" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="79" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="41" fillId="9" borderId="48" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="80" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="41" fillId="9" borderId="20" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="77" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="74" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="42" fillId="9" borderId="47" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="77" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="9" borderId="48" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="77" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="9" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="77" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="9" borderId="2" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="81" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="9" borderId="53" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="77" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="9" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="76" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="77" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="76" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="77" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="76" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="57" fillId="9" borderId="47" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="15" borderId="79" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="15" borderId="80" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="77" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="81" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="82" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="82" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="8" borderId="82" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="77" xfId="3" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...344 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="33">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10" xfId="7" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 11" xfId="23" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 2 3" xfId="13" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal 2 3 3 2" xfId="22" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Normal 2 3 3 2 2" xfId="32" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Normal 2 3 3 2 2 2" xfId="19" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Normal 2 3 3 2 2 2 2" xfId="30" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Normal 2 3 3 2 3 3" xfId="18" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Normal 2 3 3 2 3 3 2" xfId="29" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="Normal 2 4" xfId="24" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="Normal 3" xfId="6" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="Normal 3 2" xfId="20" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="Normal 3 2 2" xfId="31" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="Normal 3 3" xfId="15" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="Normal 3 4" xfId="26" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="Normal 4" xfId="8" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="Normal 43" xfId="5" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="Normal 5" xfId="4" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="Normal 6" xfId="9" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
@@ -11258,22815 +11244,23242 @@
   <sheetFormatPr defaultColWidth="11" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3.75" style="6" customWidth="1"/>
     <col min="2" max="4" width="12.5" style="6" customWidth="1"/>
     <col min="5" max="15" width="6.25" style="6" customWidth="1"/>
     <col min="16" max="16384" width="11" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:15" ht="15.75" thickBot="1">
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="2:15" s="7" customFormat="1" ht="15.75" customHeight="1">
-      <c r="B2" s="373"/>
-[...1 lines deleted...]
-      <c r="D2" s="379" t="s">
+      <c r="B2" s="398"/>
+      <c r="C2" s="399"/>
+      <c r="D2" s="404" t="s">
         <v>0</v>
       </c>
-      <c r="E2" s="379"/>
-[...6 lines deleted...]
-      <c r="L2" s="382" t="s">
+      <c r="E2" s="404"/>
+      <c r="F2" s="404"/>
+      <c r="G2" s="404"/>
+      <c r="H2" s="404"/>
+      <c r="I2" s="404"/>
+      <c r="J2" s="404"/>
+      <c r="K2" s="404"/>
+      <c r="L2" s="407" t="s">
         <v>1</v>
       </c>
-      <c r="M2" s="383"/>
-[...1 lines deleted...]
-      <c r="O2" s="384"/>
+      <c r="M2" s="408"/>
+      <c r="N2" s="408"/>
+      <c r="O2" s="409"/>
     </row>
     <row r="3" spans="2:15" s="7" customFormat="1" ht="15.75" customHeight="1">
-      <c r="B3" s="375"/>
-[...9 lines deleted...]
-      <c r="L3" s="385" t="s">
+      <c r="B3" s="400"/>
+      <c r="C3" s="401"/>
+      <c r="D3" s="405"/>
+      <c r="E3" s="405"/>
+      <c r="F3" s="405"/>
+      <c r="G3" s="405"/>
+      <c r="H3" s="405"/>
+      <c r="I3" s="405"/>
+      <c r="J3" s="405"/>
+      <c r="K3" s="405"/>
+      <c r="L3" s="410" t="s">
         <v>2</v>
       </c>
-      <c r="M3" s="386"/>
-      <c r="N3" s="385" t="s">
+      <c r="M3" s="411"/>
+      <c r="N3" s="410" t="s">
         <v>3</v>
       </c>
-      <c r="O3" s="387"/>
+      <c r="O3" s="412"/>
     </row>
     <row r="4" spans="2:15" s="7" customFormat="1" ht="15.75" customHeight="1">
-      <c r="B4" s="375"/>
-[...9 lines deleted...]
-      <c r="L4" s="388">
+      <c r="B4" s="400"/>
+      <c r="C4" s="401"/>
+      <c r="D4" s="405"/>
+      <c r="E4" s="405"/>
+      <c r="F4" s="405"/>
+      <c r="G4" s="405"/>
+      <c r="H4" s="405"/>
+      <c r="I4" s="405"/>
+      <c r="J4" s="405"/>
+      <c r="K4" s="405"/>
+      <c r="L4" s="413">
         <v>5</v>
       </c>
-      <c r="M4" s="389"/>
-      <c r="N4" s="388" t="s">
+      <c r="M4" s="414"/>
+      <c r="N4" s="413" t="s">
         <v>4</v>
       </c>
-      <c r="O4" s="390"/>
+      <c r="O4" s="415"/>
     </row>
     <row r="5" spans="2:15" s="7" customFormat="1" ht="15.75" customHeight="1">
-      <c r="B5" s="375"/>
-[...9 lines deleted...]
-      <c r="L5" s="385" t="s">
+      <c r="B5" s="400"/>
+      <c r="C5" s="401"/>
+      <c r="D5" s="405"/>
+      <c r="E5" s="405"/>
+      <c r="F5" s="405"/>
+      <c r="G5" s="405"/>
+      <c r="H5" s="405"/>
+      <c r="I5" s="405"/>
+      <c r="J5" s="405"/>
+      <c r="K5" s="405"/>
+      <c r="L5" s="410" t="s">
         <v>5</v>
       </c>
-      <c r="M5" s="391"/>
-[...1 lines deleted...]
-      <c r="O5" s="392"/>
+      <c r="M5" s="416"/>
+      <c r="N5" s="416"/>
+      <c r="O5" s="417"/>
     </row>
     <row r="6" spans="2:15" s="7" customFormat="1" ht="15.75" customHeight="1" thickBot="1">
-      <c r="B6" s="377"/>
-[...12 lines deleted...]
-      <c r="O6" s="395"/>
+      <c r="B6" s="402"/>
+      <c r="C6" s="403"/>
+      <c r="D6" s="406"/>
+      <c r="E6" s="406"/>
+      <c r="F6" s="406"/>
+      <c r="G6" s="406"/>
+      <c r="H6" s="406"/>
+      <c r="I6" s="406"/>
+      <c r="J6" s="406"/>
+      <c r="K6" s="406"/>
+      <c r="L6" s="730"/>
+      <c r="M6" s="731"/>
+      <c r="N6" s="731"/>
+      <c r="O6" s="732"/>
     </row>
     <row r="7" spans="2:15" s="7" customFormat="1"/>
     <row r="8" spans="2:15" s="7" customFormat="1" ht="22.5" customHeight="1">
-      <c r="B8" s="397" t="s">
+      <c r="B8" s="383" t="s">
         <v>6</v>
       </c>
-      <c r="C8" s="397"/>
-[...11 lines deleted...]
-      <c r="O8" s="397"/>
+      <c r="C8" s="383"/>
+      <c r="D8" s="383"/>
+      <c r="E8" s="383"/>
+      <c r="F8" s="383"/>
+      <c r="G8" s="383"/>
+      <c r="H8" s="383"/>
+      <c r="I8" s="383"/>
+      <c r="J8" s="383"/>
+      <c r="K8" s="383"/>
+      <c r="L8" s="383"/>
+      <c r="M8" s="383"/>
+      <c r="N8" s="383"/>
+      <c r="O8" s="383"/>
     </row>
     <row r="9" spans="2:15" s="7" customFormat="1" ht="37.5" customHeight="1">
-      <c r="B9" s="398" t="s">
+      <c r="B9" s="374" t="s">
         <v>7</v>
       </c>
-      <c r="C9" s="398"/>
-      <c r="D9" s="398"/>
+      <c r="C9" s="374"/>
+      <c r="D9" s="374"/>
       <c r="E9" s="8">
         <v>0</v>
       </c>
       <c r="F9" s="8">
         <v>8</v>
       </c>
       <c r="G9" s="8" t="s">
         <v>8</v>
       </c>
       <c r="H9" s="8" t="s">
         <v>9</v>
       </c>
       <c r="I9" s="8">
         <v>4</v>
       </c>
       <c r="J9" s="8">
         <v>7</v>
       </c>
-      <c r="K9" s="399" t="s">
+      <c r="K9" s="384" t="s">
         <v>10</v>
       </c>
-      <c r="L9" s="400"/>
-[...2 lines deleted...]
-      <c r="O9" s="401"/>
+      <c r="L9" s="385"/>
+      <c r="M9" s="385"/>
+      <c r="N9" s="385"/>
+      <c r="O9" s="386"/>
     </row>
     <row r="10" spans="2:15" s="7" customFormat="1" ht="15" customHeight="1">
-      <c r="B10" s="398" t="s">
+      <c r="B10" s="374" t="s">
         <v>11</v>
       </c>
-      <c r="C10" s="398"/>
-[...1 lines deleted...]
-      <c r="E10" s="408" t="s">
+      <c r="C10" s="374"/>
+      <c r="D10" s="374"/>
+      <c r="E10" s="393" t="s">
         <v>12</v>
       </c>
-      <c r="F10" s="408"/>
-[...8 lines deleted...]
-      <c r="O10" s="404"/>
+      <c r="F10" s="393"/>
+      <c r="G10" s="393"/>
+      <c r="H10" s="393"/>
+      <c r="I10" s="393"/>
+      <c r="J10" s="393"/>
+      <c r="K10" s="387"/>
+      <c r="L10" s="388"/>
+      <c r="M10" s="388"/>
+      <c r="N10" s="388"/>
+      <c r="O10" s="389"/>
     </row>
     <row r="11" spans="2:15" s="7" customFormat="1" ht="30" customHeight="1">
-      <c r="B11" s="398"/>
-[...2 lines deleted...]
-      <c r="E11" s="409">
+      <c r="B11" s="374"/>
+      <c r="C11" s="374"/>
+      <c r="D11" s="374"/>
+      <c r="E11" s="394">
         <v>42594</v>
       </c>
-      <c r="F11" s="410"/>
-[...8 lines deleted...]
-      <c r="O11" s="407"/>
+      <c r="F11" s="395"/>
+      <c r="G11" s="395"/>
+      <c r="H11" s="395"/>
+      <c r="I11" s="395"/>
+      <c r="J11" s="396"/>
+      <c r="K11" s="390"/>
+      <c r="L11" s="391"/>
+      <c r="M11" s="391"/>
+      <c r="N11" s="391"/>
+      <c r="O11" s="392"/>
     </row>
     <row r="12" spans="2:15" s="7" customFormat="1" ht="22.5" customHeight="1">
-      <c r="B12" s="396" t="s">
+      <c r="B12" s="382" t="s">
         <v>13</v>
       </c>
-      <c r="C12" s="396"/>
-[...11 lines deleted...]
-      <c r="O12" s="396"/>
+      <c r="C12" s="382"/>
+      <c r="D12" s="382"/>
+      <c r="E12" s="382"/>
+      <c r="F12" s="382"/>
+      <c r="G12" s="382"/>
+      <c r="H12" s="382"/>
+      <c r="I12" s="382"/>
+      <c r="J12" s="382"/>
+      <c r="K12" s="382"/>
+      <c r="L12" s="382"/>
+      <c r="M12" s="382"/>
+      <c r="N12" s="382"/>
+      <c r="O12" s="382"/>
     </row>
     <row r="13" spans="2:15" s="7" customFormat="1" ht="30" customHeight="1">
       <c r="B13" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="C13" s="398" t="s">
+      <c r="C13" s="374" t="s">
         <v>15</v>
       </c>
-      <c r="D13" s="398"/>
-[...10 lines deleted...]
-      <c r="O13" s="398"/>
+      <c r="D13" s="374"/>
+      <c r="E13" s="374"/>
+      <c r="F13" s="374"/>
+      <c r="G13" s="374"/>
+      <c r="H13" s="374"/>
+      <c r="I13" s="374"/>
+      <c r="J13" s="374"/>
+      <c r="K13" s="374"/>
+      <c r="L13" s="374"/>
+      <c r="M13" s="374"/>
+      <c r="N13" s="374"/>
+      <c r="O13" s="374"/>
     </row>
     <row r="14" spans="2:15" s="7" customFormat="1" ht="45" customHeight="1">
       <c r="B14" s="10">
         <v>2</v>
       </c>
-      <c r="C14" s="412" t="s">
+      <c r="C14" s="397" t="s">
         <v>16</v>
       </c>
-      <c r="D14" s="412"/>
-[...10 lines deleted...]
-      <c r="O14" s="412"/>
+      <c r="D14" s="397"/>
+      <c r="E14" s="397"/>
+      <c r="F14" s="397"/>
+      <c r="G14" s="397"/>
+      <c r="H14" s="397"/>
+      <c r="I14" s="397"/>
+      <c r="J14" s="397"/>
+      <c r="K14" s="397"/>
+      <c r="L14" s="397"/>
+      <c r="M14" s="397"/>
+      <c r="N14" s="397"/>
+      <c r="O14" s="397"/>
     </row>
     <row r="15" spans="2:15" s="7" customFormat="1" ht="45" customHeight="1">
       <c r="B15" s="10">
         <v>3</v>
       </c>
-      <c r="C15" s="412" t="s">
+      <c r="C15" s="397" t="s">
         <v>17</v>
       </c>
-      <c r="D15" s="412"/>
-[...10 lines deleted...]
-      <c r="O15" s="412"/>
+      <c r="D15" s="397"/>
+      <c r="E15" s="397"/>
+      <c r="F15" s="397"/>
+      <c r="G15" s="397"/>
+      <c r="H15" s="397"/>
+      <c r="I15" s="397"/>
+      <c r="J15" s="397"/>
+      <c r="K15" s="397"/>
+      <c r="L15" s="397"/>
+      <c r="M15" s="397"/>
+      <c r="N15" s="397"/>
+      <c r="O15" s="397"/>
     </row>
     <row r="16" spans="2:15" s="7" customFormat="1" ht="45" customHeight="1">
       <c r="B16" s="11">
         <v>4</v>
       </c>
-      <c r="C16" s="413" t="s">
+      <c r="C16" s="358" t="s">
         <v>18</v>
       </c>
-      <c r="D16" s="414"/>
-[...10 lines deleted...]
-      <c r="O16" s="415"/>
+      <c r="D16" s="359"/>
+      <c r="E16" s="359"/>
+      <c r="F16" s="359"/>
+      <c r="G16" s="359"/>
+      <c r="H16" s="359"/>
+      <c r="I16" s="359"/>
+      <c r="J16" s="359"/>
+      <c r="K16" s="359"/>
+      <c r="L16" s="359"/>
+      <c r="M16" s="359"/>
+      <c r="N16" s="359"/>
+      <c r="O16" s="360"/>
     </row>
     <row r="17" spans="2:15" s="7" customFormat="1" ht="45" customHeight="1">
       <c r="B17" s="11">
         <v>5</v>
       </c>
-      <c r="C17" s="413" t="s">
+      <c r="C17" s="358" t="s">
         <v>19</v>
       </c>
-      <c r="D17" s="414"/>
-[...10 lines deleted...]
-      <c r="O17" s="415"/>
+      <c r="D17" s="359"/>
+      <c r="E17" s="359"/>
+      <c r="F17" s="359"/>
+      <c r="G17" s="359"/>
+      <c r="H17" s="359"/>
+      <c r="I17" s="359"/>
+      <c r="J17" s="359"/>
+      <c r="K17" s="359"/>
+      <c r="L17" s="359"/>
+      <c r="M17" s="359"/>
+      <c r="N17" s="359"/>
+      <c r="O17" s="360"/>
     </row>
     <row r="18" spans="2:15" s="7" customFormat="1" ht="22.5" customHeight="1">
-      <c r="B18" s="396" t="s">
+      <c r="B18" s="382" t="s">
         <v>20</v>
       </c>
-      <c r="C18" s="396"/>
-[...11 lines deleted...]
-      <c r="O18" s="396"/>
+      <c r="C18" s="382"/>
+      <c r="D18" s="382"/>
+      <c r="E18" s="382"/>
+      <c r="F18" s="382"/>
+      <c r="G18" s="382"/>
+      <c r="H18" s="382"/>
+      <c r="I18" s="382"/>
+      <c r="J18" s="382"/>
+      <c r="K18" s="382"/>
+      <c r="L18" s="382"/>
+      <c r="M18" s="382"/>
+      <c r="N18" s="382"/>
+      <c r="O18" s="382"/>
     </row>
     <row r="19" spans="2:15" s="7" customFormat="1" ht="15" customHeight="1">
-      <c r="B19" s="398" t="s">
+      <c r="B19" s="374" t="s">
         <v>14</v>
       </c>
-      <c r="C19" s="419" t="s">
+      <c r="C19" s="375" t="s">
         <v>21</v>
       </c>
-      <c r="D19" s="420"/>
-[...3 lines deleted...]
-      <c r="H19" s="425" t="s">
+      <c r="D19" s="376"/>
+      <c r="E19" s="376"/>
+      <c r="F19" s="376"/>
+      <c r="G19" s="377"/>
+      <c r="H19" s="381" t="s">
         <v>22</v>
       </c>
-      <c r="I19" s="425"/>
-[...1 lines deleted...]
-      <c r="K19" s="398" t="s">
+      <c r="I19" s="381"/>
+      <c r="J19" s="381"/>
+      <c r="K19" s="374" t="s">
         <v>23</v>
       </c>
-      <c r="L19" s="398"/>
-      <c r="M19" s="419" t="s">
+      <c r="L19" s="374"/>
+      <c r="M19" s="375" t="s">
         <v>24</v>
       </c>
-      <c r="N19" s="420"/>
-      <c r="O19" s="421"/>
+      <c r="N19" s="376"/>
+      <c r="O19" s="377"/>
     </row>
     <row r="20" spans="2:15" s="7" customFormat="1" ht="15" customHeight="1">
-      <c r="B20" s="398"/>
-[...4 lines deleted...]
-      <c r="G20" s="424"/>
+      <c r="B20" s="374"/>
+      <c r="C20" s="378"/>
+      <c r="D20" s="379"/>
+      <c r="E20" s="379"/>
+      <c r="F20" s="379"/>
+      <c r="G20" s="380"/>
       <c r="H20" s="9" t="s">
         <v>25</v>
       </c>
       <c r="I20" s="9" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="K20" s="398"/>
-[...3 lines deleted...]
-      <c r="O20" s="424"/>
+      <c r="K20" s="374"/>
+      <c r="L20" s="374"/>
+      <c r="M20" s="378"/>
+      <c r="N20" s="379"/>
+      <c r="O20" s="380"/>
     </row>
     <row r="21" spans="2:15" s="7" customFormat="1" ht="39" customHeight="1">
       <c r="B21" s="10">
         <v>2</v>
       </c>
-      <c r="C21" s="426" t="s">
+      <c r="C21" s="361" t="s">
         <v>28</v>
       </c>
-      <c r="D21" s="427"/>
-[...2 lines deleted...]
-      <c r="G21" s="428"/>
+      <c r="D21" s="362"/>
+      <c r="E21" s="362"/>
+      <c r="F21" s="362"/>
+      <c r="G21" s="363"/>
       <c r="H21" s="12">
         <v>22</v>
       </c>
       <c r="I21" s="12">
         <v>3</v>
       </c>
       <c r="J21" s="10">
         <v>2017</v>
       </c>
-      <c r="K21" s="429" t="s">
+      <c r="K21" s="372" t="s">
         <v>29</v>
       </c>
-      <c r="L21" s="430"/>
-      <c r="M21" s="416" t="s">
+      <c r="L21" s="373"/>
+      <c r="M21" s="365" t="s">
         <v>30</v>
       </c>
-      <c r="N21" s="417"/>
-      <c r="O21" s="418"/>
+      <c r="N21" s="366"/>
+      <c r="O21" s="367"/>
     </row>
     <row r="22" spans="2:15" s="7" customFormat="1" ht="39" customHeight="1">
       <c r="B22" s="10">
         <v>3</v>
       </c>
-      <c r="C22" s="426" t="s">
+      <c r="C22" s="361" t="s">
         <v>31</v>
       </c>
-      <c r="D22" s="427"/>
-[...2 lines deleted...]
-      <c r="G22" s="428"/>
+      <c r="D22" s="362"/>
+      <c r="E22" s="362"/>
+      <c r="F22" s="362"/>
+      <c r="G22" s="363"/>
       <c r="H22" s="12" t="s">
         <v>32</v>
       </c>
       <c r="I22" s="12">
         <v>10</v>
       </c>
       <c r="J22" s="10">
         <v>2017</v>
       </c>
-      <c r="K22" s="429" t="s">
+      <c r="K22" s="372" t="s">
         <v>29</v>
       </c>
-      <c r="L22" s="430"/>
-      <c r="M22" s="416" t="s">
+      <c r="L22" s="373"/>
+      <c r="M22" s="365" t="s">
         <v>33</v>
       </c>
-      <c r="N22" s="417"/>
-      <c r="O22" s="418"/>
+      <c r="N22" s="366"/>
+      <c r="O22" s="367"/>
     </row>
     <row r="23" spans="2:15" s="7" customFormat="1" ht="39" customHeight="1">
       <c r="B23" s="10">
         <v>4</v>
       </c>
-      <c r="C23" s="426" t="s">
+      <c r="C23" s="361" t="s">
         <v>31</v>
       </c>
-      <c r="D23" s="427"/>
-[...2 lines deleted...]
-      <c r="G23" s="428"/>
+      <c r="D23" s="362"/>
+      <c r="E23" s="362"/>
+      <c r="F23" s="362"/>
+      <c r="G23" s="363"/>
       <c r="H23" s="12">
         <v>18</v>
       </c>
       <c r="I23" s="12">
         <v>10</v>
       </c>
       <c r="J23" s="10">
         <v>2018</v>
       </c>
-      <c r="K23" s="432" t="s">
+      <c r="K23" s="364" t="s">
         <v>29</v>
       </c>
-      <c r="L23" s="432"/>
-      <c r="M23" s="416" t="s">
+      <c r="L23" s="364"/>
+      <c r="M23" s="365" t="s">
         <v>33</v>
       </c>
-      <c r="N23" s="417"/>
-      <c r="O23" s="418"/>
+      <c r="N23" s="366"/>
+      <c r="O23" s="367"/>
     </row>
     <row r="24" spans="2:15" s="7" customFormat="1" ht="39" customHeight="1">
       <c r="B24" s="10">
         <v>5</v>
       </c>
-      <c r="C24" s="426" t="s">
+      <c r="C24" s="361" t="s">
         <v>31</v>
       </c>
-      <c r="D24" s="427"/>
-[...2 lines deleted...]
-      <c r="G24" s="428"/>
+      <c r="D24" s="362"/>
+      <c r="E24" s="362"/>
+      <c r="F24" s="362"/>
+      <c r="G24" s="363"/>
       <c r="H24" s="12"/>
       <c r="I24" s="12"/>
       <c r="J24" s="10"/>
-      <c r="K24" s="432"/>
-[...1 lines deleted...]
-      <c r="M24" s="416" t="s">
+      <c r="K24" s="364"/>
+      <c r="L24" s="364"/>
+      <c r="M24" s="365" t="s">
         <v>33</v>
       </c>
-      <c r="N24" s="417"/>
-      <c r="O24" s="418"/>
+      <c r="N24" s="366"/>
+      <c r="O24" s="367"/>
     </row>
     <row r="25" spans="2:15" ht="15.75" thickBot="1">
       <c r="B25" s="1"/>
       <c r="C25" s="1"/>
       <c r="D25" s="1"/>
       <c r="E25" s="1"/>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
       <c r="I25" s="1"/>
       <c r="J25" s="1"/>
       <c r="K25" s="1"/>
       <c r="L25" s="1"/>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
     </row>
     <row r="26" spans="2:15" s="7" customFormat="1" ht="22.5" customHeight="1">
-      <c r="B26" s="433" t="s">
+      <c r="B26" s="368" t="s">
         <v>34</v>
       </c>
-      <c r="C26" s="434"/>
-[...1 lines deleted...]
-      <c r="E26" s="434" t="s">
+      <c r="C26" s="369"/>
+      <c r="D26" s="369"/>
+      <c r="E26" s="369" t="s">
         <v>35</v>
       </c>
-      <c r="F26" s="434"/>
-[...4 lines deleted...]
-      <c r="K26" s="434" t="s">
+      <c r="F26" s="369"/>
+      <c r="G26" s="369"/>
+      <c r="H26" s="369"/>
+      <c r="I26" s="369"/>
+      <c r="J26" s="369"/>
+      <c r="K26" s="369" t="s">
         <v>36</v>
       </c>
-      <c r="L26" s="434"/>
-[...2 lines deleted...]
-      <c r="O26" s="435"/>
+      <c r="L26" s="369"/>
+      <c r="M26" s="369"/>
+      <c r="N26" s="369"/>
+      <c r="O26" s="370"/>
     </row>
     <row r="27" spans="2:15" s="7" customFormat="1" ht="122.25" customHeight="1" thickBot="1">
-      <c r="B27" s="436" t="s">
+      <c r="B27" s="371" t="s">
         <v>37</v>
       </c>
-      <c r="C27" s="437"/>
-[...1 lines deleted...]
-      <c r="E27" s="439" t="s">
+      <c r="C27" s="733"/>
+      <c r="D27" s="734"/>
+      <c r="E27" s="735" t="s">
         <v>38</v>
       </c>
-      <c r="F27" s="437"/>
-[...4 lines deleted...]
-      <c r="K27" s="439" t="s">
+      <c r="F27" s="733"/>
+      <c r="G27" s="733"/>
+      <c r="H27" s="733"/>
+      <c r="I27" s="733"/>
+      <c r="J27" s="734"/>
+      <c r="K27" s="735" t="s">
         <v>39</v>
       </c>
-      <c r="L27" s="437"/>
-[...2 lines deleted...]
-      <c r="O27" s="440"/>
+      <c r="L27" s="733"/>
+      <c r="M27" s="733"/>
+      <c r="N27" s="733"/>
+      <c r="O27" s="736"/>
     </row>
     <row r="28" spans="2:15" s="7" customFormat="1"/>
     <row r="29" spans="2:15" s="7" customFormat="1" ht="75" customHeight="1">
-      <c r="B29" s="431" t="s">
+      <c r="B29" s="357" t="s">
         <v>40</v>
       </c>
-      <c r="C29" s="431"/>
-[...11 lines deleted...]
-      <c r="O29" s="431"/>
+      <c r="C29" s="357"/>
+      <c r="D29" s="357"/>
+      <c r="E29" s="357"/>
+      <c r="F29" s="357"/>
+      <c r="G29" s="357"/>
+      <c r="H29" s="357"/>
+      <c r="I29" s="357"/>
+      <c r="J29" s="357"/>
+      <c r="K29" s="357"/>
+      <c r="L29" s="357"/>
+      <c r="M29" s="357"/>
+      <c r="N29" s="357"/>
+      <c r="O29" s="357"/>
     </row>
   </sheetData>
   <mergeCells count="46">
+    <mergeCell ref="B2:C6"/>
+    <mergeCell ref="D2:K6"/>
+    <mergeCell ref="L2:O2"/>
+    <mergeCell ref="L3:M3"/>
+    <mergeCell ref="N3:O3"/>
+    <mergeCell ref="L4:M4"/>
+    <mergeCell ref="N4:O4"/>
+    <mergeCell ref="L5:O5"/>
+    <mergeCell ref="L6:O6"/>
+    <mergeCell ref="B18:O18"/>
+    <mergeCell ref="B8:O8"/>
+    <mergeCell ref="B9:D9"/>
+    <mergeCell ref="K9:O11"/>
+    <mergeCell ref="B10:D11"/>
+    <mergeCell ref="E10:J10"/>
+    <mergeCell ref="E11:J11"/>
+    <mergeCell ref="B12:O12"/>
+    <mergeCell ref="C13:O13"/>
+    <mergeCell ref="C14:O14"/>
+    <mergeCell ref="C15:O15"/>
+    <mergeCell ref="C16:O16"/>
+    <mergeCell ref="M23:O23"/>
+    <mergeCell ref="B19:B20"/>
+    <mergeCell ref="C19:G20"/>
+    <mergeCell ref="H19:J19"/>
+    <mergeCell ref="K19:L20"/>
+    <mergeCell ref="M19:O20"/>
+    <mergeCell ref="C21:G21"/>
+    <mergeCell ref="K21:L21"/>
+    <mergeCell ref="M21:O21"/>
     <mergeCell ref="B29:O29"/>
     <mergeCell ref="C17:O17"/>
     <mergeCell ref="C24:G24"/>
     <mergeCell ref="K24:L24"/>
     <mergeCell ref="M24:O24"/>
     <mergeCell ref="B26:D26"/>
     <mergeCell ref="E26:J26"/>
     <mergeCell ref="K26:O26"/>
     <mergeCell ref="B27:D27"/>
     <mergeCell ref="E27:J27"/>
     <mergeCell ref="K27:O27"/>
     <mergeCell ref="C22:G22"/>
     <mergeCell ref="K22:L22"/>
     <mergeCell ref="M22:O22"/>
     <mergeCell ref="C23:G23"/>
     <mergeCell ref="K23:L23"/>
-    <mergeCell ref="M23:O23"/>
-[...28 lines deleted...]
-    <mergeCell ref="L6:O6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:AH237"/>
+  <dimension ref="A1:AH1048576"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScale="64" zoomScaleNormal="70" zoomScaleSheetLayoutView="64" workbookViewId="0">
-      <selection activeCell="B111" sqref="B111"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A4" zoomScale="68" zoomScaleNormal="70" zoomScaleSheetLayoutView="68" workbookViewId="0">
+      <selection activeCell="B235" sqref="B235:AE236"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="24.5" style="21" customWidth="1"/>
     <col min="2" max="2" width="24.375" style="21" customWidth="1"/>
     <col min="3" max="3" width="22.875" style="21" customWidth="1"/>
     <col min="4" max="4" width="20" style="21" customWidth="1"/>
     <col min="5" max="5" width="17.25" style="21" customWidth="1"/>
     <col min="6" max="6" width="5" style="25" customWidth="1"/>
-    <col min="7" max="7" width="21" style="359" customWidth="1"/>
+    <col min="7" max="7" width="21" style="343" customWidth="1"/>
     <col min="8" max="8" width="22.25" style="21" customWidth="1"/>
     <col min="9" max="9" width="25.875" style="21" customWidth="1"/>
     <col min="10" max="10" width="9.5" style="21" customWidth="1"/>
     <col min="11" max="11" width="12" style="21" customWidth="1"/>
     <col min="12" max="12" width="10.5" style="21" customWidth="1"/>
     <col min="13" max="13" width="6.5" style="21" customWidth="1"/>
     <col min="14" max="14" width="6.25" style="21" customWidth="1"/>
     <col min="15" max="15" width="4.75" style="21" customWidth="1"/>
     <col min="16" max="16" width="7.875" style="21" customWidth="1"/>
     <col min="17" max="17" width="8.375" style="21" customWidth="1"/>
     <col min="18" max="18" width="9.875" style="21" customWidth="1"/>
     <col min="19" max="19" width="9.375" style="21" customWidth="1"/>
     <col min="20" max="20" width="11.875" style="21" customWidth="1"/>
     <col min="21" max="21" width="10" style="21" customWidth="1"/>
     <col min="22" max="22" width="14" style="21" customWidth="1"/>
     <col min="23" max="23" width="5.875" style="21" customWidth="1"/>
     <col min="24" max="24" width="8.875" style="21" customWidth="1"/>
     <col min="25" max="25" width="7.25" style="21" customWidth="1"/>
     <col min="26" max="26" width="10.375" style="21" customWidth="1"/>
     <col min="27" max="27" width="14.125" style="21" customWidth="1"/>
     <col min="28" max="28" width="10.375" style="21" customWidth="1"/>
     <col min="29" max="30" width="7.875" style="21" customWidth="1"/>
     <col min="31" max="31" width="18.25" style="23" customWidth="1"/>
     <col min="32" max="32" width="1.125" style="21" customWidth="1"/>
     <col min="33" max="33" width="11" style="21" hidden="1" customWidth="1"/>
     <col min="34" max="34" width="0" style="21" hidden="1" customWidth="1"/>
     <col min="35" max="16384" width="11" style="21" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" ht="13.5" customHeight="1" thickBot="1">
       <c r="A1" s="19"/>
       <c r="B1" s="20"/>
       <c r="C1" s="20"/>
       <c r="D1" s="20"/>
       <c r="E1" s="20"/>
-      <c r="F1" s="217"/>
-      <c r="G1" s="358"/>
+      <c r="F1" s="214"/>
+      <c r="G1" s="342"/>
       <c r="H1" s="20"/>
       <c r="I1" s="20"/>
       <c r="J1" s="20"/>
       <c r="K1" s="20"/>
       <c r="L1" s="20"/>
       <c r="M1" s="20"/>
       <c r="N1" s="20"/>
       <c r="O1" s="20"/>
       <c r="P1" s="20"/>
       <c r="Q1" s="20"/>
       <c r="R1" s="20"/>
       <c r="S1" s="20"/>
       <c r="T1" s="20"/>
       <c r="U1" s="20"/>
       <c r="V1" s="20"/>
       <c r="W1" s="20"/>
       <c r="X1" s="20"/>
       <c r="Y1" s="20"/>
       <c r="Z1" s="20"/>
       <c r="AA1" s="20"/>
       <c r="AB1" s="20"/>
       <c r="AC1" s="20"/>
       <c r="AD1" s="20"/>
-      <c r="AE1" s="792"/>
+      <c r="AE1" s="277"/>
     </row>
     <row r="2" spans="1:32" ht="18.75" customHeight="1">
-      <c r="A2" s="461" t="s">
+      <c r="A2" s="506" t="s">
         <v>41</v>
       </c>
-      <c r="B2" s="462"/>
-[...1 lines deleted...]
-      <c r="D2" s="479" t="s">
+      <c r="B2" s="507"/>
+      <c r="C2" s="508"/>
+      <c r="D2" s="521" t="s">
         <v>42</v>
       </c>
-      <c r="E2" s="480"/>
-[...23 lines deleted...]
-      <c r="AC2" s="527" t="s">
+      <c r="E2" s="522"/>
+      <c r="F2" s="522"/>
+      <c r="G2" s="522"/>
+      <c r="H2" s="522"/>
+      <c r="I2" s="522"/>
+      <c r="J2" s="522"/>
+      <c r="K2" s="522"/>
+      <c r="L2" s="522"/>
+      <c r="M2" s="522"/>
+      <c r="N2" s="522"/>
+      <c r="O2" s="522"/>
+      <c r="P2" s="522"/>
+      <c r="Q2" s="522"/>
+      <c r="R2" s="522"/>
+      <c r="S2" s="522"/>
+      <c r="T2" s="522"/>
+      <c r="U2" s="522"/>
+      <c r="V2" s="522"/>
+      <c r="W2" s="522"/>
+      <c r="X2" s="522"/>
+      <c r="Y2" s="522"/>
+      <c r="Z2" s="522"/>
+      <c r="AA2" s="522"/>
+      <c r="AB2" s="522"/>
+      <c r="AC2" s="476" t="s">
         <v>43</v>
       </c>
-      <c r="AD2" s="527"/>
-      <c r="AE2" s="528"/>
+      <c r="AD2" s="476"/>
+      <c r="AE2" s="477"/>
     </row>
     <row r="3" spans="1:32" ht="18.75" customHeight="1">
-      <c r="A3" s="463"/>
-[...27 lines deleted...]
-      <c r="AC3" s="529" t="s">
+      <c r="A3" s="509"/>
+      <c r="B3" s="510"/>
+      <c r="C3" s="511"/>
+      <c r="D3" s="523"/>
+      <c r="E3" s="524"/>
+      <c r="F3" s="524"/>
+      <c r="G3" s="524"/>
+      <c r="H3" s="524"/>
+      <c r="I3" s="524"/>
+      <c r="J3" s="524"/>
+      <c r="K3" s="524"/>
+      <c r="L3" s="524"/>
+      <c r="M3" s="524"/>
+      <c r="N3" s="524"/>
+      <c r="O3" s="524"/>
+      <c r="P3" s="524"/>
+      <c r="Q3" s="524"/>
+      <c r="R3" s="524"/>
+      <c r="S3" s="524"/>
+      <c r="T3" s="524"/>
+      <c r="U3" s="524"/>
+      <c r="V3" s="524"/>
+      <c r="W3" s="524"/>
+      <c r="X3" s="524"/>
+      <c r="Y3" s="524"/>
+      <c r="Z3" s="524"/>
+      <c r="AA3" s="524"/>
+      <c r="AB3" s="524"/>
+      <c r="AC3" s="478" t="s">
         <v>44</v>
       </c>
-      <c r="AD3" s="530"/>
-      <c r="AE3" s="129" t="s">
+      <c r="AD3" s="479"/>
+      <c r="AE3" s="128" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:32" ht="17.25" customHeight="1">
-      <c r="A4" s="463"/>
-[...29 lines deleted...]
-      <c r="AE4" s="130" t="s">
+      <c r="A4" s="509"/>
+      <c r="B4" s="510"/>
+      <c r="C4" s="511"/>
+      <c r="D4" s="523"/>
+      <c r="E4" s="524"/>
+      <c r="F4" s="524"/>
+      <c r="G4" s="524"/>
+      <c r="H4" s="524"/>
+      <c r="I4" s="524"/>
+      <c r="J4" s="524"/>
+      <c r="K4" s="524"/>
+      <c r="L4" s="524"/>
+      <c r="M4" s="524"/>
+      <c r="N4" s="524"/>
+      <c r="O4" s="524"/>
+      <c r="P4" s="524"/>
+      <c r="Q4" s="524"/>
+      <c r="R4" s="524"/>
+      <c r="S4" s="524"/>
+      <c r="T4" s="524"/>
+      <c r="U4" s="524"/>
+      <c r="V4" s="524"/>
+      <c r="W4" s="524"/>
+      <c r="X4" s="524"/>
+      <c r="Y4" s="524"/>
+      <c r="Z4" s="524"/>
+      <c r="AA4" s="524"/>
+      <c r="AB4" s="524"/>
+      <c r="AC4" s="479"/>
+      <c r="AD4" s="479"/>
+      <c r="AE4" s="129" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:32" ht="18.75" customHeight="1">
-      <c r="A5" s="463"/>
-[...27 lines deleted...]
-      <c r="AC5" s="529" t="s">
+      <c r="A5" s="509"/>
+      <c r="B5" s="510"/>
+      <c r="C5" s="511"/>
+      <c r="D5" s="523"/>
+      <c r="E5" s="524"/>
+      <c r="F5" s="524"/>
+      <c r="G5" s="524"/>
+      <c r="H5" s="524"/>
+      <c r="I5" s="524"/>
+      <c r="J5" s="524"/>
+      <c r="K5" s="524"/>
+      <c r="L5" s="524"/>
+      <c r="M5" s="524"/>
+      <c r="N5" s="524"/>
+      <c r="O5" s="524"/>
+      <c r="P5" s="524"/>
+      <c r="Q5" s="524"/>
+      <c r="R5" s="524"/>
+      <c r="S5" s="524"/>
+      <c r="T5" s="524"/>
+      <c r="U5" s="524"/>
+      <c r="V5" s="524"/>
+      <c r="W5" s="524"/>
+      <c r="X5" s="524"/>
+      <c r="Y5" s="524"/>
+      <c r="Z5" s="524"/>
+      <c r="AA5" s="524"/>
+      <c r="AB5" s="524"/>
+      <c r="AC5" s="478" t="s">
         <v>46</v>
       </c>
-      <c r="AD5" s="529"/>
-      <c r="AE5" s="531"/>
+      <c r="AD5" s="478"/>
+      <c r="AE5" s="480"/>
     </row>
     <row r="6" spans="1:32" ht="18" customHeight="1" thickBot="1">
-      <c r="A6" s="466"/>
-[...29 lines deleted...]
-      <c r="AE6" s="533"/>
+      <c r="A6" s="512"/>
+      <c r="B6" s="737"/>
+      <c r="C6" s="738"/>
+      <c r="D6" s="525"/>
+      <c r="E6" s="739"/>
+      <c r="F6" s="739"/>
+      <c r="G6" s="739"/>
+      <c r="H6" s="739"/>
+      <c r="I6" s="739"/>
+      <c r="J6" s="739"/>
+      <c r="K6" s="739"/>
+      <c r="L6" s="739"/>
+      <c r="M6" s="739"/>
+      <c r="N6" s="739"/>
+      <c r="O6" s="739"/>
+      <c r="P6" s="739"/>
+      <c r="Q6" s="739"/>
+      <c r="R6" s="739"/>
+      <c r="S6" s="739"/>
+      <c r="T6" s="739"/>
+      <c r="U6" s="739"/>
+      <c r="V6" s="739"/>
+      <c r="W6" s="739"/>
+      <c r="X6" s="739"/>
+      <c r="Y6" s="739"/>
+      <c r="Z6" s="739"/>
+      <c r="AA6" s="739"/>
+      <c r="AB6" s="739"/>
+      <c r="AC6" s="481"/>
+      <c r="AD6" s="481"/>
+      <c r="AE6" s="482"/>
     </row>
     <row r="7" spans="1:32" ht="12" customHeight="1">
       <c r="A7" s="22"/>
       <c r="C7" s="23"/>
       <c r="D7" s="23"/>
       <c r="E7" s="23"/>
       <c r="F7" s="23"/>
       <c r="H7" s="23"/>
       <c r="I7" s="23"/>
       <c r="J7" s="23"/>
       <c r="K7" s="23"/>
       <c r="L7" s="23"/>
       <c r="M7" s="23"/>
       <c r="N7" s="23"/>
       <c r="O7" s="23"/>
       <c r="P7" s="23"/>
       <c r="Q7" s="23"/>
       <c r="R7" s="23"/>
       <c r="S7" s="23"/>
       <c r="T7" s="23"/>
       <c r="U7" s="23"/>
       <c r="V7" s="23"/>
       <c r="W7" s="23"/>
       <c r="X7" s="23"/>
       <c r="Y7" s="23"/>
       <c r="Z7" s="23"/>
       <c r="AA7" s="23"/>
       <c r="AB7" s="23"/>
       <c r="AC7" s="23"/>
       <c r="AD7" s="23"/>
       <c r="AE7" s="124"/>
     </row>
     <row r="8" spans="1:32" ht="7.5" customHeight="1">
       <c r="A8" s="24"/>
       <c r="F8" s="23"/>
-      <c r="G8" s="360"/>
+      <c r="G8" s="344"/>
       <c r="H8" s="26"/>
       <c r="I8" s="26"/>
       <c r="J8" s="26"/>
       <c r="K8" s="26"/>
       <c r="L8" s="26"/>
       <c r="M8" s="26"/>
       <c r="N8" s="26"/>
       <c r="O8" s="26"/>
       <c r="P8" s="26"/>
       <c r="Q8" s="26"/>
       <c r="R8" s="26"/>
       <c r="S8" s="26"/>
       <c r="T8" s="26"/>
       <c r="U8" s="26"/>
       <c r="V8" s="26"/>
       <c r="W8" s="26"/>
       <c r="X8" s="26"/>
       <c r="Y8" s="26"/>
       <c r="Z8" s="26"/>
       <c r="AA8" s="26"/>
       <c r="AB8" s="26"/>
       <c r="AC8" s="26"/>
       <c r="AD8" s="27"/>
       <c r="AE8" s="125"/>
     </row>
     <row r="9" spans="1:32" ht="20.100000000000001" customHeight="1">
       <c r="A9" s="16" t="s">
         <v>47</v>
       </c>
-      <c r="B9" s="355">
-        <v>45461</v>
+      <c r="B9" s="340">
+        <v>45868</v>
       </c>
       <c r="C9" s="28"/>
       <c r="D9" s="17" t="s">
         <v>48</v>
       </c>
-      <c r="E9" s="473" t="s">
+      <c r="E9" s="515" t="s">
         <v>49</v>
       </c>
-      <c r="F9" s="474"/>
-[...4 lines deleted...]
-      <c r="K9" s="475"/>
+      <c r="F9" s="516"/>
+      <c r="G9" s="516"/>
+      <c r="H9" s="516"/>
+      <c r="I9" s="516"/>
+      <c r="J9" s="516"/>
+      <c r="K9" s="517"/>
       <c r="L9" s="29"/>
       <c r="M9" s="30"/>
       <c r="N9" s="30"/>
       <c r="O9" s="30"/>
       <c r="P9" s="31"/>
       <c r="Q9" s="31"/>
       <c r="R9" s="31"/>
       <c r="S9" s="31"/>
       <c r="T9" s="31"/>
       <c r="U9" s="31"/>
       <c r="V9" s="31"/>
       <c r="W9" s="31"/>
       <c r="X9" s="31"/>
       <c r="Y9" s="31"/>
       <c r="Z9" s="31"/>
       <c r="AA9" s="31"/>
       <c r="AB9" s="31"/>
       <c r="AC9" s="31"/>
       <c r="AD9" s="31"/>
       <c r="AE9" s="126"/>
       <c r="AF9" s="32"/>
     </row>
     <row r="10" spans="1:32" ht="20.100000000000001" customHeight="1">
       <c r="A10" s="14"/>
-      <c r="B10" s="356"/>
+      <c r="B10" s="341"/>
       <c r="C10" s="33"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="34"/>
-      <c r="G10" s="361"/>
+      <c r="G10" s="345"/>
       <c r="H10" s="29"/>
       <c r="I10" s="29"/>
       <c r="J10" s="35"/>
       <c r="K10" s="36"/>
       <c r="L10" s="31"/>
       <c r="M10" s="37"/>
       <c r="N10" s="38"/>
       <c r="O10" s="31"/>
       <c r="P10" s="31"/>
       <c r="Q10" s="31"/>
       <c r="R10" s="31"/>
       <c r="S10" s="31"/>
       <c r="T10" s="31"/>
       <c r="U10" s="31"/>
       <c r="V10" s="31"/>
       <c r="W10" s="31"/>
       <c r="X10" s="31"/>
       <c r="Y10" s="31"/>
       <c r="Z10" s="31"/>
       <c r="AA10" s="31"/>
       <c r="AB10" s="31"/>
       <c r="AC10" s="31"/>
       <c r="AD10" s="31"/>
       <c r="AE10" s="126"/>
       <c r="AF10" s="39"/>
     </row>
     <row r="11" spans="1:32" ht="44.25" customHeight="1">
       <c r="A11" s="16" t="s">
         <v>50</v>
       </c>
-      <c r="B11" s="371" t="s">
+      <c r="B11" s="355" t="s">
         <v>51</v>
       </c>
       <c r="C11" s="40"/>
       <c r="D11" s="18" t="s">
         <v>52</v>
       </c>
-      <c r="E11" s="476" t="s">
+      <c r="E11" s="518" t="s">
         <v>33</v>
       </c>
-      <c r="F11" s="477"/>
-[...4 lines deleted...]
-      <c r="K11" s="478"/>
+      <c r="F11" s="519"/>
+      <c r="G11" s="519"/>
+      <c r="H11" s="519"/>
+      <c r="I11" s="519"/>
+      <c r="J11" s="519"/>
+      <c r="K11" s="520"/>
       <c r="Y11" s="41"/>
       <c r="Z11" s="42"/>
       <c r="AA11" s="42"/>
       <c r="AB11" s="42"/>
       <c r="AC11" s="42"/>
       <c r="AD11" s="42"/>
       <c r="AE11" s="127"/>
       <c r="AF11" s="43"/>
     </row>
     <row r="12" spans="1:32" ht="7.5" customHeight="1">
       <c r="A12" s="15"/>
       <c r="B12" s="44"/>
       <c r="C12" s="45"/>
       <c r="D12" s="45"/>
       <c r="E12" s="45"/>
-      <c r="G12" s="362"/>
+      <c r="G12" s="346"/>
       <c r="H12" s="46"/>
       <c r="I12" s="47"/>
       <c r="J12" s="48"/>
       <c r="K12" s="49"/>
       <c r="L12" s="48"/>
       <c r="M12" s="48"/>
       <c r="N12" s="48"/>
       <c r="O12" s="48"/>
       <c r="P12" s="48"/>
       <c r="Q12" s="48"/>
       <c r="R12" s="48"/>
       <c r="S12" s="48"/>
       <c r="T12" s="48"/>
       <c r="U12" s="48"/>
       <c r="V12" s="48"/>
       <c r="W12" s="48"/>
       <c r="X12" s="48"/>
       <c r="Y12" s="48"/>
       <c r="Z12" s="48"/>
       <c r="AA12" s="48"/>
       <c r="AB12" s="48"/>
       <c r="AC12" s="48"/>
       <c r="AD12" s="50"/>
       <c r="AE12" s="125"/>
     </row>
     <row r="13" spans="1:32" ht="20.25" customHeight="1">
       <c r="A13" s="16" t="s">
         <v>53</v>
       </c>
-      <c r="B13" s="370" t="s">
+      <c r="B13" s="354" t="s">
         <v>54</v>
       </c>
       <c r="C13" s="51"/>
       <c r="D13" s="37"/>
       <c r="E13" s="37"/>
-      <c r="F13" s="218"/>
-      <c r="G13" s="362"/>
+      <c r="F13" s="215"/>
+      <c r="G13" s="346"/>
       <c r="H13" s="46"/>
       <c r="I13" s="47"/>
       <c r="J13" s="48"/>
       <c r="K13" s="49"/>
       <c r="L13" s="48"/>
       <c r="M13" s="48"/>
       <c r="N13" s="48"/>
       <c r="O13" s="48"/>
       <c r="P13" s="48"/>
       <c r="Q13" s="48"/>
       <c r="R13" s="48"/>
       <c r="S13" s="48"/>
       <c r="T13" s="48"/>
       <c r="U13" s="48"/>
       <c r="V13" s="48"/>
       <c r="W13" s="48"/>
       <c r="X13" s="48"/>
       <c r="Y13" s="48"/>
       <c r="Z13" s="48"/>
       <c r="AA13" s="48"/>
       <c r="AB13" s="48"/>
       <c r="AC13" s="48"/>
       <c r="AD13" s="50"/>
       <c r="AE13" s="125"/>
     </row>
     <row r="14" spans="1:32" ht="18" customHeight="1" thickBot="1">
       <c r="A14" s="52"/>
-      <c r="B14" s="357"/>
-      <c r="C14" s="280"/>
+      <c r="B14" s="740"/>
+      <c r="C14" s="741"/>
       <c r="F14" s="23"/>
-      <c r="G14" s="360"/>
-      <c r="AE14" s="128"/>
+      <c r="G14" s="344"/>
+      <c r="AE14" s="742"/>
     </row>
     <row r="15" spans="1:32" ht="39" customHeight="1" thickBot="1">
-      <c r="A15" s="488" t="s">
+      <c r="A15" s="486" t="s">
         <v>55</v>
       </c>
-      <c r="B15" s="471" t="s">
+      <c r="B15" s="513" t="s">
         <v>56</v>
       </c>
-      <c r="C15" s="488" t="s">
+      <c r="C15" s="486" t="s">
         <v>57</v>
       </c>
-      <c r="D15" s="488" t="s">
+      <c r="D15" s="486" t="s">
         <v>58</v>
       </c>
-      <c r="E15" s="488" t="s">
+      <c r="E15" s="486" t="s">
         <v>59</v>
       </c>
-      <c r="F15" s="490" t="s">
+      <c r="F15" s="528" t="s">
         <v>60</v>
       </c>
-      <c r="G15" s="469" t="s">
+      <c r="G15" s="490" t="s">
         <v>61</v>
       </c>
-      <c r="H15" s="470"/>
-      <c r="I15" s="485" t="s">
+      <c r="H15" s="492"/>
+      <c r="I15" s="526" t="s">
         <v>62</v>
       </c>
-      <c r="J15" s="469" t="s">
+      <c r="J15" s="490" t="s">
         <v>63</v>
       </c>
-      <c r="K15" s="487"/>
-[...1 lines deleted...]
-      <c r="M15" s="488" t="s">
+      <c r="K15" s="491"/>
+      <c r="L15" s="492"/>
+      <c r="M15" s="486" t="s">
         <v>64</v>
       </c>
-      <c r="N15" s="537"/>
-[...5 lines deleted...]
-      <c r="T15" s="794" t="s">
+      <c r="N15" s="487"/>
+      <c r="O15" s="488"/>
+      <c r="P15" s="487"/>
+      <c r="Q15" s="487"/>
+      <c r="R15" s="487"/>
+      <c r="S15" s="489"/>
+      <c r="T15" s="175" t="s">
         <v>65</v>
       </c>
-      <c r="U15" s="469" t="s">
+      <c r="U15" s="490" t="s">
         <v>66</v>
       </c>
-      <c r="V15" s="487"/>
-[...1 lines deleted...]
-      <c r="X15" s="469" t="s">
+      <c r="V15" s="491"/>
+      <c r="W15" s="492"/>
+      <c r="X15" s="490" t="s">
         <v>67</v>
       </c>
-      <c r="Y15" s="487"/>
-[...3 lines deleted...]
-      <c r="AC15" s="537" t="s">
+      <c r="Y15" s="491"/>
+      <c r="Z15" s="491"/>
+      <c r="AA15" s="491"/>
+      <c r="AB15" s="492"/>
+      <c r="AC15" s="487" t="s">
         <v>68</v>
       </c>
-      <c r="AD15" s="537"/>
-[...9 lines deleted...]
-      <c r="G16" s="363" t="s">
+      <c r="AD15" s="487"/>
+      <c r="AE15" s="493"/>
+    </row>
+    <row r="16" spans="1:32" ht="162.75" customHeight="1" thickBot="1">
+      <c r="A16" s="505"/>
+      <c r="B16" s="514"/>
+      <c r="C16" s="505"/>
+      <c r="D16" s="505"/>
+      <c r="E16" s="505"/>
+      <c r="F16" s="529"/>
+      <c r="G16" s="347" t="s">
         <v>69</v>
       </c>
       <c r="H16" s="95" t="s">
         <v>70</v>
       </c>
-      <c r="I16" s="486"/>
+      <c r="I16" s="527"/>
       <c r="J16" s="96" t="s">
         <v>71</v>
       </c>
       <c r="K16" s="96" t="s">
         <v>72</v>
       </c>
       <c r="L16" s="96" t="s">
         <v>73</v>
       </c>
       <c r="M16" s="96" t="s">
         <v>74</v>
       </c>
       <c r="N16" s="96" t="s">
         <v>75</v>
       </c>
       <c r="O16" s="97" t="s">
         <v>76</v>
       </c>
       <c r="P16" s="96" t="s">
         <v>77</v>
       </c>
       <c r="Q16" s="96" t="s">
         <v>78</v>
       </c>
       <c r="R16" s="96" t="s">
         <v>79</v>
       </c>
       <c r="S16" s="96" t="s">
         <v>80</v>
       </c>
       <c r="T16" s="96" t="s">
         <v>81</v>
       </c>
       <c r="U16" s="96" t="s">
         <v>82</v>
       </c>
       <c r="V16" s="96" t="s">
         <v>83</v>
       </c>
       <c r="W16" s="96" t="s">
         <v>84</v>
       </c>
       <c r="X16" s="96" t="s">
         <v>85</v>
       </c>
       <c r="Y16" s="96" t="s">
         <v>86</v>
       </c>
-      <c r="Z16" s="176" t="s">
+      <c r="Z16" s="743" t="s">
         <v>87</v>
       </c>
       <c r="AA16" s="96" t="s">
         <v>88</v>
       </c>
       <c r="AB16" s="96" t="s">
         <v>89</v>
       </c>
-      <c r="AC16" s="540"/>
-[...4 lines deleted...]
-      <c r="A17" s="796" t="s">
+      <c r="AC16" s="744"/>
+      <c r="AD16" s="744"/>
+      <c r="AE16" s="745"/>
+    </row>
+    <row r="17" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A17" s="468" t="s">
         <v>90</v>
       </c>
-      <c r="B17" s="515" t="s">
+      <c r="B17" s="470" t="s">
         <v>91</v>
       </c>
-      <c r="C17" s="518" t="s">
+      <c r="C17" s="443" t="s">
         <v>92</v>
       </c>
-      <c r="D17" s="521" t="s">
+      <c r="D17" s="473" t="s">
         <v>93</v>
       </c>
-      <c r="E17" s="524" t="s">
+      <c r="E17" s="446" t="s">
         <v>94</v>
       </c>
-      <c r="F17" s="199" t="s">
+      <c r="F17" s="198" t="s">
         <v>95</v>
       </c>
-      <c r="G17" s="177" t="s">
+      <c r="G17" s="176" t="s">
         <v>96</v>
       </c>
-      <c r="H17" s="146" t="s">
+      <c r="H17" s="145" t="s">
         <v>97</v>
       </c>
-      <c r="I17" s="311" t="s">
+      <c r="I17" s="296" t="s">
         <v>98</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>99</v>
       </c>
       <c r="K17" s="3" t="s">
         <v>100</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="M17" s="147">
+      <c r="M17" s="146">
         <v>2</v>
       </c>
-      <c r="N17" s="147">
+      <c r="N17" s="146">
         <v>3</v>
       </c>
       <c r="O17" s="100">
         <f t="shared" ref="O17:O33" si="0">M17*N17</f>
         <v>6</v>
       </c>
       <c r="P17" s="100" t="str">
         <f t="shared" ref="P17:P74" si="1">IF(OR(O17="",O17=0),"",IF(O17&lt;5,"B",IF(O17&lt;9,"M",IF(O17&lt;21,"A","MA"))))</f>
         <v>M</v>
       </c>
-      <c r="Q17" s="147">
+      <c r="Q17" s="146">
         <v>25</v>
       </c>
-      <c r="R17" s="178">
+      <c r="R17" s="177">
         <f t="shared" ref="R17:R34" si="2">O17*Q17</f>
         <v>150</v>
       </c>
-      <c r="S17" s="179" t="str">
+      <c r="S17" s="178" t="str">
         <f t="shared" ref="S17:S74" si="3">IF(R17="","",IF(AND(R17&gt;=600,R17&lt;=4000),"I",IF(AND(R17&gt;=150,R17&lt;=500),"II",IF(AND(R17&gt;=40,R17&lt;=120),"III",IF(OR(R17&lt;=20,R17&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T17" s="148" t="s">
+      <c r="T17" s="147" t="s">
         <v>102</v>
       </c>
-      <c r="U17" s="146" t="s">
+      <c r="U17" s="145" t="s">
         <v>103</v>
       </c>
-      <c r="V17" s="180">
+      <c r="V17" s="179">
         <v>10</v>
       </c>
-      <c r="W17" s="181" t="s">
+      <c r="W17" s="180" t="s">
         <v>104</v>
       </c>
-      <c r="X17" s="145" t="s">
-[...8 lines deleted...]
-      <c r="AA17" s="214" t="s">
+      <c r="X17" s="144" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y17" s="144" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z17" s="148" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA17" s="211" t="s">
         <v>106</v>
       </c>
-      <c r="AB17" s="214" t="s">
+      <c r="AB17" s="211" t="s">
         <v>107</v>
       </c>
-      <c r="AC17" s="543"/>
-[...1 lines deleted...]
-      <c r="AE17" s="545"/>
+      <c r="AC17" s="466" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD17" s="467"/>
+      <c r="AE17" s="467"/>
     </row>
     <row r="18" spans="1:31" ht="63.75" customHeight="1">
-      <c r="A18" s="513"/>
-[...4 lines deleted...]
-      <c r="F18" s="134" t="s">
+      <c r="A18" s="469"/>
+      <c r="B18" s="471"/>
+      <c r="C18" s="444"/>
+      <c r="D18" s="474"/>
+      <c r="E18" s="447"/>
+      <c r="F18" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G18" s="165" t="s">
-[...2 lines deleted...]
-      <c r="H18" s="201" t="s">
+      <c r="G18" s="164" t="s">
+        <v>109</v>
+      </c>
+      <c r="H18" s="200" t="s">
         <v>97</v>
       </c>
-      <c r="I18" s="151" t="s">
-[...2 lines deleted...]
-      <c r="J18" s="141" t="s">
+      <c r="I18" s="150" t="s">
+        <v>110</v>
+      </c>
+      <c r="J18" s="140" t="s">
         <v>99</v>
       </c>
-      <c r="K18" s="141" t="s">
-[...2 lines deleted...]
-      <c r="L18" s="186" t="s">
+      <c r="K18" s="140" t="s">
         <v>111</v>
       </c>
-      <c r="M18" s="152">
+      <c r="L18" s="185" t="s">
+        <v>112</v>
+      </c>
+      <c r="M18" s="151">
         <v>6</v>
       </c>
-      <c r="N18" s="152">
+      <c r="N18" s="151">
         <v>2</v>
       </c>
       <c r="O18" s="100">
         <f t="shared" si="0"/>
         <v>12</v>
       </c>
       <c r="P18" s="100" t="str">
         <f t="shared" si="1"/>
         <v>A</v>
       </c>
-      <c r="Q18" s="152">
+      <c r="Q18" s="151">
         <v>25</v>
       </c>
       <c r="R18" s="100">
         <f t="shared" si="2"/>
         <v>300</v>
       </c>
       <c r="S18" s="101" t="str">
         <f t="shared" si="3"/>
         <v>II</v>
       </c>
-      <c r="T18" s="137" t="s">
+      <c r="T18" s="136" t="s">
         <v>102</v>
       </c>
-      <c r="U18" s="153" t="s">
+      <c r="U18" s="152" t="s">
+        <v>113</v>
+      </c>
+      <c r="V18" s="142">
+        <v>10</v>
+      </c>
+      <c r="W18" s="140" t="s">
+        <v>104</v>
+      </c>
+      <c r="X18" s="142" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y18" s="142" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z18" s="140" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA18" s="131" t="s">
+        <v>114</v>
+      </c>
+      <c r="AB18" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC18" s="420" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD18" s="421"/>
+      <c r="AE18" s="421"/>
+    </row>
+    <row r="19" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A19" s="469"/>
+      <c r="B19" s="471"/>
+      <c r="C19" s="444"/>
+      <c r="D19" s="474"/>
+      <c r="E19" s="447"/>
+      <c r="F19" s="133" t="s">
+        <v>95</v>
+      </c>
+      <c r="G19" s="164" t="s">
+        <v>115</v>
+      </c>
+      <c r="H19" s="200" t="s">
+        <v>116</v>
+      </c>
+      <c r="I19" s="150" t="s">
+        <v>110</v>
+      </c>
+      <c r="J19" s="140" t="s">
+        <v>99</v>
+      </c>
+      <c r="K19" s="140" t="s">
+        <v>117</v>
+      </c>
+      <c r="L19" s="185" t="s">
         <v>112</v>
       </c>
-      <c r="V18" s="143">
-[...51 lines deleted...]
-      <c r="M19" s="152">
+      <c r="M19" s="151">
         <v>6</v>
       </c>
-      <c r="N19" s="152">
+      <c r="N19" s="151">
         <v>2</v>
       </c>
       <c r="O19" s="100">
         <f t="shared" si="0"/>
         <v>12</v>
       </c>
       <c r="P19" s="100" t="str">
         <f t="shared" si="1"/>
         <v>A</v>
       </c>
-      <c r="Q19" s="152">
+      <c r="Q19" s="151">
         <v>25</v>
       </c>
       <c r="R19" s="100">
         <f t="shared" si="2"/>
         <v>300</v>
       </c>
       <c r="S19" s="101" t="str">
         <f t="shared" si="3"/>
         <v>II</v>
       </c>
-      <c r="T19" s="137" t="s">
+      <c r="T19" s="136" t="s">
         <v>102</v>
       </c>
-      <c r="U19" s="153" t="s">
-[...2 lines deleted...]
-      <c r="V19" s="143">
+      <c r="U19" s="152" t="s">
+        <v>113</v>
+      </c>
+      <c r="V19" s="142">
         <v>10</v>
       </c>
-      <c r="W19" s="141" t="s">
+      <c r="W19" s="140" t="s">
         <v>104</v>
       </c>
-      <c r="X19" s="143" t="s">
-[...11 lines deleted...]
-      <c r="AB19" s="214" t="s">
+      <c r="X19" s="142" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y19" s="142" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z19" s="140" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA19" s="211" t="s">
         <v>118</v>
       </c>
-      <c r="AC19" s="457"/>
-[...9 lines deleted...]
-      <c r="F20" s="134" t="s">
+      <c r="AB19" s="211" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC19" s="420" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD19" s="421"/>
+      <c r="AE19" s="421"/>
+    </row>
+    <row r="20" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A20" s="469"/>
+      <c r="B20" s="471"/>
+      <c r="C20" s="444"/>
+      <c r="D20" s="474"/>
+      <c r="E20" s="447"/>
+      <c r="F20" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G20" s="167" t="s">
-[...2 lines deleted...]
-      <c r="H20" s="150" t="s">
+      <c r="G20" s="166" t="s">
         <v>120</v>
       </c>
-      <c r="I20" s="150" t="s">
+      <c r="H20" s="149" t="s">
         <v>121</v>
       </c>
-      <c r="J20" s="132" t="s">
+      <c r="I20" s="149" t="s">
+        <v>122</v>
+      </c>
+      <c r="J20" s="131" t="s">
         <v>99</v>
       </c>
-      <c r="K20" s="132" t="s">
+      <c r="K20" s="131" t="s">
         <v>99</v>
       </c>
-      <c r="L20" s="132" t="s">
+      <c r="L20" s="131" t="s">
         <v>99</v>
       </c>
-      <c r="M20" s="133">
+      <c r="M20" s="132">
         <v>2</v>
       </c>
-      <c r="N20" s="133">
+      <c r="N20" s="132">
         <v>3</v>
       </c>
       <c r="O20" s="100">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
       <c r="P20" s="100" t="str">
         <f t="shared" si="1"/>
         <v>M</v>
       </c>
-      <c r="Q20" s="133">
+      <c r="Q20" s="132">
         <v>10</v>
       </c>
       <c r="R20" s="100">
         <f t="shared" si="2"/>
         <v>60</v>
       </c>
       <c r="S20" s="101" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T20" s="134" t="s">
-[...2 lines deleted...]
-      <c r="U20" s="150" t="s">
+      <c r="T20" s="133" t="s">
         <v>123</v>
       </c>
-      <c r="V20" s="143">
+      <c r="U20" s="149" t="s">
+        <v>124</v>
+      </c>
+      <c r="V20" s="142">
         <v>10</v>
       </c>
-      <c r="W20" s="142" t="s">
+      <c r="W20" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X20" s="132" t="s">
-[...24 lines deleted...]
-      <c r="F21" s="134" t="s">
+      <c r="X20" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y20" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z20" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA20" s="136" t="s">
+        <v>125</v>
+      </c>
+      <c r="AB20" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC20" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD20" s="421"/>
+      <c r="AE20" s="422"/>
+    </row>
+    <row r="21" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A21" s="469"/>
+      <c r="B21" s="471"/>
+      <c r="C21" s="444"/>
+      <c r="D21" s="474"/>
+      <c r="E21" s="447"/>
+      <c r="F21" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G21" s="155" t="s">
-[...5 lines deleted...]
-      <c r="I21" s="155" t="s">
+      <c r="G21" s="154" t="s">
         <v>127</v>
       </c>
-      <c r="J21" s="140" t="s">
+      <c r="H21" s="154" t="s">
+        <v>128</v>
+      </c>
+      <c r="I21" s="154" t="s">
+        <v>129</v>
+      </c>
+      <c r="J21" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K21" s="140" t="s">
+      <c r="K21" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="L21" s="140" t="s">
-[...2 lines deleted...]
-      <c r="M21" s="136">
+      <c r="L21" s="139" t="s">
+        <v>130</v>
+      </c>
+      <c r="M21" s="135">
         <v>2</v>
       </c>
-      <c r="N21" s="136">
+      <c r="N21" s="135">
         <v>2</v>
       </c>
       <c r="O21" s="100">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="P21" s="100" t="str">
         <f t="shared" ref="P21" si="4">IF(OR(O21="",O21=0),"",IF(O21&lt;5,"B",IF(O21&lt;9,"M",IF(O21&lt;21,"A","MA"))))</f>
         <v>B</v>
       </c>
-      <c r="Q21" s="136">
+      <c r="Q21" s="135">
         <v>10</v>
       </c>
       <c r="R21" s="99">
         <f t="shared" si="2"/>
         <v>40</v>
       </c>
       <c r="S21" s="101" t="str">
         <f t="shared" ref="S21" si="5">IF(R21="","",IF(AND(R21&gt;=600,R21&lt;=4000),"I",IF(AND(R21&gt;=150,R21&lt;=500),"II",IF(AND(R21&gt;=40,R21&lt;=120),"III",IF(OR(R21&lt;=20,R21&gt;=0),"IV")))))</f>
         <v>III</v>
       </c>
-      <c r="T21" s="202" t="s">
-[...5 lines deleted...]
-      <c r="V21" s="140">
+      <c r="T21" s="201" t="s">
+        <v>123</v>
+      </c>
+      <c r="U21" s="154" t="s">
+        <v>131</v>
+      </c>
+      <c r="V21" s="139">
         <v>10</v>
       </c>
-      <c r="W21" s="142" t="s">
+      <c r="W21" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X21" s="140" t="s">
-[...24 lines deleted...]
-      <c r="F22" s="134" t="s">
+      <c r="X21" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y21" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z21" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA21" s="136" t="s">
+        <v>132</v>
+      </c>
+      <c r="AB21" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC21" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD21" s="421"/>
+      <c r="AE21" s="422"/>
+    </row>
+    <row r="22" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A22" s="469"/>
+      <c r="B22" s="471"/>
+      <c r="C22" s="444"/>
+      <c r="D22" s="474"/>
+      <c r="E22" s="447"/>
+      <c r="F22" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G22" s="167" t="s">
-[...5 lines deleted...]
-      <c r="I22" s="154" t="s">
+      <c r="G22" s="166" t="s">
         <v>133</v>
       </c>
-      <c r="J22" s="134" t="s">
+      <c r="H22" s="153" t="s">
+        <v>134</v>
+      </c>
+      <c r="I22" s="153" t="s">
+        <v>135</v>
+      </c>
+      <c r="J22" s="133" t="s">
         <v>99</v>
       </c>
-      <c r="K22" s="134" t="s">
-[...2 lines deleted...]
-      <c r="L22" s="134" t="s">
+      <c r="K22" s="133" t="s">
+        <v>136</v>
+      </c>
+      <c r="L22" s="133" t="s">
         <v>99</v>
       </c>
-      <c r="M22" s="133">
+      <c r="M22" s="132">
         <v>2</v>
       </c>
-      <c r="N22" s="133">
+      <c r="N22" s="132">
         <v>3</v>
       </c>
       <c r="O22" s="100">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
       <c r="P22" s="100" t="str">
         <f t="shared" si="1"/>
         <v>M</v>
       </c>
-      <c r="Q22" s="133">
+      <c r="Q22" s="132">
         <v>10</v>
       </c>
       <c r="R22" s="100">
         <f t="shared" si="2"/>
         <v>60</v>
       </c>
       <c r="S22" s="101" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T22" s="134" t="s">
-[...5 lines deleted...]
-      <c r="V22" s="143">
+      <c r="T22" s="133" t="s">
+        <v>123</v>
+      </c>
+      <c r="U22" s="153" t="s">
+        <v>137</v>
+      </c>
+      <c r="V22" s="142">
         <v>10</v>
       </c>
-      <c r="W22" s="135" t="s">
+      <c r="W22" s="134" t="s">
         <v>104</v>
       </c>
-      <c r="X22" s="134" t="s">
-[...24 lines deleted...]
-      <c r="F23" s="134" t="s">
+      <c r="X22" s="133" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y22" s="133" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z22" s="133" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA22" s="136" t="s">
+        <v>138</v>
+      </c>
+      <c r="AB22" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC22" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD22" s="421"/>
+      <c r="AE22" s="422"/>
+    </row>
+    <row r="23" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A23" s="469"/>
+      <c r="B23" s="471"/>
+      <c r="C23" s="444"/>
+      <c r="D23" s="474"/>
+      <c r="E23" s="447"/>
+      <c r="F23" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G23" s="168" t="s">
-[...5 lines deleted...]
-      <c r="I23" s="155" t="s">
+      <c r="G23" s="167" t="s">
         <v>139</v>
       </c>
-      <c r="J23" s="140" t="s">
+      <c r="H23" s="154" t="s">
+        <v>140</v>
+      </c>
+      <c r="I23" s="154" t="s">
+        <v>141</v>
+      </c>
+      <c r="J23" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K23" s="140" t="s">
+      <c r="K23" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="L23" s="140" t="s">
-[...2 lines deleted...]
-      <c r="M23" s="136">
+      <c r="L23" s="139" t="s">
+        <v>142</v>
+      </c>
+      <c r="M23" s="135">
         <v>2</v>
       </c>
-      <c r="N23" s="136">
+      <c r="N23" s="135">
         <v>3</v>
       </c>
       <c r="O23" s="100">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
       <c r="P23" s="100" t="str">
         <f t="shared" si="1"/>
         <v>M</v>
       </c>
-      <c r="Q23" s="136">
+      <c r="Q23" s="135">
         <v>10</v>
       </c>
       <c r="R23" s="100">
         <f t="shared" si="2"/>
         <v>60</v>
       </c>
       <c r="S23" s="101" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T23" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V23" s="143">
+      <c r="T23" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U23" s="154" t="s">
+        <v>143</v>
+      </c>
+      <c r="V23" s="142">
         <v>10</v>
       </c>
-      <c r="W23" s="142" t="s">
+      <c r="W23" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X23" s="140" t="s">
-[...24 lines deleted...]
-      <c r="F24" s="134" t="s">
+      <c r="X23" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y23" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z23" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA23" s="136" t="s">
+        <v>105</v>
+      </c>
+      <c r="AB23" s="139" t="s">
+        <v>144</v>
+      </c>
+      <c r="AC23" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD23" s="421"/>
+      <c r="AE23" s="422"/>
+    </row>
+    <row r="24" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A24" s="469"/>
+      <c r="B24" s="471"/>
+      <c r="C24" s="444"/>
+      <c r="D24" s="474"/>
+      <c r="E24" s="447"/>
+      <c r="F24" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G24" s="168" t="s">
-[...5 lines deleted...]
-      <c r="I24" s="151" t="s">
+      <c r="G24" s="167" t="s">
         <v>145</v>
       </c>
-      <c r="J24" s="143" t="s">
+      <c r="H24" s="200" t="s">
+        <v>146</v>
+      </c>
+      <c r="I24" s="150" t="s">
+        <v>147</v>
+      </c>
+      <c r="J24" s="142" t="s">
         <v>99</v>
       </c>
-      <c r="K24" s="143" t="s">
+      <c r="K24" s="142" t="s">
         <v>99</v>
       </c>
-      <c r="L24" s="141" t="s">
+      <c r="L24" s="140" t="s">
         <v>99</v>
       </c>
-      <c r="M24" s="152">
+      <c r="M24" s="151">
         <v>2</v>
       </c>
-      <c r="N24" s="152">
+      <c r="N24" s="151">
         <v>1</v>
       </c>
       <c r="O24" s="100">
         <f t="shared" si="0"/>
         <v>2</v>
       </c>
       <c r="P24" s="100" t="str">
         <f t="shared" si="1"/>
         <v>B</v>
       </c>
-      <c r="Q24" s="152">
+      <c r="Q24" s="151">
         <v>10</v>
       </c>
       <c r="R24" s="100">
         <f t="shared" si="2"/>
         <v>20</v>
       </c>
       <c r="S24" s="101" t="str">
         <f t="shared" si="3"/>
         <v>IV</v>
       </c>
-      <c r="T24" s="142" t="s">
-[...5 lines deleted...]
-      <c r="V24" s="143">
+      <c r="T24" s="141" t="s">
+        <v>123</v>
+      </c>
+      <c r="U24" s="152" t="s">
+        <v>148</v>
+      </c>
+      <c r="V24" s="142">
         <v>10</v>
       </c>
-      <c r="W24" s="141" t="s">
+      <c r="W24" s="140" t="s">
         <v>104</v>
       </c>
-      <c r="X24" s="143" t="s">
-[...24 lines deleted...]
-      <c r="F25" s="134" t="s">
+      <c r="X24" s="142" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y24" s="142" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z24" s="142" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA24" s="140" t="s">
+        <v>149</v>
+      </c>
+      <c r="AB24" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC24" s="420" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD24" s="421"/>
+      <c r="AE24" s="421"/>
+    </row>
+    <row r="25" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A25" s="469"/>
+      <c r="B25" s="471"/>
+      <c r="C25" s="444"/>
+      <c r="D25" s="474"/>
+      <c r="E25" s="447"/>
+      <c r="F25" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G25" s="168" t="s">
-[...8 lines deleted...]
-      <c r="J25" s="143" t="s">
+      <c r="G25" s="167" t="s">
+        <v>151</v>
+      </c>
+      <c r="H25" s="200" t="s">
+        <v>152</v>
+      </c>
+      <c r="I25" s="150" t="s">
+        <v>153</v>
+      </c>
+      <c r="J25" s="142" t="s">
         <v>99</v>
       </c>
-      <c r="K25" s="143" t="s">
+      <c r="K25" s="142" t="s">
         <v>99</v>
       </c>
-      <c r="L25" s="141" t="s">
-[...2 lines deleted...]
-      <c r="M25" s="152">
+      <c r="L25" s="140" t="s">
+        <v>154</v>
+      </c>
+      <c r="M25" s="151">
         <v>2</v>
       </c>
-      <c r="N25" s="152">
+      <c r="N25" s="151">
         <v>1</v>
       </c>
       <c r="O25" s="100">
         <f t="shared" si="0"/>
         <v>2</v>
       </c>
       <c r="P25" s="100" t="str">
         <f t="shared" si="1"/>
         <v>B</v>
       </c>
-      <c r="Q25" s="152">
+      <c r="Q25" s="151">
         <v>10</v>
       </c>
       <c r="R25" s="100">
         <f t="shared" si="2"/>
         <v>20</v>
       </c>
       <c r="S25" s="101" t="str">
         <f t="shared" si="3"/>
         <v>IV</v>
       </c>
-      <c r="T25" s="142" t="s">
-[...5 lines deleted...]
-      <c r="V25" s="143">
+      <c r="T25" s="141" t="s">
+        <v>123</v>
+      </c>
+      <c r="U25" s="152" t="s">
+        <v>155</v>
+      </c>
+      <c r="V25" s="142">
         <v>10</v>
       </c>
-      <c r="W25" s="141" t="s">
+      <c r="W25" s="140" t="s">
         <v>104</v>
       </c>
-      <c r="X25" s="143" t="s">
-[...24 lines deleted...]
-      <c r="F26" s="134" t="s">
+      <c r="X25" s="142" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y25" s="142" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z25" s="142" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA25" s="140" t="s">
+        <v>156</v>
+      </c>
+      <c r="AB25" s="131" t="s">
+        <v>157</v>
+      </c>
+      <c r="AC25" s="420" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD25" s="421"/>
+      <c r="AE25" s="421"/>
+    </row>
+    <row r="26" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A26" s="469"/>
+      <c r="B26" s="471"/>
+      <c r="C26" s="444"/>
+      <c r="D26" s="474"/>
+      <c r="E26" s="447"/>
+      <c r="F26" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G26" s="168" t="s">
-[...8 lines deleted...]
-      <c r="J26" s="140" t="s">
+      <c r="G26" s="167" t="s">
+        <v>158</v>
+      </c>
+      <c r="H26" s="154" t="s">
+        <v>159</v>
+      </c>
+      <c r="I26" s="154" t="s">
+        <v>160</v>
+      </c>
+      <c r="J26" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K26" s="140" t="s">
+      <c r="K26" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="L26" s="140" t="s">
+      <c r="L26" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="M26" s="136">
+      <c r="M26" s="135">
         <v>2</v>
       </c>
-      <c r="N26" s="136">
+      <c r="N26" s="135">
         <v>3</v>
       </c>
       <c r="O26" s="100">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
       <c r="P26" s="100" t="str">
         <f t="shared" si="1"/>
         <v>M</v>
       </c>
-      <c r="Q26" s="136">
+      <c r="Q26" s="135">
         <v>25</v>
       </c>
       <c r="R26" s="100">
         <f t="shared" si="2"/>
         <v>150</v>
       </c>
       <c r="S26" s="101" t="str">
         <f t="shared" si="3"/>
         <v>II</v>
       </c>
-      <c r="T26" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V26" s="143">
+      <c r="T26" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U26" s="154" t="s">
+        <v>162</v>
+      </c>
+      <c r="V26" s="142">
         <v>10</v>
       </c>
-      <c r="W26" s="142" t="s">
+      <c r="W26" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X26" s="140" t="s">
-[...24 lines deleted...]
-      <c r="F27" s="134" t="s">
+      <c r="X26" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y26" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z26" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA26" s="136" t="s">
+        <v>163</v>
+      </c>
+      <c r="AB26" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC26" s="420" t="s">
+        <v>164</v>
+      </c>
+      <c r="AD26" s="421"/>
+      <c r="AE26" s="422"/>
+    </row>
+    <row r="27" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A27" s="469"/>
+      <c r="B27" s="471"/>
+      <c r="C27" s="444"/>
+      <c r="D27" s="474"/>
+      <c r="E27" s="447"/>
+      <c r="F27" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G27" s="168" t="s">
-[...8 lines deleted...]
-      <c r="J27" s="138" t="s">
+      <c r="G27" s="167" t="s">
+        <v>165</v>
+      </c>
+      <c r="H27" s="159" t="s">
+        <v>166</v>
+      </c>
+      <c r="I27" s="159" t="s">
+        <v>167</v>
+      </c>
+      <c r="J27" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="K27" s="138" t="s">
+      <c r="K27" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L27" s="138" t="s">
+      <c r="L27" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="M27" s="156">
+      <c r="M27" s="155">
         <v>2</v>
       </c>
-      <c r="N27" s="156">
+      <c r="N27" s="155">
         <v>1</v>
       </c>
       <c r="O27" s="100">
         <f t="shared" si="0"/>
         <v>2</v>
       </c>
       <c r="P27" s="100" t="str">
         <f t="shared" si="1"/>
         <v>B</v>
       </c>
-      <c r="Q27" s="156">
+      <c r="Q27" s="155">
         <v>10</v>
       </c>
       <c r="R27" s="100">
         <f t="shared" si="2"/>
         <v>20</v>
       </c>
       <c r="S27" s="101" t="str">
         <f t="shared" si="3"/>
         <v>IV</v>
       </c>
-      <c r="T27" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V27" s="143">
+      <c r="T27" s="136" t="s">
+        <v>168</v>
+      </c>
+      <c r="U27" s="143" t="s">
+        <v>169</v>
+      </c>
+      <c r="V27" s="142">
         <v>10</v>
       </c>
-      <c r="W27" s="138" t="s">
-[...36 lines deleted...]
-      <c r="I28" s="155" t="s">
+      <c r="W27" s="137" t="s">
         <v>170</v>
       </c>
-      <c r="J28" s="140" t="s">
+      <c r="X27" s="137" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y27" s="137" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z27" s="137" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA27" s="137" t="s">
+        <v>171</v>
+      </c>
+      <c r="AB27" s="137" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC27" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD27" s="421"/>
+      <c r="AE27" s="421"/>
+    </row>
+    <row r="28" spans="1:31" ht="71.25" customHeight="1">
+      <c r="A28" s="469"/>
+      <c r="B28" s="471"/>
+      <c r="C28" s="444"/>
+      <c r="D28" s="474"/>
+      <c r="E28" s="447"/>
+      <c r="F28" s="133" t="s">
+        <v>170</v>
+      </c>
+      <c r="G28" s="167" t="s">
+        <v>173</v>
+      </c>
+      <c r="H28" s="154" t="s">
+        <v>174</v>
+      </c>
+      <c r="I28" s="154" t="s">
+        <v>175</v>
+      </c>
+      <c r="J28" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K28" s="142" t="s">
+      <c r="K28" s="141" t="s">
         <v>99</v>
       </c>
-      <c r="L28" s="142" t="s">
-[...2 lines deleted...]
-      <c r="M28" s="136">
+      <c r="L28" s="141" t="s">
+        <v>176</v>
+      </c>
+      <c r="M28" s="135">
         <v>2</v>
       </c>
-      <c r="N28" s="136">
+      <c r="N28" s="135">
         <v>2</v>
       </c>
       <c r="O28" s="100">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="P28" s="100" t="str">
         <f t="shared" si="1"/>
         <v>B</v>
       </c>
-      <c r="Q28" s="136">
+      <c r="Q28" s="135">
         <v>10</v>
       </c>
       <c r="R28" s="100">
         <f t="shared" si="2"/>
         <v>40</v>
       </c>
       <c r="S28" s="101" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T28" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V28" s="143">
+      <c r="T28" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U28" s="154" t="s">
+        <v>177</v>
+      </c>
+      <c r="V28" s="142">
         <v>10</v>
       </c>
-      <c r="W28" s="142" t="s">
+      <c r="W28" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X28" s="140" t="s">
-[...33 lines deleted...]
-      <c r="I29" s="158" t="s">
+      <c r="X28" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y28" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z28" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA28" s="136" t="s">
+        <v>178</v>
+      </c>
+      <c r="AB28" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC28" s="418" t="s">
+        <v>179</v>
+      </c>
+      <c r="AD28" s="419"/>
+      <c r="AE28" s="419"/>
+    </row>
+    <row r="29" spans="1:31" ht="51" customHeight="1">
+      <c r="A29" s="469"/>
+      <c r="B29" s="471"/>
+      <c r="C29" s="444"/>
+      <c r="D29" s="474"/>
+      <c r="E29" s="447"/>
+      <c r="F29" s="133" t="s">
+        <v>170</v>
+      </c>
+      <c r="G29" s="167" t="s">
+        <v>180</v>
+      </c>
+      <c r="H29" s="154" t="s">
+        <v>181</v>
+      </c>
+      <c r="I29" s="157" t="s">
+        <v>182</v>
+      </c>
+      <c r="J29" s="138" t="s">
+        <v>99</v>
+      </c>
+      <c r="K29" s="141" t="s">
+        <v>183</v>
+      </c>
+      <c r="L29" s="141" t="s">
         <v>176</v>
       </c>
-      <c r="J29" s="139" t="s">
-[...8 lines deleted...]
-      <c r="M29" s="136">
+      <c r="M29" s="135">
         <v>2</v>
       </c>
-      <c r="N29" s="136">
+      <c r="N29" s="135">
         <v>2</v>
       </c>
       <c r="O29" s="100">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="P29" s="100" t="str">
         <f t="shared" si="1"/>
         <v>B</v>
       </c>
-      <c r="Q29" s="136">
+      <c r="Q29" s="135">
         <v>10</v>
       </c>
       <c r="R29" s="100">
         <f t="shared" si="2"/>
         <v>40</v>
       </c>
       <c r="S29" s="101" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T29" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V29" s="143">
+      <c r="T29" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U29" s="158" t="s">
+        <v>177</v>
+      </c>
+      <c r="V29" s="142">
         <v>10</v>
       </c>
-      <c r="W29" s="142" t="s">
+      <c r="W29" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X29" s="140" t="s">
-[...24 lines deleted...]
-      <c r="F30" s="134" t="s">
+      <c r="X29" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y29" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z29" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA29" s="137" t="s">
+        <v>184</v>
+      </c>
+      <c r="AB29" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC29" s="435" t="s">
+        <v>185</v>
+      </c>
+      <c r="AD29" s="436"/>
+      <c r="AE29" s="436"/>
+    </row>
+    <row r="30" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A30" s="469"/>
+      <c r="B30" s="471"/>
+      <c r="C30" s="444"/>
+      <c r="D30" s="474"/>
+      <c r="E30" s="447"/>
+      <c r="F30" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G30" s="168" t="s">
-[...8 lines deleted...]
-      <c r="J30" s="140" t="s">
+      <c r="G30" s="167" t="s">
+        <v>186</v>
+      </c>
+      <c r="H30" s="154" t="s">
+        <v>187</v>
+      </c>
+      <c r="I30" s="154" t="s">
+        <v>188</v>
+      </c>
+      <c r="J30" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K30" s="142" t="s">
+      <c r="K30" s="141" t="s">
         <v>99</v>
       </c>
-      <c r="L30" s="142" t="s">
+      <c r="L30" s="141" t="s">
         <v>99</v>
       </c>
-      <c r="M30" s="136">
+      <c r="M30" s="135">
         <v>2</v>
       </c>
-      <c r="N30" s="136">
+      <c r="N30" s="135">
         <v>2</v>
       </c>
       <c r="O30" s="100">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="P30" s="100" t="str">
         <f t="shared" si="1"/>
         <v>B</v>
       </c>
-      <c r="Q30" s="136">
+      <c r="Q30" s="135">
         <v>10</v>
       </c>
       <c r="R30" s="100">
         <f t="shared" si="2"/>
         <v>40</v>
       </c>
       <c r="S30" s="101" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T30" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V30" s="143">
+      <c r="T30" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U30" s="160" t="s">
+        <v>189</v>
+      </c>
+      <c r="V30" s="142">
         <v>10</v>
       </c>
-      <c r="W30" s="142" t="s">
+      <c r="W30" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X30" s="140" t="s">
-[...24 lines deleted...]
-      <c r="F31" s="134" t="s">
+      <c r="X30" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y30" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z30" s="141" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA30" s="141" t="s">
+        <v>190</v>
+      </c>
+      <c r="AB30" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC30" s="420" t="s">
+        <v>191</v>
+      </c>
+      <c r="AD30" s="421"/>
+      <c r="AE30" s="422"/>
+    </row>
+    <row r="31" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A31" s="469"/>
+      <c r="B31" s="471"/>
+      <c r="C31" s="444"/>
+      <c r="D31" s="474"/>
+      <c r="E31" s="447"/>
+      <c r="F31" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G31" s="155" t="s">
-[...11 lines deleted...]
-      <c r="K31" s="143" t="s">
+      <c r="G31" s="154" t="s">
+        <v>192</v>
+      </c>
+      <c r="H31" s="246" t="s">
+        <v>193</v>
+      </c>
+      <c r="I31" s="150" t="s">
+        <v>194</v>
+      </c>
+      <c r="J31" s="140" t="s">
+        <v>195</v>
+      </c>
+      <c r="K31" s="142" t="s">
         <v>99</v>
       </c>
-      <c r="L31" s="143" t="s">
+      <c r="L31" s="142" t="s">
         <v>99</v>
       </c>
-      <c r="M31" s="152">
+      <c r="M31" s="151">
         <v>2</v>
       </c>
-      <c r="N31" s="152">
+      <c r="N31" s="151">
         <v>2</v>
       </c>
       <c r="O31" s="100">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="P31" s="100" t="str">
         <f t="shared" si="1"/>
         <v>B</v>
       </c>
-      <c r="Q31" s="152">
+      <c r="Q31" s="151">
         <v>10</v>
       </c>
       <c r="R31" s="100">
         <f t="shared" si="2"/>
         <v>40</v>
       </c>
       <c r="S31" s="101" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T31" s="142" t="s">
-[...5 lines deleted...]
-      <c r="V31" s="143">
+      <c r="T31" s="141" t="s">
+        <v>123</v>
+      </c>
+      <c r="U31" s="140" t="s">
+        <v>196</v>
+      </c>
+      <c r="V31" s="142">
         <v>10</v>
       </c>
-      <c r="W31" s="141" t="s">
+      <c r="W31" s="140" t="s">
         <v>104</v>
       </c>
-      <c r="X31" s="143" t="s">
-[...24 lines deleted...]
-      <c r="F32" s="134" t="s">
+      <c r="X31" s="142" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y31" s="142" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z31" s="142" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA31" s="140" t="s">
+        <v>197</v>
+      </c>
+      <c r="AB31" s="142" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC31" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD31" s="421"/>
+      <c r="AE31" s="421"/>
+    </row>
+    <row r="32" spans="1:31" ht="51" customHeight="1">
+      <c r="A32" s="469"/>
+      <c r="B32" s="471"/>
+      <c r="C32" s="444"/>
+      <c r="D32" s="474"/>
+      <c r="E32" s="447"/>
+      <c r="F32" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G32" s="168" t="s">
-[...8 lines deleted...]
-      <c r="J32" s="138" t="s">
+      <c r="G32" s="167" t="s">
+        <v>198</v>
+      </c>
+      <c r="H32" s="154" t="s">
+        <v>199</v>
+      </c>
+      <c r="I32" s="156" t="s">
+        <v>167</v>
+      </c>
+      <c r="J32" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="K32" s="138" t="s">
+      <c r="K32" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L32" s="142" t="s">
+      <c r="L32" s="141" t="s">
         <v>99</v>
       </c>
-      <c r="M32" s="136">
+      <c r="M32" s="135">
         <v>3</v>
       </c>
-      <c r="N32" s="136">
+      <c r="N32" s="135">
         <v>6</v>
       </c>
       <c r="O32" s="100">
         <f t="shared" si="0"/>
         <v>18</v>
       </c>
       <c r="P32" s="100" t="str">
         <f t="shared" si="1"/>
         <v>A</v>
       </c>
-      <c r="Q32" s="136">
+      <c r="Q32" s="135">
         <v>10</v>
       </c>
       <c r="R32" s="100">
         <f t="shared" si="2"/>
         <v>180</v>
       </c>
       <c r="S32" s="101" t="str">
         <f t="shared" si="3"/>
         <v>II</v>
       </c>
-      <c r="T32" s="166" t="s">
-[...5 lines deleted...]
-      <c r="V32" s="143">
+      <c r="T32" s="165" t="s">
+        <v>161</v>
+      </c>
+      <c r="U32" s="160" t="s">
+        <v>200</v>
+      </c>
+      <c r="V32" s="142">
         <v>10</v>
       </c>
-      <c r="W32" s="142" t="s">
+      <c r="W32" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X32" s="139" t="s">
-[...24 lines deleted...]
-      <c r="F33" s="134" t="s">
+      <c r="X32" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y32" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z32" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA32" s="141" t="s">
+        <v>201</v>
+      </c>
+      <c r="AB32" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC32" s="420" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD32" s="421"/>
+      <c r="AE32" s="422"/>
+    </row>
+    <row r="33" spans="1:34" ht="51" customHeight="1">
+      <c r="A33" s="469"/>
+      <c r="B33" s="471"/>
+      <c r="C33" s="444"/>
+      <c r="D33" s="474"/>
+      <c r="E33" s="447"/>
+      <c r="F33" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G33" s="168" t="s">
-[...8 lines deleted...]
-      <c r="J33" s="139" t="s">
+      <c r="G33" s="167" t="s">
+        <v>203</v>
+      </c>
+      <c r="H33" s="154" t="s">
+        <v>204</v>
+      </c>
+      <c r="I33" s="156" t="s">
+        <v>205</v>
+      </c>
+      <c r="J33" s="138" t="s">
         <v>99</v>
       </c>
-      <c r="K33" s="138" t="s">
-[...2 lines deleted...]
-      <c r="L33" s="144" t="s">
+      <c r="K33" s="137" t="s">
+        <v>206</v>
+      </c>
+      <c r="L33" s="143" t="s">
         <v>99</v>
       </c>
-      <c r="M33" s="162">
+      <c r="M33" s="161">
         <v>6</v>
       </c>
-      <c r="N33" s="162">
+      <c r="N33" s="161">
         <v>2</v>
       </c>
       <c r="O33" s="100">
         <f t="shared" si="0"/>
         <v>12</v>
       </c>
       <c r="P33" s="100" t="str">
         <f t="shared" si="1"/>
         <v>A</v>
       </c>
-      <c r="Q33" s="136">
+      <c r="Q33" s="135">
         <v>25</v>
       </c>
       <c r="R33" s="100">
         <f t="shared" si="2"/>
         <v>300</v>
       </c>
       <c r="S33" s="101" t="str">
         <f>IF(R33="","",IF(AND(R33&gt;=600,R33&lt;=4000),"I",IF(AND(R33&gt;=150,R33&lt;=500),"II",IF(AND(R33&gt;=40,R33&lt;=120),"III",IF(OR(R33&lt;=20,R33&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T33" s="166" t="s">
-[...5 lines deleted...]
-      <c r="V33" s="143">
+      <c r="T33" s="165" t="s">
+        <v>161</v>
+      </c>
+      <c r="U33" s="158" t="s">
+        <v>207</v>
+      </c>
+      <c r="V33" s="142">
         <v>10</v>
       </c>
-      <c r="W33" s="142" t="s">
+      <c r="W33" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X33" s="139" t="s">
-[...24 lines deleted...]
-      <c r="F34" s="134" t="s">
+      <c r="X33" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y33" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z33" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA33" s="137" t="s">
+        <v>208</v>
+      </c>
+      <c r="AB33" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC33" s="420" t="s">
+        <v>209</v>
+      </c>
+      <c r="AD33" s="421"/>
+      <c r="AE33" s="421"/>
+    </row>
+    <row r="34" spans="1:34" ht="12.75" customHeight="1">
+      <c r="A34" s="469"/>
+      <c r="B34" s="471"/>
+      <c r="C34" s="444"/>
+      <c r="D34" s="474"/>
+      <c r="E34" s="447"/>
+      <c r="F34" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G34" s="169" t="s">
-[...8 lines deleted...]
-      <c r="J34" s="139" t="s">
+      <c r="G34" s="168" t="s">
+        <v>210</v>
+      </c>
+      <c r="H34" s="154" t="s">
+        <v>211</v>
+      </c>
+      <c r="I34" s="157" t="s">
+        <v>212</v>
+      </c>
+      <c r="J34" s="138" t="s">
         <v>99</v>
       </c>
-      <c r="K34" s="138" t="s">
+      <c r="K34" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L34" s="139" t="s">
+      <c r="L34" s="138" t="s">
         <v>99</v>
       </c>
-      <c r="M34" s="162">
+      <c r="M34" s="161">
         <v>2</v>
       </c>
-      <c r="N34" s="162">
+      <c r="N34" s="161">
         <v>1</v>
       </c>
       <c r="O34" s="100">
         <f>M34*N34</f>
         <v>2</v>
       </c>
       <c r="P34" s="100" t="str">
         <f>IF(OR(O34="",O34=0),"",IF(O34&lt;5,"B",IF(O34&lt;9,"M",IF(O34&lt;21,"A","MA"))))</f>
         <v>B</v>
       </c>
-      <c r="Q34" s="136">
+      <c r="Q34" s="135">
         <v>10</v>
       </c>
       <c r="R34" s="100">
         <f t="shared" si="2"/>
         <v>20</v>
       </c>
       <c r="S34" s="101" t="str">
         <f t="shared" ref="S34:S37" si="6">IF(R34="","",IF(AND(R34&gt;=600,R34&lt;=4000),"I",IF(AND(R34&gt;=150,R34&lt;=500),"II",IF(AND(R34&gt;=40,R34&lt;=120),"III",IF(OR(R34&lt;=20,R34&gt;=0),"IV")))))</f>
         <v>IV</v>
       </c>
-      <c r="T34" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V34" s="143">
+      <c r="T34" s="136" t="s">
+        <v>168</v>
+      </c>
+      <c r="U34" s="158" t="s">
+        <v>213</v>
+      </c>
+      <c r="V34" s="142">
         <v>10</v>
       </c>
-      <c r="W34" s="142" t="s">
+      <c r="W34" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X34" s="139" t="s">
-[...24 lines deleted...]
-      <c r="F35" s="346" t="s">
+      <c r="X34" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y34" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z34" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA34" s="137" t="s">
+        <v>214</v>
+      </c>
+      <c r="AB34" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC34" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD34" s="421"/>
+      <c r="AE34" s="422"/>
+      <c r="AF34" s="535" t="s">
+        <v>215</v>
+      </c>
+      <c r="AG34" s="536"/>
+      <c r="AH34" s="537"/>
+    </row>
+    <row r="35" spans="1:34" s="337" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A35" s="469"/>
+      <c r="B35" s="471"/>
+      <c r="C35" s="444"/>
+      <c r="D35" s="474"/>
+      <c r="E35" s="447"/>
+      <c r="F35" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G35" s="372" t="s">
-[...14 lines deleted...]
-      <c r="L35" s="301" t="s">
+      <c r="G35" s="356" t="s">
+        <v>216</v>
+      </c>
+      <c r="H35" s="332" t="s">
+        <v>217</v>
+      </c>
+      <c r="I35" s="333" t="s">
+        <v>218</v>
+      </c>
+      <c r="J35" s="258" t="s">
+        <v>219</v>
+      </c>
+      <c r="K35" s="331" t="s">
+        <v>220</v>
+      </c>
+      <c r="L35" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="M35" s="301">
+      <c r="M35" s="289">
         <v>6</v>
       </c>
-      <c r="N35" s="301">
+      <c r="N35" s="289">
         <v>2</v>
       </c>
-      <c r="O35" s="301">
+      <c r="O35" s="289">
         <v>12</v>
       </c>
-      <c r="P35" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q35" s="300">
+      <c r="P35" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q35" s="288">
         <v>25</v>
       </c>
-      <c r="R35" s="344">
+      <c r="R35" s="329">
         <v>300</v>
       </c>
       <c r="S35" s="101" t="str">
         <f t="shared" si="6"/>
         <v>II</v>
       </c>
-      <c r="T35" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V35" s="143">
+      <c r="T35" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U35" s="331" t="s">
+        <v>222</v>
+      </c>
+      <c r="V35" s="142">
         <v>10</v>
       </c>
-      <c r="W35" s="261" t="s">
+      <c r="W35" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X35" s="301" t="s">
-[...24 lines deleted...]
-      <c r="F36" s="346" t="s">
+      <c r="X35" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y35" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z35" s="258" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA35" s="189" t="s">
+        <v>224</v>
+      </c>
+      <c r="AB35" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC35" s="420" t="s">
+        <v>225</v>
+      </c>
+      <c r="AD35" s="421"/>
+      <c r="AE35" s="434"/>
+    </row>
+    <row r="36" spans="1:34" s="337" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A36" s="469"/>
+      <c r="B36" s="471"/>
+      <c r="C36" s="444"/>
+      <c r="D36" s="474"/>
+      <c r="E36" s="447"/>
+      <c r="F36" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G36" s="372" t="s">
-[...17 lines deleted...]
-      <c r="M36" s="301">
+      <c r="G36" s="356" t="s">
+        <v>226</v>
+      </c>
+      <c r="H36" s="332" t="s">
+        <v>227</v>
+      </c>
+      <c r="I36" s="333" t="s">
+        <v>228</v>
+      </c>
+      <c r="J36" s="258" t="s">
+        <v>229</v>
+      </c>
+      <c r="K36" s="331" t="s">
+        <v>220</v>
+      </c>
+      <c r="L36" s="258" t="s">
+        <v>230</v>
+      </c>
+      <c r="M36" s="289">
         <v>6</v>
       </c>
-      <c r="N36" s="301">
+      <c r="N36" s="289">
         <v>2</v>
       </c>
-      <c r="O36" s="301">
+      <c r="O36" s="289">
         <v>12</v>
       </c>
-      <c r="P36" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q36" s="300">
+      <c r="P36" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q36" s="288">
         <v>25</v>
       </c>
-      <c r="R36" s="344">
+      <c r="R36" s="329">
         <v>300</v>
       </c>
       <c r="S36" s="101" t="str">
         <f t="shared" si="6"/>
         <v>II</v>
       </c>
-      <c r="T36" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V36" s="143">
+      <c r="T36" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U36" s="331" t="s">
+        <v>222</v>
+      </c>
+      <c r="V36" s="142">
         <v>10</v>
       </c>
-      <c r="W36" s="261" t="s">
+      <c r="W36" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X36" s="301" t="s">
-[...24 lines deleted...]
-      <c r="F37" s="346" t="s">
+      <c r="X36" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y36" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z36" s="258" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA36" s="189" t="s">
+        <v>224</v>
+      </c>
+      <c r="AB36" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC36" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD36" s="421"/>
+      <c r="AE36" s="434"/>
+    </row>
+    <row r="37" spans="1:34" s="290" customFormat="1" ht="82.5" customHeight="1">
+      <c r="A37" s="469"/>
+      <c r="B37" s="471"/>
+      <c r="C37" s="444"/>
+      <c r="D37" s="474"/>
+      <c r="E37" s="447"/>
+      <c r="F37" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G37" s="372" t="s">
-[...14 lines deleted...]
-      <c r="L37" s="140" t="s">
+      <c r="G37" s="356" t="s">
+        <v>226</v>
+      </c>
+      <c r="H37" s="332" t="s">
+        <v>231</v>
+      </c>
+      <c r="I37" s="333" t="s">
+        <v>232</v>
+      </c>
+      <c r="J37" s="258" t="s">
+        <v>233</v>
+      </c>
+      <c r="K37" s="139" t="s">
+        <v>234</v>
+      </c>
+      <c r="L37" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="M37" s="136">
+      <c r="M37" s="135">
         <v>2</v>
       </c>
-      <c r="N37" s="136">
+      <c r="N37" s="135">
         <v>3</v>
       </c>
-      <c r="O37" s="323">
+      <c r="O37" s="308">
         <v>6</v>
       </c>
-      <c r="P37" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q37" s="136">
+      <c r="P37" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q37" s="135">
         <v>10</v>
       </c>
-      <c r="R37" s="323">
+      <c r="R37" s="308">
         <v>60</v>
       </c>
       <c r="S37" s="101" t="str">
         <f t="shared" si="6"/>
         <v>III</v>
       </c>
-      <c r="T37" s="137" t="s">
-[...2 lines deleted...]
-      <c r="U37" s="140" t="s">
+      <c r="T37" s="136" t="s">
         <v>123</v>
       </c>
-      <c r="V37" s="143">
+      <c r="U37" s="139" t="s">
+        <v>124</v>
+      </c>
+      <c r="V37" s="142">
         <v>10</v>
       </c>
-      <c r="W37" s="140" t="s">
+      <c r="W37" s="139" t="s">
         <v>104</v>
       </c>
-      <c r="X37" s="140" t="s">
-[...36 lines deleted...]
-      <c r="J38" s="174" t="s">
+      <c r="X37" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y37" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z37" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA37" s="139" t="s">
+        <v>125</v>
+      </c>
+      <c r="AB37" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC37" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD37" s="421"/>
+      <c r="AE37" s="422"/>
+    </row>
+    <row r="38" spans="1:34" ht="76.5" customHeight="1" thickBot="1">
+      <c r="A38" s="746"/>
+      <c r="B38" s="472"/>
+      <c r="C38" s="445"/>
+      <c r="D38" s="475"/>
+      <c r="E38" s="448"/>
+      <c r="F38" s="193" t="s">
+        <v>170</v>
+      </c>
+      <c r="G38" s="250" t="s">
+        <v>236</v>
+      </c>
+      <c r="H38" s="247" t="s">
+        <v>237</v>
+      </c>
+      <c r="I38" s="169" t="s">
+        <v>238</v>
+      </c>
+      <c r="J38" s="173" t="s">
         <v>99</v>
       </c>
-      <c r="K38" s="173" t="s">
-[...5 lines deleted...]
-      <c r="M38" s="191">
+      <c r="K38" s="172" t="s">
+        <v>239</v>
+      </c>
+      <c r="L38" s="172" t="s">
+        <v>240</v>
+      </c>
+      <c r="M38" s="190">
         <v>2</v>
       </c>
-      <c r="N38" s="191">
+      <c r="N38" s="190">
         <v>2</v>
       </c>
-      <c r="O38" s="182">
+      <c r="O38" s="181">
         <f t="shared" ref="O38:O75" si="7">M38*N38</f>
         <v>4</v>
       </c>
-      <c r="P38" s="182" t="str">
+      <c r="P38" s="181" t="str">
         <f t="shared" si="1"/>
         <v>B</v>
       </c>
-      <c r="Q38" s="192">
+      <c r="Q38" s="191">
         <v>10</v>
       </c>
-      <c r="R38" s="182">
+      <c r="R38" s="181">
         <f>O38*Q38</f>
         <v>40</v>
       </c>
-      <c r="S38" s="183" t="str">
+      <c r="S38" s="182" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T38" s="171" t="s">
-[...5 lines deleted...]
-      <c r="V38" s="163">
+      <c r="T38" s="170" t="s">
+        <v>123</v>
+      </c>
+      <c r="U38" s="171" t="s">
+        <v>241</v>
+      </c>
+      <c r="V38" s="162">
         <v>10</v>
       </c>
-      <c r="W38" s="173" t="s">
+      <c r="W38" s="172" t="s">
         <v>104</v>
       </c>
-      <c r="X38" s="174" t="s">
-[...55 lines deleted...]
-      <c r="M39" s="147">
+      <c r="X38" s="173" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y38" s="173" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z38" s="174" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA38" s="163" t="s">
+        <v>242</v>
+      </c>
+      <c r="AB38" s="174" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC38" s="463" t="s">
+        <v>243</v>
+      </c>
+      <c r="AD38" s="464"/>
+      <c r="AE38" s="465"/>
+    </row>
+    <row r="39" spans="1:34" ht="63.75" customHeight="1" thickBot="1">
+      <c r="A39" s="494" t="s">
+        <v>244</v>
+      </c>
+      <c r="B39" s="459" t="s">
+        <v>245</v>
+      </c>
+      <c r="C39" s="455" t="s">
+        <v>246</v>
+      </c>
+      <c r="D39" s="455" t="s">
+        <v>247</v>
+      </c>
+      <c r="E39" s="455" t="s">
+        <v>248</v>
+      </c>
+      <c r="F39" s="199" t="s">
+        <v>170</v>
+      </c>
+      <c r="G39" s="348" t="s">
+        <v>249</v>
+      </c>
+      <c r="H39" s="145" t="s">
+        <v>250</v>
+      </c>
+      <c r="I39" s="145" t="s">
+        <v>251</v>
+      </c>
+      <c r="J39" s="148" t="s">
+        <v>252</v>
+      </c>
+      <c r="K39" s="148" t="s">
+        <v>253</v>
+      </c>
+      <c r="L39" s="195" t="s">
+        <v>254</v>
+      </c>
+      <c r="M39" s="146">
         <v>2</v>
       </c>
-      <c r="N39" s="147">
+      <c r="N39" s="146">
         <v>3</v>
       </c>
       <c r="O39" s="100">
         <f t="shared" si="7"/>
         <v>6</v>
       </c>
       <c r="P39" s="100" t="str">
         <f t="shared" ref="P39" si="8">IF(OR(O39="",O39=0),"",IF(O39&lt;5,"B",IF(O39&lt;9,"M",IF(O39&lt;21,"A","MA"))))</f>
         <v>M</v>
       </c>
-      <c r="Q39" s="147">
+      <c r="Q39" s="146">
         <v>25</v>
       </c>
-      <c r="R39" s="178">
+      <c r="R39" s="177">
         <f t="shared" ref="R39" si="9">O39*Q39</f>
         <v>150</v>
       </c>
-      <c r="S39" s="179" t="str">
+      <c r="S39" s="178" t="str">
         <f t="shared" ref="S39" si="10">IF(R39="","",IF(AND(R39&gt;=600,R39&lt;=4000),"I",IF(AND(R39&gt;=150,R39&lt;=500),"II",IF(AND(R39&gt;=40,R39&lt;=120),"III",IF(OR(R39&lt;=20,R39&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T39" s="148" t="s">
+      <c r="T39" s="147" t="s">
         <v>102</v>
       </c>
-      <c r="U39" s="146" t="s">
+      <c r="U39" s="145" t="s">
         <v>103</v>
       </c>
-      <c r="V39" s="180">
+      <c r="V39" s="179">
         <v>6</v>
       </c>
-      <c r="W39" s="181" t="s">
+      <c r="W39" s="180" t="s">
         <v>104</v>
       </c>
-      <c r="X39" s="145" t="s">
-[...11 lines deleted...]
-      <c r="AB39" s="214" t="s">
+      <c r="X39" s="144" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y39" s="144" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z39" s="148" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA39" s="211" t="s">
+        <v>255</v>
+      </c>
+      <c r="AB39" s="211" t="s">
         <v>107</v>
       </c>
-      <c r="AC39" s="567"/>
-[...21 lines deleted...]
-      <c r="J40" s="141" t="s">
+      <c r="AC39" s="466" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD39" s="467"/>
+      <c r="AE39" s="467"/>
+    </row>
+    <row r="40" spans="1:34" ht="63.75" customHeight="1">
+      <c r="A40" s="495"/>
+      <c r="B40" s="460"/>
+      <c r="C40" s="456"/>
+      <c r="D40" s="456"/>
+      <c r="E40" s="456"/>
+      <c r="F40" s="131" t="s">
+        <v>170</v>
+      </c>
+      <c r="G40" s="149" t="s">
+        <v>256</v>
+      </c>
+      <c r="H40" s="145" t="s">
+        <v>257</v>
+      </c>
+      <c r="I40" s="140" t="s">
+        <v>258</v>
+      </c>
+      <c r="J40" s="140" t="s">
         <v>99</v>
       </c>
-      <c r="K40" s="141" t="s">
+      <c r="K40" s="140" t="s">
         <v>99</v>
       </c>
-      <c r="L40" s="186" t="s">
+      <c r="L40" s="185" t="s">
         <v>99</v>
       </c>
-      <c r="M40" s="187">
+      <c r="M40" s="186">
         <v>2</v>
       </c>
-      <c r="N40" s="187">
+      <c r="N40" s="186">
         <v>3</v>
       </c>
       <c r="O40" s="100">
         <f t="shared" si="7"/>
         <v>6</v>
       </c>
       <c r="P40" s="100" t="str">
         <f t="shared" si="1"/>
         <v>M</v>
       </c>
-      <c r="Q40" s="187">
+      <c r="Q40" s="186">
         <v>10</v>
       </c>
       <c r="R40" s="99">
         <f>O40*Q40</f>
         <v>60</v>
       </c>
       <c r="S40" s="101" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T40" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V40" s="143">
+      <c r="T40" s="139" t="s">
+        <v>123</v>
+      </c>
+      <c r="U40" s="185" t="s">
+        <v>259</v>
+      </c>
+      <c r="V40" s="142">
         <v>6</v>
       </c>
-      <c r="W40" s="141" t="s">
+      <c r="W40" s="140" t="s">
         <v>104</v>
       </c>
-      <c r="X40" s="143" t="s">
-[...36 lines deleted...]
-      <c r="J41" s="132" t="s">
+      <c r="X40" s="142" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y40" s="140" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z40" s="140" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA40" s="140" t="s">
+        <v>260</v>
+      </c>
+      <c r="AB40" s="137" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC40" s="420" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD40" s="421"/>
+      <c r="AE40" s="421"/>
+    </row>
+    <row r="41" spans="1:34" ht="63.75" customHeight="1">
+      <c r="A41" s="495"/>
+      <c r="B41" s="460"/>
+      <c r="C41" s="456"/>
+      <c r="D41" s="456"/>
+      <c r="E41" s="456"/>
+      <c r="F41" s="142" t="s">
+        <v>261</v>
+      </c>
+      <c r="G41" s="149" t="s">
+        <v>262</v>
+      </c>
+      <c r="H41" s="149" t="s">
+        <v>263</v>
+      </c>
+      <c r="I41" s="131" t="s">
+        <v>264</v>
+      </c>
+      <c r="J41" s="131" t="s">
         <v>99</v>
       </c>
-      <c r="K41" s="132" t="s">
+      <c r="K41" s="131" t="s">
         <v>99</v>
       </c>
-      <c r="L41" s="132" t="s">
+      <c r="L41" s="131" t="s">
         <v>99</v>
       </c>
-      <c r="M41" s="133">
+      <c r="M41" s="132">
         <v>2</v>
       </c>
-      <c r="N41" s="133">
+      <c r="N41" s="132">
         <v>3</v>
       </c>
       <c r="O41" s="100">
         <f t="shared" si="7"/>
         <v>6</v>
       </c>
       <c r="P41" s="100" t="str">
         <f t="shared" si="1"/>
         <v>M</v>
       </c>
-      <c r="Q41" s="133">
+      <c r="Q41" s="132">
         <v>10</v>
       </c>
       <c r="R41" s="99">
         <f t="shared" ref="R41:R75" si="11">O41*Q41</f>
         <v>60</v>
       </c>
       <c r="S41" s="101" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T41" s="134" t="s">
-[...5 lines deleted...]
-      <c r="V41" s="143">
+      <c r="T41" s="133" t="s">
+        <v>123</v>
+      </c>
+      <c r="U41" s="131" t="s">
+        <v>265</v>
+      </c>
+      <c r="V41" s="142">
         <v>6</v>
       </c>
-      <c r="W41" s="142" t="s">
+      <c r="W41" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X41" s="132" t="s">
-[...36 lines deleted...]
-      <c r="J42" s="134" t="s">
+      <c r="X41" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y41" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z41" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA41" s="131" t="s">
+        <v>266</v>
+      </c>
+      <c r="AB41" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC41" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD41" s="421"/>
+      <c r="AE41" s="422"/>
+    </row>
+    <row r="42" spans="1:34" ht="63.75" customHeight="1">
+      <c r="A42" s="495"/>
+      <c r="B42" s="460"/>
+      <c r="C42" s="456"/>
+      <c r="D42" s="456"/>
+      <c r="E42" s="456"/>
+      <c r="F42" s="142" t="s">
+        <v>170</v>
+      </c>
+      <c r="G42" s="149" t="s">
+        <v>267</v>
+      </c>
+      <c r="H42" s="153" t="s">
+        <v>268</v>
+      </c>
+      <c r="I42" s="133" t="s">
+        <v>269</v>
+      </c>
+      <c r="J42" s="133" t="s">
         <v>99</v>
       </c>
-      <c r="K42" s="134" t="s">
-[...2 lines deleted...]
-      <c r="L42" s="134" t="s">
+      <c r="K42" s="133" t="s">
+        <v>270</v>
+      </c>
+      <c r="L42" s="133" t="s">
         <v>99</v>
       </c>
-      <c r="M42" s="133">
+      <c r="M42" s="132">
         <v>2</v>
       </c>
-      <c r="N42" s="133">
+      <c r="N42" s="132">
         <v>3</v>
       </c>
       <c r="O42" s="100">
         <f t="shared" si="7"/>
         <v>6</v>
       </c>
       <c r="P42" s="100" t="str">
         <f t="shared" si="1"/>
         <v>M</v>
       </c>
-      <c r="Q42" s="133">
+      <c r="Q42" s="132">
         <v>10</v>
       </c>
       <c r="R42" s="99">
         <f t="shared" si="11"/>
         <v>60</v>
       </c>
       <c r="S42" s="101" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T42" s="134" t="s">
-[...5 lines deleted...]
-      <c r="V42" s="143">
+      <c r="T42" s="133" t="s">
+        <v>123</v>
+      </c>
+      <c r="U42" s="133" t="s">
+        <v>137</v>
+      </c>
+      <c r="V42" s="142">
         <v>6</v>
       </c>
-      <c r="W42" s="135" t="s">
+      <c r="W42" s="134" t="s">
         <v>104</v>
       </c>
-      <c r="X42" s="134" t="s">
-[...33 lines deleted...]
-      <c r="I43" s="140" t="s">
+      <c r="X42" s="133" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y42" s="133" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z42" s="133" t="s">
+        <v>271</v>
+      </c>
+      <c r="AA42" s="133" t="s">
+        <v>138</v>
+      </c>
+      <c r="AB42" s="133" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC42" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD42" s="421"/>
+      <c r="AE42" s="422"/>
+    </row>
+    <row r="43" spans="1:34" ht="63.75" customHeight="1">
+      <c r="A43" s="495"/>
+      <c r="B43" s="460"/>
+      <c r="C43" s="456"/>
+      <c r="D43" s="456"/>
+      <c r="E43" s="456"/>
+      <c r="F43" s="142" t="s">
+        <v>170</v>
+      </c>
+      <c r="G43" s="154" t="s">
         <v>127</v>
       </c>
-      <c r="J43" s="140" t="s">
+      <c r="H43" s="154" t="s">
+        <v>272</v>
+      </c>
+      <c r="I43" s="139" t="s">
+        <v>129</v>
+      </c>
+      <c r="J43" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K43" s="140" t="s">
+      <c r="K43" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="L43" s="140" t="s">
-[...2 lines deleted...]
-      <c r="M43" s="136">
+      <c r="L43" s="139" t="s">
+        <v>130</v>
+      </c>
+      <c r="M43" s="135">
         <v>2</v>
       </c>
-      <c r="N43" s="136">
+      <c r="N43" s="135">
         <v>2</v>
       </c>
       <c r="O43" s="100">
         <f t="shared" si="7"/>
         <v>4</v>
       </c>
       <c r="P43" s="100" t="str">
         <f t="shared" si="1"/>
         <v>B</v>
       </c>
-      <c r="Q43" s="136">
+      <c r="Q43" s="135">
         <v>10</v>
       </c>
       <c r="R43" s="99">
         <f t="shared" si="11"/>
         <v>40</v>
       </c>
       <c r="S43" s="101" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T43" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V43" s="143">
+      <c r="T43" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U43" s="139" t="s">
+        <v>131</v>
+      </c>
+      <c r="V43" s="142">
         <v>6</v>
       </c>
-      <c r="W43" s="142" t="s">
+      <c r="W43" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X43" s="140" t="s">
-[...36 lines deleted...]
-      <c r="J44" s="132" t="s">
+      <c r="X43" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y43" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z43" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA43" s="136" t="s">
+        <v>132</v>
+      </c>
+      <c r="AB43" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC43" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD43" s="421"/>
+      <c r="AE43" s="422"/>
+    </row>
+    <row r="44" spans="1:34" ht="63.75" customHeight="1">
+      <c r="A44" s="495"/>
+      <c r="B44" s="460"/>
+      <c r="C44" s="456"/>
+      <c r="D44" s="456"/>
+      <c r="E44" s="456"/>
+      <c r="F44" s="131" t="s">
+        <v>170</v>
+      </c>
+      <c r="G44" s="149" t="s">
+        <v>273</v>
+      </c>
+      <c r="H44" s="149" t="s">
+        <v>274</v>
+      </c>
+      <c r="I44" s="131" t="s">
+        <v>275</v>
+      </c>
+      <c r="J44" s="131" t="s">
         <v>99</v>
       </c>
-      <c r="K44" s="132" t="s">
+      <c r="K44" s="131" t="s">
         <v>99</v>
       </c>
-      <c r="L44" s="132" t="s">
+      <c r="L44" s="131" t="s">
         <v>99</v>
       </c>
-      <c r="M44" s="185">
+      <c r="M44" s="184">
         <v>2</v>
       </c>
-      <c r="N44" s="185">
+      <c r="N44" s="184">
         <v>3</v>
       </c>
       <c r="O44" s="100">
         <f t="shared" si="7"/>
         <v>6</v>
       </c>
       <c r="P44" s="100" t="str">
         <f t="shared" si="1"/>
         <v>M</v>
       </c>
-      <c r="Q44" s="185">
+      <c r="Q44" s="184">
         <v>25</v>
       </c>
       <c r="R44" s="99">
         <f t="shared" si="11"/>
         <v>150</v>
       </c>
       <c r="S44" s="101" t="str">
         <f t="shared" si="3"/>
         <v>II</v>
       </c>
-      <c r="T44" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V44" s="143">
+      <c r="T44" s="139" t="s">
+        <v>161</v>
+      </c>
+      <c r="U44" s="131" t="s">
+        <v>276</v>
+      </c>
+      <c r="V44" s="142">
         <v>6</v>
       </c>
-      <c r="W44" s="142" t="s">
+      <c r="W44" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X44" s="132" t="s">
-[...36 lines deleted...]
-      <c r="J45" s="139" t="s">
+      <c r="X44" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y44" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z44" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA44" s="136" t="s">
+        <v>144</v>
+      </c>
+      <c r="AB44" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC44" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD44" s="421"/>
+      <c r="AE44" s="422"/>
+    </row>
+    <row r="45" spans="1:34" ht="63.75" customHeight="1">
+      <c r="A45" s="495"/>
+      <c r="B45" s="460"/>
+      <c r="C45" s="456"/>
+      <c r="D45" s="456"/>
+      <c r="E45" s="456"/>
+      <c r="F45" s="131" t="s">
+        <v>170</v>
+      </c>
+      <c r="G45" s="149" t="s">
+        <v>277</v>
+      </c>
+      <c r="H45" s="149" t="s">
+        <v>278</v>
+      </c>
+      <c r="I45" s="141" t="s">
+        <v>279</v>
+      </c>
+      <c r="J45" s="138" t="s">
         <v>99</v>
       </c>
-      <c r="K45" s="139" t="s">
+      <c r="K45" s="138" t="s">
         <v>99</v>
       </c>
-      <c r="L45" s="142" t="s">
-[...2 lines deleted...]
-      <c r="M45" s="139">
+      <c r="L45" s="141" t="s">
+        <v>280</v>
+      </c>
+      <c r="M45" s="138">
         <v>2</v>
       </c>
-      <c r="N45" s="139">
+      <c r="N45" s="138">
         <v>2</v>
       </c>
       <c r="O45" s="100">
         <f t="shared" si="7"/>
         <v>4</v>
       </c>
       <c r="P45" s="100" t="str">
         <f t="shared" si="1"/>
         <v>B</v>
       </c>
-      <c r="Q45" s="139">
+      <c r="Q45" s="138">
         <v>10</v>
       </c>
       <c r="R45" s="99">
         <f t="shared" si="11"/>
         <v>40</v>
       </c>
       <c r="S45" s="101" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T45" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V45" s="143">
+      <c r="T45" s="139" t="s">
+        <v>123</v>
+      </c>
+      <c r="U45" s="137" t="s">
+        <v>281</v>
+      </c>
+      <c r="V45" s="142">
         <v>6</v>
       </c>
-      <c r="W45" s="142" t="s">
+      <c r="W45" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X45" s="139" t="s">
-[...36 lines deleted...]
-      <c r="J46" s="139" t="s">
+      <c r="X45" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y45" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z45" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA45" s="140" t="s">
+        <v>149</v>
+      </c>
+      <c r="AB45" s="131" t="s">
+        <v>282</v>
+      </c>
+      <c r="AC45" s="420" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD45" s="421"/>
+      <c r="AE45" s="421"/>
+    </row>
+    <row r="46" spans="1:34" ht="63.75" customHeight="1">
+      <c r="A46" s="495"/>
+      <c r="B46" s="460"/>
+      <c r="C46" s="456"/>
+      <c r="D46" s="456"/>
+      <c r="E46" s="456"/>
+      <c r="F46" s="131" t="s">
+        <v>170</v>
+      </c>
+      <c r="G46" s="149" t="s">
+        <v>283</v>
+      </c>
+      <c r="H46" s="149" t="s">
+        <v>284</v>
+      </c>
+      <c r="I46" s="141" t="s">
+        <v>285</v>
+      </c>
+      <c r="J46" s="138" t="s">
         <v>99</v>
       </c>
-      <c r="K46" s="139" t="s">
+      <c r="K46" s="138" t="s">
         <v>99</v>
       </c>
-      <c r="L46" s="142" t="s">
-[...2 lines deleted...]
-      <c r="M46" s="139">
+      <c r="L46" s="141" t="s">
+        <v>280</v>
+      </c>
+      <c r="M46" s="138">
         <v>2</v>
       </c>
-      <c r="N46" s="139">
+      <c r="N46" s="138">
         <v>2</v>
       </c>
       <c r="O46" s="100">
         <f t="shared" si="7"/>
         <v>4</v>
       </c>
       <c r="P46" s="100" t="str">
         <f t="shared" si="1"/>
         <v>B</v>
       </c>
-      <c r="Q46" s="139">
+      <c r="Q46" s="138">
         <v>10</v>
       </c>
       <c r="R46" s="99">
         <f t="shared" si="11"/>
         <v>40</v>
       </c>
       <c r="S46" s="101" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T46" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V46" s="143">
+      <c r="T46" s="139" t="s">
+        <v>123</v>
+      </c>
+      <c r="U46" s="137" t="s">
+        <v>286</v>
+      </c>
+      <c r="V46" s="142">
         <v>6</v>
       </c>
-      <c r="W46" s="142" t="s">
+      <c r="W46" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X46" s="139" t="s">
-[...36 lines deleted...]
-      <c r="J47" s="139" t="s">
+      <c r="X46" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y46" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z46" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA46" s="141" t="s">
+        <v>287</v>
+      </c>
+      <c r="AB46" s="137" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC46" s="420" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD46" s="421"/>
+      <c r="AE46" s="421"/>
+    </row>
+    <row r="47" spans="1:34" ht="63.75" customHeight="1">
+      <c r="A47" s="495"/>
+      <c r="B47" s="460"/>
+      <c r="C47" s="456"/>
+      <c r="D47" s="456"/>
+      <c r="E47" s="456"/>
+      <c r="F47" s="142" t="s">
+        <v>170</v>
+      </c>
+      <c r="G47" s="154" t="s">
+        <v>288</v>
+      </c>
+      <c r="H47" s="154" t="s">
+        <v>289</v>
+      </c>
+      <c r="I47" s="141" t="s">
+        <v>290</v>
+      </c>
+      <c r="J47" s="138" t="s">
         <v>99</v>
       </c>
-      <c r="K47" s="142" t="s">
+      <c r="K47" s="141" t="s">
         <v>99</v>
       </c>
-      <c r="L47" s="142" t="s">
-[...2 lines deleted...]
-      <c r="M47" s="139">
+      <c r="L47" s="141" t="s">
+        <v>280</v>
+      </c>
+      <c r="M47" s="138">
         <v>2</v>
       </c>
-      <c r="N47" s="139">
+      <c r="N47" s="138">
         <v>2</v>
       </c>
       <c r="O47" s="100">
         <f t="shared" si="7"/>
         <v>4</v>
       </c>
       <c r="P47" s="100" t="str">
         <f t="shared" si="1"/>
         <v>B</v>
       </c>
-      <c r="Q47" s="139">
+      <c r="Q47" s="138">
         <v>10</v>
       </c>
       <c r="R47" s="99">
         <f t="shared" si="11"/>
         <v>40</v>
       </c>
       <c r="S47" s="101" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T47" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V47" s="143">
+      <c r="T47" s="139" t="s">
+        <v>123</v>
+      </c>
+      <c r="U47" s="137" t="s">
+        <v>291</v>
+      </c>
+      <c r="V47" s="142">
         <v>6</v>
       </c>
-      <c r="W47" s="142" t="s">
+      <c r="W47" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X47" s="139" t="s">
-[...8 lines deleted...]
-      <c r="AA47" s="142" t="s">
+      <c r="X47" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y47" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z47" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA47" s="141" t="s">
+        <v>292</v>
+      </c>
+      <c r="AB47" s="137" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC47" s="420" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD47" s="421"/>
+      <c r="AE47" s="421"/>
+    </row>
+    <row r="48" spans="1:34" ht="63.75" customHeight="1">
+      <c r="A48" s="495"/>
+      <c r="B48" s="460"/>
+      <c r="C48" s="456"/>
+      <c r="D48" s="456"/>
+      <c r="E48" s="456"/>
+      <c r="F48" s="142" t="s">
+        <v>170</v>
+      </c>
+      <c r="G48" s="154" t="s">
+        <v>293</v>
+      </c>
+      <c r="H48" s="154" t="s">
+        <v>294</v>
+      </c>
+      <c r="I48" s="141" t="s">
         <v>279</v>
       </c>
-      <c r="AB47" s="138" t="s">
-[...15 lines deleted...]
-      <c r="G48" s="155" t="s">
+      <c r="J48" s="138" t="s">
+        <v>99</v>
+      </c>
+      <c r="K48" s="138" t="s">
+        <v>99</v>
+      </c>
+      <c r="L48" s="141" t="s">
         <v>280</v>
       </c>
-      <c r="H48" s="155" t="s">
-[...14 lines deleted...]
-      <c r="M48" s="139">
+      <c r="M48" s="138">
         <v>6</v>
       </c>
-      <c r="N48" s="139">
+      <c r="N48" s="138">
         <v>3</v>
       </c>
       <c r="O48" s="100">
         <f t="shared" si="7"/>
         <v>18</v>
       </c>
       <c r="P48" s="100" t="str">
         <f t="shared" si="1"/>
         <v>A</v>
       </c>
-      <c r="Q48" s="139">
+      <c r="Q48" s="138">
         <v>25</v>
       </c>
       <c r="R48" s="99">
         <f t="shared" si="11"/>
         <v>450</v>
       </c>
       <c r="S48" s="101" t="str">
         <f t="shared" si="3"/>
         <v>II</v>
       </c>
-      <c r="T48" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V48" s="143">
+      <c r="T48" s="139" t="s">
+        <v>161</v>
+      </c>
+      <c r="U48" s="137" t="s">
+        <v>281</v>
+      </c>
+      <c r="V48" s="142">
         <v>6</v>
       </c>
-      <c r="W48" s="142" t="s">
+      <c r="W48" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X48" s="139" t="s">
-[...36 lines deleted...]
-      <c r="J49" s="140" t="s">
+      <c r="X48" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y48" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z48" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA48" s="141" t="s">
+        <v>295</v>
+      </c>
+      <c r="AB48" s="137" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC48" s="420" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD48" s="421"/>
+      <c r="AE48" s="421"/>
+    </row>
+    <row r="49" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A49" s="495"/>
+      <c r="B49" s="460"/>
+      <c r="C49" s="456"/>
+      <c r="D49" s="456"/>
+      <c r="E49" s="456"/>
+      <c r="F49" s="142" t="s">
+        <v>170</v>
+      </c>
+      <c r="G49" s="154" t="s">
+        <v>296</v>
+      </c>
+      <c r="H49" s="154" t="s">
+        <v>159</v>
+      </c>
+      <c r="I49" s="139" t="s">
+        <v>297</v>
+      </c>
+      <c r="J49" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K49" s="140" t="s">
-[...5 lines deleted...]
-      <c r="M49" s="136">
+      <c r="K49" s="139" t="s">
+        <v>298</v>
+      </c>
+      <c r="L49" s="139" t="s">
+        <v>299</v>
+      </c>
+      <c r="M49" s="135">
         <v>6</v>
       </c>
-      <c r="N49" s="136">
+      <c r="N49" s="135">
         <v>3</v>
       </c>
       <c r="O49" s="100">
         <f t="shared" si="7"/>
         <v>18</v>
       </c>
       <c r="P49" s="100" t="str">
         <f t="shared" si="1"/>
         <v>A</v>
       </c>
-      <c r="Q49" s="136">
+      <c r="Q49" s="135">
         <v>25</v>
       </c>
       <c r="R49" s="99">
         <f t="shared" si="11"/>
         <v>450</v>
       </c>
       <c r="S49" s="101" t="str">
         <f t="shared" si="3"/>
         <v>II</v>
       </c>
-      <c r="T49" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V49" s="143">
+      <c r="T49" s="139" t="s">
+        <v>161</v>
+      </c>
+      <c r="U49" s="139" t="s">
+        <v>300</v>
+      </c>
+      <c r="V49" s="142">
         <v>6</v>
       </c>
-      <c r="W49" s="142" t="s">
+      <c r="W49" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X49" s="140" t="s">
-[...24 lines deleted...]
-      <c r="F50" s="143" t="s">
+      <c r="X49" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y49" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z49" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA49" s="136" t="s">
+        <v>301</v>
+      </c>
+      <c r="AB49" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC49" s="420" t="s">
+        <v>164</v>
+      </c>
+      <c r="AD49" s="421"/>
+      <c r="AE49" s="422"/>
+    </row>
+    <row r="50" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A50" s="495"/>
+      <c r="B50" s="460"/>
+      <c r="C50" s="456"/>
+      <c r="D50" s="456"/>
+      <c r="E50" s="456"/>
+      <c r="F50" s="142" t="s">
+        <v>170</v>
+      </c>
+      <c r="G50" s="154" t="s">
+        <v>302</v>
+      </c>
+      <c r="H50" s="248" t="s">
         <v>166</v>
       </c>
-      <c r="G50" s="155" t="s">
-[...8 lines deleted...]
-      <c r="J50" s="184" t="s">
+      <c r="I50" s="183" t="s">
+        <v>167</v>
+      </c>
+      <c r="J50" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="K50" s="184" t="s">
-[...2 lines deleted...]
-      <c r="L50" s="184" t="s">
+      <c r="K50" s="183" t="s">
+        <v>303</v>
+      </c>
+      <c r="L50" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="M50" s="188">
+      <c r="M50" s="187">
         <v>2</v>
       </c>
-      <c r="N50" s="188">
+      <c r="N50" s="187">
         <v>3</v>
       </c>
       <c r="O50" s="100">
         <f t="shared" si="7"/>
         <v>6</v>
       </c>
       <c r="P50" s="100" t="str">
         <f t="shared" si="1"/>
         <v>M</v>
       </c>
-      <c r="Q50" s="188">
+      <c r="Q50" s="187">
         <v>10</v>
       </c>
       <c r="R50" s="99">
         <f t="shared" si="11"/>
         <v>60</v>
       </c>
       <c r="S50" s="101" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T50" s="184" t="s">
-[...5 lines deleted...]
-      <c r="V50" s="143">
+      <c r="T50" s="183" t="s">
+        <v>123</v>
+      </c>
+      <c r="U50" s="183" t="s">
+        <v>304</v>
+      </c>
+      <c r="V50" s="142">
         <v>6</v>
       </c>
-      <c r="W50" s="141" t="s">
+      <c r="W50" s="140" t="s">
         <v>104</v>
       </c>
-      <c r="X50" s="184" t="s">
-[...36 lines deleted...]
-      <c r="J51" s="140" t="s">
+      <c r="X50" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y50" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z50" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA50" s="183" t="s">
+        <v>305</v>
+      </c>
+      <c r="AB50" s="137" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC50" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD50" s="421"/>
+      <c r="AE50" s="421"/>
+    </row>
+    <row r="51" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A51" s="495"/>
+      <c r="B51" s="460"/>
+      <c r="C51" s="456"/>
+      <c r="D51" s="456"/>
+      <c r="E51" s="456"/>
+      <c r="F51" s="131" t="s">
+        <v>170</v>
+      </c>
+      <c r="G51" s="149" t="s">
+        <v>306</v>
+      </c>
+      <c r="H51" s="154" t="s">
+        <v>187</v>
+      </c>
+      <c r="I51" s="139" t="s">
+        <v>307</v>
+      </c>
+      <c r="J51" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K51" s="142" t="s">
+      <c r="K51" s="141" t="s">
         <v>99</v>
       </c>
-      <c r="L51" s="142" t="s">
-[...2 lines deleted...]
-      <c r="M51" s="189">
+      <c r="L51" s="141" t="s">
+        <v>308</v>
+      </c>
+      <c r="M51" s="188">
         <v>6</v>
       </c>
-      <c r="N51" s="189">
+      <c r="N51" s="188">
         <v>1</v>
       </c>
       <c r="O51" s="100">
         <f t="shared" si="7"/>
         <v>6</v>
       </c>
       <c r="P51" s="100" t="str">
         <f t="shared" si="1"/>
         <v>M</v>
       </c>
-      <c r="Q51" s="189">
+      <c r="Q51" s="188">
         <v>10</v>
       </c>
       <c r="R51" s="99">
         <f t="shared" si="11"/>
         <v>60</v>
       </c>
       <c r="S51" s="101" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T51" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V51" s="143">
+      <c r="T51" s="139" t="s">
+        <v>123</v>
+      </c>
+      <c r="U51" s="141" t="s">
+        <v>309</v>
+      </c>
+      <c r="V51" s="142">
         <v>6</v>
       </c>
-      <c r="W51" s="142" t="s">
+      <c r="W51" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X51" s="140" t="s">
-[...44 lines deleted...]
-      <c r="L52" s="143" t="s">
+      <c r="X51" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y51" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z51" s="141" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA51" s="141" t="s">
+        <v>190</v>
+      </c>
+      <c r="AB51" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC51" s="420" t="s">
+        <v>191</v>
+      </c>
+      <c r="AD51" s="421"/>
+      <c r="AE51" s="422"/>
+    </row>
+    <row r="52" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A52" s="495"/>
+      <c r="B52" s="460"/>
+      <c r="C52" s="456"/>
+      <c r="D52" s="456"/>
+      <c r="E52" s="456"/>
+      <c r="F52" s="189" t="s">
+        <v>170</v>
+      </c>
+      <c r="G52" s="160" t="s">
+        <v>310</v>
+      </c>
+      <c r="H52" s="249" t="s">
+        <v>311</v>
+      </c>
+      <c r="I52" s="131" t="s">
+        <v>218</v>
+      </c>
+      <c r="J52" s="140" t="s">
+        <v>312</v>
+      </c>
+      <c r="K52" s="189" t="s">
+        <v>220</v>
+      </c>
+      <c r="L52" s="142" t="s">
         <v>99</v>
       </c>
-      <c r="M52" s="187">
+      <c r="M52" s="186">
         <v>2</v>
       </c>
-      <c r="N52" s="187">
+      <c r="N52" s="186">
         <v>2</v>
       </c>
       <c r="O52" s="100">
         <f t="shared" si="7"/>
         <v>4</v>
       </c>
       <c r="P52" s="100" t="str">
         <f t="shared" si="1"/>
         <v>B</v>
       </c>
-      <c r="Q52" s="187">
+      <c r="Q52" s="186">
         <v>25</v>
       </c>
       <c r="R52" s="99">
         <f t="shared" si="11"/>
         <v>100</v>
       </c>
       <c r="S52" s="101" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T52" s="142" t="s">
-[...5 lines deleted...]
-      <c r="V52" s="143">
+      <c r="T52" s="141" t="s">
+        <v>123</v>
+      </c>
+      <c r="U52" s="189" t="s">
+        <v>222</v>
+      </c>
+      <c r="V52" s="142">
         <v>6</v>
       </c>
-      <c r="W52" s="141" t="s">
+      <c r="W52" s="140" t="s">
         <v>104</v>
       </c>
-      <c r="X52" s="143" t="s">
-[...36 lines deleted...]
-      <c r="J53" s="138" t="s">
+      <c r="X52" s="142" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y52" s="142" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z52" s="140" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA52" s="189" t="s">
+        <v>224</v>
+      </c>
+      <c r="AB52" s="142" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC52" s="420" t="s">
+        <v>225</v>
+      </c>
+      <c r="AD52" s="421"/>
+      <c r="AE52" s="422"/>
+    </row>
+    <row r="53" spans="1:31" ht="51" customHeight="1">
+      <c r="A53" s="495"/>
+      <c r="B53" s="460"/>
+      <c r="C53" s="456"/>
+      <c r="D53" s="456"/>
+      <c r="E53" s="456"/>
+      <c r="F53" s="142" t="s">
+        <v>170</v>
+      </c>
+      <c r="G53" s="154" t="s">
+        <v>313</v>
+      </c>
+      <c r="H53" s="154" t="s">
+        <v>314</v>
+      </c>
+      <c r="I53" s="141" t="s">
+        <v>167</v>
+      </c>
+      <c r="J53" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="K53" s="138" t="s">
+      <c r="K53" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L53" s="142" t="s">
+      <c r="L53" s="141" t="s">
         <v>99</v>
       </c>
-      <c r="M53" s="136">
+      <c r="M53" s="135">
         <v>2</v>
       </c>
-      <c r="N53" s="136">
+      <c r="N53" s="135">
         <v>2</v>
       </c>
       <c r="O53" s="100">
         <f t="shared" si="7"/>
         <v>4</v>
       </c>
       <c r="P53" s="100" t="str">
         <f t="shared" si="1"/>
         <v>B</v>
       </c>
-      <c r="Q53" s="136">
+      <c r="Q53" s="135">
         <v>10</v>
       </c>
       <c r="R53" s="99">
         <f t="shared" si="11"/>
         <v>40</v>
       </c>
       <c r="S53" s="101" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T53" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V53" s="143">
+      <c r="T53" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U53" s="141" t="s">
+        <v>200</v>
+      </c>
+      <c r="V53" s="142">
         <v>6</v>
       </c>
-      <c r="W53" s="142" t="s">
+      <c r="W53" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X53" s="139" t="s">
-[...24 lines deleted...]
-      <c r="F54" s="346" t="s">
+      <c r="X53" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y53" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z53" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA53" s="141" t="s">
+        <v>201</v>
+      </c>
+      <c r="AB53" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC53" s="420" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD53" s="421"/>
+      <c r="AE53" s="422"/>
+    </row>
+    <row r="54" spans="1:31" s="337" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A54" s="495"/>
+      <c r="B54" s="460"/>
+      <c r="C54" s="456"/>
+      <c r="D54" s="456"/>
+      <c r="E54" s="456"/>
+      <c r="F54" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G54" s="372" t="s">
-[...14 lines deleted...]
-      <c r="L54" s="301" t="s">
+      <c r="G54" s="356" t="s">
+        <v>216</v>
+      </c>
+      <c r="H54" s="332" t="s">
+        <v>217</v>
+      </c>
+      <c r="I54" s="333" t="s">
+        <v>218</v>
+      </c>
+      <c r="J54" s="258" t="s">
+        <v>219</v>
+      </c>
+      <c r="K54" s="331" t="s">
+        <v>220</v>
+      </c>
+      <c r="L54" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="M54" s="301">
+      <c r="M54" s="289">
         <v>6</v>
       </c>
-      <c r="N54" s="301">
+      <c r="N54" s="289">
         <v>2</v>
       </c>
-      <c r="O54" s="301">
+      <c r="O54" s="289">
         <v>12</v>
       </c>
-      <c r="P54" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q54" s="300">
+      <c r="P54" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q54" s="288">
         <v>25</v>
       </c>
-      <c r="R54" s="344">
+      <c r="R54" s="329">
         <v>300</v>
       </c>
       <c r="S54" s="101" t="str">
         <f t="shared" si="3"/>
         <v>II</v>
       </c>
-      <c r="T54" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V54" s="143">
+      <c r="T54" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U54" s="331" t="s">
+        <v>222</v>
+      </c>
+      <c r="V54" s="142">
         <v>6</v>
       </c>
-      <c r="W54" s="261" t="s">
+      <c r="W54" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X54" s="301" t="s">
-[...24 lines deleted...]
-      <c r="F55" s="346" t="s">
+      <c r="X54" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y54" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z54" s="258" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA54" s="189" t="s">
+        <v>224</v>
+      </c>
+      <c r="AB54" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC54" s="420" t="s">
+        <v>225</v>
+      </c>
+      <c r="AD54" s="421"/>
+      <c r="AE54" s="434"/>
+    </row>
+    <row r="55" spans="1:31" s="337" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A55" s="495"/>
+      <c r="B55" s="460"/>
+      <c r="C55" s="456"/>
+      <c r="D55" s="456"/>
+      <c r="E55" s="456"/>
+      <c r="F55" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G55" s="372" t="s">
-[...17 lines deleted...]
-      <c r="M55" s="301">
+      <c r="G55" s="356" t="s">
+        <v>226</v>
+      </c>
+      <c r="H55" s="332" t="s">
+        <v>227</v>
+      </c>
+      <c r="I55" s="333" t="s">
+        <v>228</v>
+      </c>
+      <c r="J55" s="258" t="s">
+        <v>229</v>
+      </c>
+      <c r="K55" s="331" t="s">
+        <v>220</v>
+      </c>
+      <c r="L55" s="258" t="s">
+        <v>230</v>
+      </c>
+      <c r="M55" s="289">
         <v>6</v>
       </c>
-      <c r="N55" s="301">
+      <c r="N55" s="289">
         <v>2</v>
       </c>
-      <c r="O55" s="301">
+      <c r="O55" s="289">
         <v>12</v>
       </c>
-      <c r="P55" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q55" s="300">
+      <c r="P55" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q55" s="288">
         <v>25</v>
       </c>
-      <c r="R55" s="344">
+      <c r="R55" s="329">
         <v>300</v>
       </c>
       <c r="S55" s="101" t="str">
         <f t="shared" si="3"/>
         <v>II</v>
       </c>
-      <c r="T55" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V55" s="143">
+      <c r="T55" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U55" s="331" t="s">
+        <v>222</v>
+      </c>
+      <c r="V55" s="142">
         <v>6</v>
       </c>
-      <c r="W55" s="261" t="s">
+      <c r="W55" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X55" s="301" t="s">
-[...24 lines deleted...]
-      <c r="F56" s="346" t="s">
+      <c r="X55" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y55" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z55" s="258" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA55" s="189" t="s">
+        <v>224</v>
+      </c>
+      <c r="AB55" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC55" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD55" s="421"/>
+      <c r="AE55" s="434"/>
+    </row>
+    <row r="56" spans="1:31" s="290" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A56" s="495"/>
+      <c r="B56" s="460"/>
+      <c r="C56" s="456"/>
+      <c r="D56" s="456"/>
+      <c r="E56" s="456"/>
+      <c r="F56" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G56" s="372" t="s">
-[...14 lines deleted...]
-      <c r="L56" s="140" t="s">
+      <c r="G56" s="356" t="s">
+        <v>226</v>
+      </c>
+      <c r="H56" s="332" t="s">
+        <v>231</v>
+      </c>
+      <c r="I56" s="333" t="s">
+        <v>232</v>
+      </c>
+      <c r="J56" s="258" t="s">
+        <v>233</v>
+      </c>
+      <c r="K56" s="139" t="s">
+        <v>234</v>
+      </c>
+      <c r="L56" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="M56" s="136">
+      <c r="M56" s="135">
         <v>2</v>
       </c>
-      <c r="N56" s="136">
+      <c r="N56" s="135">
         <v>3</v>
       </c>
-      <c r="O56" s="323">
+      <c r="O56" s="308">
         <v>6</v>
       </c>
-      <c r="P56" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q56" s="136">
+      <c r="P56" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q56" s="135">
         <v>10</v>
       </c>
-      <c r="R56" s="323">
+      <c r="R56" s="308">
         <v>60</v>
       </c>
       <c r="S56" s="101" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T56" s="137" t="s">
-[...2 lines deleted...]
-      <c r="U56" s="140" t="s">
+      <c r="T56" s="136" t="s">
         <v>123</v>
       </c>
-      <c r="V56" s="143">
+      <c r="U56" s="139" t="s">
+        <v>124</v>
+      </c>
+      <c r="V56" s="142">
         <v>6</v>
       </c>
-      <c r="W56" s="140" t="s">
+      <c r="W56" s="139" t="s">
         <v>104</v>
       </c>
-      <c r="X56" s="140" t="s">
-[...36 lines deleted...]
-      <c r="J57" s="139" t="s">
+      <c r="X56" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y56" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z56" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA56" s="139" t="s">
+        <v>125</v>
+      </c>
+      <c r="AB56" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC56" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD56" s="421"/>
+      <c r="AE56" s="422"/>
+    </row>
+    <row r="57" spans="1:31" ht="51" customHeight="1">
+      <c r="A57" s="495"/>
+      <c r="B57" s="460"/>
+      <c r="C57" s="456"/>
+      <c r="D57" s="456"/>
+      <c r="E57" s="456"/>
+      <c r="F57" s="131" t="s">
+        <v>170</v>
+      </c>
+      <c r="G57" s="149" t="s">
+        <v>315</v>
+      </c>
+      <c r="H57" s="154" t="s">
+        <v>316</v>
+      </c>
+      <c r="I57" s="141" t="s">
+        <v>205</v>
+      </c>
+      <c r="J57" s="138" t="s">
         <v>99</v>
       </c>
-      <c r="K57" s="138" t="s">
-[...5 lines deleted...]
-      <c r="M57" s="189">
+      <c r="K57" s="137" t="s">
+        <v>317</v>
+      </c>
+      <c r="L57" s="137" t="s">
+        <v>318</v>
+      </c>
+      <c r="M57" s="188">
         <v>6</v>
       </c>
-      <c r="N57" s="189">
+      <c r="N57" s="188">
         <v>3</v>
       </c>
       <c r="O57" s="100">
         <f t="shared" si="7"/>
         <v>18</v>
       </c>
       <c r="P57" s="100" t="str">
         <f t="shared" si="1"/>
         <v>A</v>
       </c>
-      <c r="Q57" s="189">
+      <c r="Q57" s="188">
         <v>25</v>
       </c>
       <c r="R57" s="99">
         <f t="shared" si="11"/>
         <v>450</v>
       </c>
       <c r="S57" s="101" t="str">
         <f t="shared" si="3"/>
         <v>II</v>
       </c>
-      <c r="T57" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V57" s="143">
+      <c r="T57" s="139" t="s">
+        <v>161</v>
+      </c>
+      <c r="U57" s="137" t="s">
+        <v>319</v>
+      </c>
+      <c r="V57" s="142">
         <v>6</v>
       </c>
-      <c r="W57" s="142" t="s">
+      <c r="W57" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X57" s="139" t="s">
-[...36 lines deleted...]
-      <c r="J58" s="139" t="s">
+      <c r="X57" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y57" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z57" s="141" t="s">
+        <v>320</v>
+      </c>
+      <c r="AA57" s="137" t="s">
+        <v>321</v>
+      </c>
+      <c r="AB57" s="142" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC57" s="420" t="s">
+        <v>209</v>
+      </c>
+      <c r="AD57" s="421"/>
+      <c r="AE57" s="421"/>
+    </row>
+    <row r="58" spans="1:31" ht="8.25" customHeight="1">
+      <c r="A58" s="495"/>
+      <c r="B58" s="460"/>
+      <c r="C58" s="456"/>
+      <c r="D58" s="456"/>
+      <c r="E58" s="456"/>
+      <c r="F58" s="131" t="s">
+        <v>170</v>
+      </c>
+      <c r="G58" s="149" t="s">
+        <v>322</v>
+      </c>
+      <c r="H58" s="154" t="s">
+        <v>323</v>
+      </c>
+      <c r="I58" s="141" t="s">
+        <v>212</v>
+      </c>
+      <c r="J58" s="138" t="s">
         <v>99</v>
       </c>
-      <c r="K58" s="138" t="s">
-[...2 lines deleted...]
-      <c r="L58" s="139" t="s">
+      <c r="K58" s="137" t="s">
+        <v>324</v>
+      </c>
+      <c r="L58" s="138" t="s">
         <v>99</v>
       </c>
-      <c r="M58" s="139">
+      <c r="M58" s="138">
         <v>2</v>
       </c>
-      <c r="N58" s="139">
+      <c r="N58" s="138">
         <v>2</v>
       </c>
       <c r="O58" s="100">
         <f t="shared" si="7"/>
         <v>4</v>
       </c>
       <c r="P58" s="100" t="str">
         <f t="shared" si="1"/>
         <v>B</v>
       </c>
-      <c r="Q58" s="189">
+      <c r="Q58" s="188">
         <v>25</v>
       </c>
       <c r="R58" s="99">
         <f t="shared" si="11"/>
         <v>100</v>
       </c>
       <c r="S58" s="101" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T58" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V58" s="143">
+      <c r="T58" s="139" t="s">
+        <v>123</v>
+      </c>
+      <c r="U58" s="137" t="s">
+        <v>213</v>
+      </c>
+      <c r="V58" s="142">
         <v>6</v>
       </c>
-      <c r="W58" s="142" t="s">
+      <c r="W58" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X58" s="139" t="s">
-[...24 lines deleted...]
-      <c r="F59" s="143" t="s">
+      <c r="X58" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y58" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z58" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA58" s="137" t="s">
+        <v>325</v>
+      </c>
+      <c r="AB58" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC58" s="420" t="s">
+        <v>215</v>
+      </c>
+      <c r="AD58" s="421"/>
+      <c r="AE58" s="422"/>
+    </row>
+    <row r="59" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A59" s="495"/>
+      <c r="B59" s="460"/>
+      <c r="C59" s="456"/>
+      <c r="D59" s="456"/>
+      <c r="E59" s="456"/>
+      <c r="F59" s="142" t="s">
         <v>95</v>
       </c>
-      <c r="G59" s="155" t="s">
-[...8 lines deleted...]
-      <c r="J59" s="139" t="s">
+      <c r="G59" s="154" t="s">
+        <v>326</v>
+      </c>
+      <c r="H59" s="248" t="s">
+        <v>327</v>
+      </c>
+      <c r="I59" s="141" t="s">
+        <v>328</v>
+      </c>
+      <c r="J59" s="138" t="s">
         <v>99</v>
       </c>
-      <c r="K59" s="138" t="s">
+      <c r="K59" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L59" s="139" t="s">
+      <c r="L59" s="138" t="s">
         <v>99</v>
       </c>
-      <c r="M59" s="139">
+      <c r="M59" s="138">
         <v>6</v>
       </c>
-      <c r="N59" s="139">
+      <c r="N59" s="138">
         <v>3</v>
       </c>
       <c r="O59" s="100">
         <f t="shared" si="7"/>
         <v>18</v>
       </c>
       <c r="P59" s="100" t="str">
         <f t="shared" si="1"/>
         <v>A</v>
       </c>
-      <c r="Q59" s="136">
+      <c r="Q59" s="135">
         <v>25</v>
       </c>
       <c r="R59" s="99">
         <f t="shared" si="11"/>
         <v>450</v>
       </c>
       <c r="S59" s="101" t="str">
         <f t="shared" si="3"/>
         <v>II</v>
       </c>
-      <c r="T59" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V59" s="143">
+      <c r="T59" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U59" s="143" t="s">
+        <v>213</v>
+      </c>
+      <c r="V59" s="142">
         <v>6</v>
       </c>
-      <c r="W59" s="142" t="s">
+      <c r="W59" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X59" s="139" t="s">
-[...36 lines deleted...]
-      <c r="J60" s="139" t="s">
+      <c r="X59" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y59" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z59" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA59" s="137" t="s">
+        <v>329</v>
+      </c>
+      <c r="AB59" s="137" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC59" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD59" s="421"/>
+      <c r="AE59" s="421"/>
+    </row>
+    <row r="60" spans="1:31" ht="51" customHeight="1">
+      <c r="A60" s="495"/>
+      <c r="B60" s="460"/>
+      <c r="C60" s="456"/>
+      <c r="D60" s="456"/>
+      <c r="E60" s="456"/>
+      <c r="F60" s="131" t="s">
+        <v>170</v>
+      </c>
+      <c r="G60" s="149" t="s">
+        <v>330</v>
+      </c>
+      <c r="H60" s="154" t="s">
+        <v>331</v>
+      </c>
+      <c r="I60" s="141" t="s">
+        <v>182</v>
+      </c>
+      <c r="J60" s="138" t="s">
         <v>99</v>
       </c>
-      <c r="K60" s="142" t="s">
-[...5 lines deleted...]
-      <c r="M60" s="189">
+      <c r="K60" s="141" t="s">
+        <v>332</v>
+      </c>
+      <c r="L60" s="141" t="s">
+        <v>333</v>
+      </c>
+      <c r="M60" s="188">
         <v>2</v>
       </c>
-      <c r="N60" s="189">
+      <c r="N60" s="188">
         <v>3</v>
       </c>
       <c r="O60" s="100">
         <f t="shared" si="7"/>
         <v>6</v>
       </c>
       <c r="P60" s="100" t="str">
         <f t="shared" si="1"/>
         <v>M</v>
       </c>
-      <c r="Q60" s="189">
+      <c r="Q60" s="188">
         <v>25</v>
       </c>
       <c r="R60" s="99">
         <f t="shared" si="11"/>
         <v>150</v>
       </c>
       <c r="S60" s="101" t="str">
         <f t="shared" si="3"/>
         <v>II</v>
       </c>
-      <c r="T60" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V60" s="143">
+      <c r="T60" s="139" t="s">
+        <v>161</v>
+      </c>
+      <c r="U60" s="137" t="s">
+        <v>177</v>
+      </c>
+      <c r="V60" s="142">
         <v>6</v>
       </c>
-      <c r="W60" s="142" t="s">
+      <c r="W60" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X60" s="140" t="s">
-[...36 lines deleted...]
-      <c r="J61" s="140" t="s">
+      <c r="X60" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y60" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z60" s="139" t="s">
+        <v>334</v>
+      </c>
+      <c r="AA60" s="137" t="s">
+        <v>335</v>
+      </c>
+      <c r="AB60" s="137" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC60" s="435" t="s">
+        <v>185</v>
+      </c>
+      <c r="AD60" s="436"/>
+      <c r="AE60" s="436"/>
+    </row>
+    <row r="61" spans="1:31" ht="71.25" customHeight="1">
+      <c r="A61" s="495"/>
+      <c r="B61" s="460"/>
+      <c r="C61" s="456"/>
+      <c r="D61" s="456"/>
+      <c r="E61" s="456"/>
+      <c r="F61" s="131" t="s">
+        <v>170</v>
+      </c>
+      <c r="G61" s="149" t="s">
+        <v>336</v>
+      </c>
+      <c r="H61" s="154" t="s">
+        <v>337</v>
+      </c>
+      <c r="I61" s="139" t="s">
+        <v>338</v>
+      </c>
+      <c r="J61" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K61" s="142" t="s">
+      <c r="K61" s="141" t="s">
         <v>99</v>
       </c>
-      <c r="L61" s="142" t="s">
-[...2 lines deleted...]
-      <c r="M61" s="189">
+      <c r="L61" s="141" t="s">
+        <v>333</v>
+      </c>
+      <c r="M61" s="188">
         <v>6</v>
       </c>
-      <c r="N61" s="189">
+      <c r="N61" s="188">
         <v>3</v>
       </c>
       <c r="O61" s="100">
         <f t="shared" si="7"/>
         <v>18</v>
       </c>
       <c r="P61" s="100" t="str">
         <f t="shared" si="1"/>
         <v>A</v>
       </c>
-      <c r="Q61" s="189">
+      <c r="Q61" s="188">
         <v>25</v>
       </c>
       <c r="R61" s="99">
         <f t="shared" si="11"/>
         <v>450</v>
       </c>
       <c r="S61" s="101" t="str">
         <f t="shared" si="3"/>
         <v>II</v>
       </c>
-      <c r="T61" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V61" s="143">
+      <c r="T61" s="139" t="s">
+        <v>161</v>
+      </c>
+      <c r="U61" s="139" t="s">
+        <v>177</v>
+      </c>
+      <c r="V61" s="142">
         <v>6</v>
       </c>
-      <c r="W61" s="142" t="s">
+      <c r="W61" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X61" s="140" t="s">
-[...16 lines deleted...]
-      <c r="AE61" s="457"/>
+      <c r="X61" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y61" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z61" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA61" s="139" t="s">
+        <v>339</v>
+      </c>
+      <c r="AB61" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC61" s="418" t="s">
+        <v>179</v>
+      </c>
+      <c r="AD61" s="419"/>
+      <c r="AE61" s="419"/>
     </row>
     <row r="62" spans="1:31" ht="103.5" customHeight="1">
-      <c r="A62" s="548"/>
-[...4 lines deleted...]
-      <c r="F62" s="134" t="s">
+      <c r="A62" s="496"/>
+      <c r="B62" s="461"/>
+      <c r="C62" s="457"/>
+      <c r="D62" s="457"/>
+      <c r="E62" s="457"/>
+      <c r="F62" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G62" s="368" t="s">
-[...8 lines deleted...]
-      <c r="J62" s="261" t="s">
+      <c r="G62" s="352" t="s">
+        <v>340</v>
+      </c>
+      <c r="H62" s="286" t="s">
+        <v>341</v>
+      </c>
+      <c r="I62" s="287" t="s">
+        <v>342</v>
+      </c>
+      <c r="J62" s="258" t="s">
         <v>99</v>
       </c>
-      <c r="K62" s="261" t="s">
+      <c r="K62" s="258" t="s">
         <v>99</v>
       </c>
-      <c r="L62" s="138" t="s">
+      <c r="L62" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="M62" s="300">
+      <c r="M62" s="288">
         <v>6</v>
       </c>
-      <c r="N62" s="300">
+      <c r="N62" s="288">
         <v>3</v>
       </c>
-      <c r="O62" s="300">
+      <c r="O62" s="288">
         <v>18</v>
       </c>
-      <c r="P62" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q62" s="300">
+      <c r="P62" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q62" s="288">
         <v>25</v>
       </c>
-      <c r="R62" s="300">
+      <c r="R62" s="288">
         <v>450</v>
       </c>
-      <c r="S62" s="322" t="str">
+      <c r="S62" s="307" t="str">
         <f t="shared" si="3"/>
         <v>II</v>
       </c>
-      <c r="T62" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V62" s="143">
+      <c r="T62" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U62" s="143" t="s">
+        <v>259</v>
+      </c>
+      <c r="V62" s="142">
         <v>6</v>
       </c>
-      <c r="W62" s="261" t="s">
+      <c r="W62" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X62" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE62" s="444"/>
+      <c r="X62" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y62" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z62" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA62" s="258" t="s">
+        <v>118</v>
+      </c>
+      <c r="AB62" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC62" s="420" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD62" s="421"/>
+      <c r="AE62" s="421"/>
     </row>
     <row r="63" spans="1:31" ht="90.75" customHeight="1">
-      <c r="A63" s="548"/>
-[...4 lines deleted...]
-      <c r="F63" s="134" t="s">
+      <c r="A63" s="496"/>
+      <c r="B63" s="461"/>
+      <c r="C63" s="457"/>
+      <c r="D63" s="457"/>
+      <c r="E63" s="457"/>
+      <c r="F63" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G63" s="368" t="s">
-[...5 lines deleted...]
-      <c r="I63" s="297" t="s">
+      <c r="G63" s="352" t="s">
+        <v>343</v>
+      </c>
+      <c r="H63" s="291" t="s">
+        <v>344</v>
+      </c>
+      <c r="I63" s="285" t="s">
         <v>98</v>
       </c>
-      <c r="J63" s="132" t="s">
+      <c r="J63" s="131" t="s">
         <v>99</v>
       </c>
-      <c r="K63" s="132" t="s">
+      <c r="K63" s="131" t="s">
         <v>99</v>
       </c>
-      <c r="L63" s="132" t="s">
-[...2 lines deleted...]
-      <c r="M63" s="133">
+      <c r="L63" s="131" t="s">
+        <v>345</v>
+      </c>
+      <c r="M63" s="132">
         <v>6</v>
       </c>
-      <c r="N63" s="133">
+      <c r="N63" s="132">
         <v>3</v>
       </c>
-      <c r="O63" s="326">
+      <c r="O63" s="311">
         <v>18</v>
       </c>
-      <c r="P63" s="326" t="s">
-[...2 lines deleted...]
-      <c r="Q63" s="133">
+      <c r="P63" s="311" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q63" s="132">
         <v>25</v>
       </c>
-      <c r="R63" s="326">
+      <c r="R63" s="311">
         <v>450</v>
       </c>
-      <c r="S63" s="322" t="str">
+      <c r="S63" s="307" t="str">
         <f t="shared" si="3"/>
         <v>II</v>
       </c>
-      <c r="T63" s="134" t="s">
-[...5 lines deleted...]
-      <c r="V63" s="143">
+      <c r="T63" s="133" t="s">
+        <v>161</v>
+      </c>
+      <c r="U63" s="131" t="s">
+        <v>346</v>
+      </c>
+      <c r="V63" s="142">
         <v>6</v>
       </c>
-      <c r="W63" s="132" t="s">
+      <c r="W63" s="131" t="s">
         <v>95</v>
       </c>
-      <c r="X63" s="132" t="s">
-[...16 lines deleted...]
-      <c r="AE63" s="441"/>
+      <c r="X63" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y63" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z63" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA63" s="131" t="s">
+        <v>114</v>
+      </c>
+      <c r="AB63" s="131" t="s">
+        <v>347</v>
+      </c>
+      <c r="AC63" s="420" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD63" s="421"/>
+      <c r="AE63" s="421"/>
     </row>
     <row r="64" spans="1:31" ht="87" customHeight="1">
-      <c r="A64" s="548"/>
-[...4 lines deleted...]
-      <c r="F64" s="134" t="s">
+      <c r="A64" s="496"/>
+      <c r="B64" s="461"/>
+      <c r="C64" s="457"/>
+      <c r="D64" s="457"/>
+      <c r="E64" s="457"/>
+      <c r="F64" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G64" s="368" t="s">
-[...8 lines deleted...]
-      <c r="J64" s="301" t="s">
+      <c r="G64" s="352" t="s">
+        <v>348</v>
+      </c>
+      <c r="H64" s="330" t="s">
+        <v>349</v>
+      </c>
+      <c r="I64" s="287" t="s">
+        <v>350</v>
+      </c>
+      <c r="J64" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="K64" s="261" t="s">
+      <c r="K64" s="258" t="s">
         <v>99</v>
       </c>
-      <c r="L64" s="261" t="s">
-[...2 lines deleted...]
-      <c r="M64" s="301">
+      <c r="L64" s="258" t="s">
+        <v>333</v>
+      </c>
+      <c r="M64" s="289">
         <v>2</v>
       </c>
-      <c r="N64" s="301">
+      <c r="N64" s="289">
         <v>2</v>
       </c>
-      <c r="O64" s="301">
+      <c r="O64" s="289">
         <v>4</v>
       </c>
-      <c r="P64" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q64" s="301">
+      <c r="P64" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q64" s="289">
         <v>25</v>
       </c>
-      <c r="R64" s="301">
+      <c r="R64" s="289">
         <v>100</v>
       </c>
-      <c r="S64" s="322" t="str">
+      <c r="S64" s="307" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T64" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V64" s="143">
+      <c r="T64" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U64" s="143" t="s">
+        <v>177</v>
+      </c>
+      <c r="V64" s="142">
         <v>6</v>
       </c>
-      <c r="W64" s="261" t="s">
+      <c r="W64" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X64" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE64" s="441"/>
+      <c r="X64" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y64" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z64" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA64" s="137" t="s">
+        <v>352</v>
+      </c>
+      <c r="AB64" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC64" s="418" t="s">
+        <v>179</v>
+      </c>
+      <c r="AD64" s="419"/>
+      <c r="AE64" s="419"/>
     </row>
     <row r="65" spans="1:31" ht="136.5" customHeight="1">
-      <c r="A65" s="548"/>
-[...4 lines deleted...]
-      <c r="F65" s="134" t="s">
+      <c r="A65" s="496"/>
+      <c r="B65" s="461"/>
+      <c r="C65" s="457"/>
+      <c r="D65" s="457"/>
+      <c r="E65" s="457"/>
+      <c r="F65" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G65" s="369" t="s">
-[...8 lines deleted...]
-      <c r="J65" s="140" t="s">
+      <c r="G65" s="353" t="s">
+        <v>353</v>
+      </c>
+      <c r="H65" s="291" t="s">
+        <v>354</v>
+      </c>
+      <c r="I65" s="292" t="s">
+        <v>355</v>
+      </c>
+      <c r="J65" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K65" s="140" t="s">
+      <c r="K65" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="L65" s="140" t="s">
+      <c r="L65" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="M65" s="136">
+      <c r="M65" s="135">
         <v>2</v>
       </c>
-      <c r="N65" s="136">
+      <c r="N65" s="135">
         <v>3</v>
       </c>
-      <c r="O65" s="323">
+      <c r="O65" s="308">
         <v>6</v>
       </c>
-      <c r="P65" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q65" s="136">
+      <c r="P65" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q65" s="135">
         <v>10</v>
       </c>
-      <c r="R65" s="323">
+      <c r="R65" s="308">
         <v>60</v>
       </c>
-      <c r="S65" s="322" t="str">
+      <c r="S65" s="307" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T65" s="137" t="s">
-[...2 lines deleted...]
-      <c r="U65" s="140" t="s">
+      <c r="T65" s="136" t="s">
         <v>123</v>
       </c>
-      <c r="V65" s="143">
+      <c r="U65" s="139" t="s">
+        <v>124</v>
+      </c>
+      <c r="V65" s="142">
         <v>6</v>
       </c>
-      <c r="W65" s="140" t="s">
+      <c r="W65" s="139" t="s">
         <v>104</v>
       </c>
-      <c r="X65" s="140" t="s">
-[...16 lines deleted...]
-      <c r="AE65" s="441"/>
+      <c r="X65" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y65" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z65" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA65" s="136" t="s">
+        <v>125</v>
+      </c>
+      <c r="AB65" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC65" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD65" s="421"/>
+      <c r="AE65" s="422"/>
     </row>
     <row r="66" spans="1:31" ht="136.5" customHeight="1">
-      <c r="A66" s="548"/>
-[...4 lines deleted...]
-      <c r="F66" s="134" t="s">
+      <c r="A66" s="496"/>
+      <c r="B66" s="461"/>
+      <c r="C66" s="457"/>
+      <c r="D66" s="457"/>
+      <c r="E66" s="457"/>
+      <c r="F66" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G66" s="368" t="s">
-[...8 lines deleted...]
-      <c r="J66" s="140" t="s">
+      <c r="G66" s="352" t="s">
+        <v>356</v>
+      </c>
+      <c r="H66" s="292" t="s">
+        <v>128</v>
+      </c>
+      <c r="I66" s="292" t="s">
+        <v>357</v>
+      </c>
+      <c r="J66" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K66" s="140" t="s">
+      <c r="K66" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="L66" s="140" t="s">
-[...2 lines deleted...]
-      <c r="M66" s="136">
+      <c r="L66" s="139" t="s">
+        <v>358</v>
+      </c>
+      <c r="M66" s="135">
         <v>2</v>
       </c>
-      <c r="N66" s="136">
+      <c r="N66" s="135">
         <v>3</v>
       </c>
-      <c r="O66" s="323">
+      <c r="O66" s="308">
         <v>6</v>
       </c>
-      <c r="P66" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q66" s="136">
+      <c r="P66" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q66" s="135">
         <v>10</v>
       </c>
-      <c r="R66" s="323">
+      <c r="R66" s="308">
         <v>60</v>
       </c>
-      <c r="S66" s="322" t="str">
+      <c r="S66" s="307" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T66" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V66" s="143">
+      <c r="T66" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U66" s="139" t="s">
+        <v>131</v>
+      </c>
+      <c r="V66" s="142">
         <v>6</v>
       </c>
-      <c r="W66" s="261" t="s">
+      <c r="W66" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X66" s="140" t="s">
-[...18 lines deleted...]
-      <c r="AE66" s="441"/>
+      <c r="X66" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y66" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z66" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA66" s="136" t="s">
+        <v>359</v>
+      </c>
+      <c r="AB66" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC66" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD66" s="421"/>
+      <c r="AE66" s="422"/>
     </row>
     <row r="67" spans="1:31" ht="68.25" customHeight="1">
-      <c r="A67" s="548"/>
-[...16 lines deleted...]
-      <c r="J67" s="132" t="s">
+      <c r="A67" s="496"/>
+      <c r="B67" s="461"/>
+      <c r="C67" s="457"/>
+      <c r="D67" s="457"/>
+      <c r="E67" s="457"/>
+      <c r="F67" s="133" t="s">
+        <v>360</v>
+      </c>
+      <c r="G67" s="352" t="s">
+        <v>361</v>
+      </c>
+      <c r="H67" s="285" t="s">
+        <v>362</v>
+      </c>
+      <c r="I67" s="296" t="s">
+        <v>363</v>
+      </c>
+      <c r="J67" s="131" t="s">
         <v>99</v>
       </c>
-      <c r="K67" s="132" t="s">
+      <c r="K67" s="131" t="s">
         <v>99</v>
       </c>
-      <c r="L67" s="132" t="s">
-[...2 lines deleted...]
-      <c r="M67" s="133">
+      <c r="L67" s="131" t="s">
+        <v>364</v>
+      </c>
+      <c r="M67" s="132">
         <v>2</v>
       </c>
-      <c r="N67" s="133">
+      <c r="N67" s="132">
         <v>3</v>
       </c>
-      <c r="O67" s="326">
+      <c r="O67" s="311">
         <v>6</v>
       </c>
-      <c r="P67" s="326" t="s">
-[...2 lines deleted...]
-      <c r="Q67" s="133">
+      <c r="P67" s="311" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q67" s="132">
         <v>25</v>
       </c>
-      <c r="R67" s="326">
+      <c r="R67" s="311">
         <v>150</v>
       </c>
-      <c r="S67" s="322" t="str">
+      <c r="S67" s="307" t="str">
         <f t="shared" si="3"/>
         <v>II</v>
       </c>
-      <c r="T67" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V67" s="143">
+      <c r="T67" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U67" s="131" t="s">
+        <v>365</v>
+      </c>
+      <c r="V67" s="142">
         <v>6</v>
       </c>
-      <c r="W67" s="261" t="s">
+      <c r="W67" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X67" s="132" t="s">
-[...24 lines deleted...]
-      <c r="F68" s="134" t="s">
+      <c r="X67" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y67" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z67" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA67" s="133" t="s">
+        <v>366</v>
+      </c>
+      <c r="AB67" s="131" t="s">
+        <v>367</v>
+      </c>
+      <c r="AC67" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD67" s="421"/>
+      <c r="AE67" s="422"/>
+    </row>
+    <row r="68" spans="1:31" ht="40.5" customHeight="1">
+      <c r="A68" s="496"/>
+      <c r="B68" s="461"/>
+      <c r="C68" s="457"/>
+      <c r="D68" s="457"/>
+      <c r="E68" s="457"/>
+      <c r="F68" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G68" s="368" t="s">
-[...8 lines deleted...]
-      <c r="J68" s="301" t="s">
+      <c r="G68" s="352" t="s">
+        <v>368</v>
+      </c>
+      <c r="H68" s="285" t="s">
+        <v>369</v>
+      </c>
+      <c r="I68" s="287" t="s">
+        <v>370</v>
+      </c>
+      <c r="J68" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="K68" s="301" t="s">
+      <c r="K68" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="L68" s="301" t="s">
+      <c r="L68" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="M68" s="301">
+      <c r="M68" s="289">
         <v>2</v>
       </c>
-      <c r="N68" s="301">
+      <c r="N68" s="289">
         <v>2</v>
       </c>
-      <c r="O68" s="326">
+      <c r="O68" s="311">
         <v>4</v>
       </c>
-      <c r="P68" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q68" s="301">
+      <c r="P68" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q68" s="289">
         <v>10</v>
       </c>
-      <c r="R68" s="326">
+      <c r="R68" s="311">
         <v>40</v>
       </c>
-      <c r="S68" s="322" t="str">
+      <c r="S68" s="307" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T68" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V68" s="143">
+      <c r="T68" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U68" s="143" t="s">
+        <v>286</v>
+      </c>
+      <c r="V68" s="142">
         <v>6</v>
       </c>
-      <c r="W68" s="261" t="s">
+      <c r="W68" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X68" s="301" t="s">
-[...24 lines deleted...]
-      <c r="F69" s="134" t="s">
+      <c r="X68" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y68" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z68" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA68" s="258" t="s">
+        <v>287</v>
+      </c>
+      <c r="AB68" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC68" s="420" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD68" s="421"/>
+      <c r="AE68" s="421"/>
+    </row>
+    <row r="69" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A69" s="496"/>
+      <c r="B69" s="461"/>
+      <c r="C69" s="457"/>
+      <c r="D69" s="457"/>
+      <c r="E69" s="457"/>
+      <c r="F69" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G69" s="368" t="s">
-[...8 lines deleted...]
-      <c r="J69" s="184" t="s">
+      <c r="G69" s="352" t="s">
+        <v>371</v>
+      </c>
+      <c r="H69" s="293" t="s">
+        <v>372</v>
+      </c>
+      <c r="I69" s="293" t="s">
+        <v>373</v>
+      </c>
+      <c r="J69" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="K69" s="184" t="s">
+      <c r="K69" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="L69" s="184" t="s">
+      <c r="L69" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="M69" s="306">
+      <c r="M69" s="294">
         <v>2</v>
       </c>
-      <c r="N69" s="306">
+      <c r="N69" s="294">
         <v>3</v>
       </c>
-      <c r="O69" s="301">
+      <c r="O69" s="289">
         <v>6</v>
       </c>
-      <c r="P69" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q69" s="306">
+      <c r="P69" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q69" s="294">
         <v>10</v>
       </c>
-      <c r="R69" s="344">
+      <c r="R69" s="329">
         <v>60</v>
       </c>
-      <c r="S69" s="322" t="str">
+      <c r="S69" s="307" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T69" s="307" t="s">
-[...5 lines deleted...]
-      <c r="V69" s="143">
+      <c r="T69" s="295" t="s">
+        <v>123</v>
+      </c>
+      <c r="U69" s="295" t="s">
+        <v>374</v>
+      </c>
+      <c r="V69" s="142">
         <v>6</v>
       </c>
-      <c r="W69" s="261" t="s">
+      <c r="W69" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X69" s="184" t="s">
-[...24 lines deleted...]
-      <c r="F70" s="134" t="s">
+      <c r="X69" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y69" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z69" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA69" s="183" t="s">
+        <v>359</v>
+      </c>
+      <c r="AB69" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC69" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD69" s="421"/>
+      <c r="AE69" s="421"/>
+    </row>
+    <row r="70" spans="1:31" ht="51" customHeight="1">
+      <c r="A70" s="496"/>
+      <c r="B70" s="461"/>
+      <c r="C70" s="457"/>
+      <c r="D70" s="457"/>
+      <c r="E70" s="457"/>
+      <c r="F70" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G70" s="368" t="s">
-[...8 lines deleted...]
-      <c r="J70" s="138" t="s">
+      <c r="G70" s="352" t="s">
+        <v>375</v>
+      </c>
+      <c r="H70" s="292" t="s">
+        <v>376</v>
+      </c>
+      <c r="I70" s="287" t="s">
+        <v>377</v>
+      </c>
+      <c r="J70" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="K70" s="138" t="s">
+      <c r="K70" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L70" s="299" t="s">
+      <c r="L70" s="287" t="s">
         <v>99</v>
       </c>
-      <c r="M70" s="136">
+      <c r="M70" s="135">
         <v>2</v>
       </c>
-      <c r="N70" s="136">
+      <c r="N70" s="135">
         <v>3</v>
       </c>
-      <c r="O70" s="323">
+      <c r="O70" s="308">
         <v>4</v>
       </c>
-      <c r="P70" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q70" s="136">
+      <c r="P70" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q70" s="135">
         <v>25</v>
       </c>
-      <c r="R70" s="344">
+      <c r="R70" s="329">
         <v>100</v>
       </c>
-      <c r="S70" s="322" t="str">
+      <c r="S70" s="307" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T70" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V70" s="143">
+      <c r="T70" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U70" s="258" t="s">
+        <v>200</v>
+      </c>
+      <c r="V70" s="142">
         <v>6</v>
       </c>
-      <c r="W70" s="261" t="s">
+      <c r="W70" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X70" s="301" t="s">
-[...24 lines deleted...]
-      <c r="F71" s="134" t="s">
+      <c r="X70" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y70" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z70" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA70" s="258" t="s">
+        <v>378</v>
+      </c>
+      <c r="AB70" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC70" s="420" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD70" s="421"/>
+      <c r="AE70" s="422"/>
+    </row>
+    <row r="71" spans="1:31" ht="75.75" customHeight="1">
+      <c r="A71" s="496"/>
+      <c r="B71" s="461"/>
+      <c r="C71" s="457"/>
+      <c r="D71" s="457"/>
+      <c r="E71" s="457"/>
+      <c r="F71" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G71" s="368" t="s">
-[...8 lines deleted...]
-      <c r="J71" s="301" t="s">
+      <c r="G71" s="352" t="s">
+        <v>379</v>
+      </c>
+      <c r="H71" s="292" t="s">
+        <v>211</v>
+      </c>
+      <c r="I71" s="287" t="s">
+        <v>212</v>
+      </c>
+      <c r="J71" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="K71" s="138" t="s">
+      <c r="K71" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L71" s="261" t="s">
+      <c r="L71" s="258" t="s">
         <v>99</v>
       </c>
-      <c r="M71" s="301">
+      <c r="M71" s="289">
         <v>2</v>
       </c>
-      <c r="N71" s="301">
+      <c r="N71" s="289">
         <v>2</v>
       </c>
-      <c r="O71" s="323">
+      <c r="O71" s="308">
         <v>4</v>
       </c>
-      <c r="P71" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q71" s="136">
+      <c r="P71" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q71" s="135">
         <v>25</v>
       </c>
-      <c r="R71" s="344">
+      <c r="R71" s="329">
         <v>100</v>
       </c>
-      <c r="S71" s="322" t="str">
+      <c r="S71" s="307" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T71" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V71" s="143">
+      <c r="T71" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U71" s="143" t="s">
+        <v>213</v>
+      </c>
+      <c r="V71" s="142">
         <v>6</v>
       </c>
-      <c r="W71" s="261" t="s">
+      <c r="W71" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X71" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE71" s="441"/>
+      <c r="X71" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y71" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z71" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA71" s="137" t="s">
+        <v>380</v>
+      </c>
+      <c r="AB71" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC71" s="420" t="s">
+        <v>215</v>
+      </c>
+      <c r="AD71" s="421"/>
+      <c r="AE71" s="422"/>
     </row>
     <row r="72" spans="1:31" ht="136.5" customHeight="1">
-      <c r="A72" s="548"/>
-[...4 lines deleted...]
-      <c r="F72" s="134" t="s">
+      <c r="A72" s="496"/>
+      <c r="B72" s="461"/>
+      <c r="C72" s="457"/>
+      <c r="D72" s="457"/>
+      <c r="E72" s="457"/>
+      <c r="F72" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G72" s="368" t="s">
-[...8 lines deleted...]
-      <c r="J72" s="301" t="s">
+      <c r="G72" s="352" t="s">
+        <v>381</v>
+      </c>
+      <c r="H72" s="292" t="s">
+        <v>382</v>
+      </c>
+      <c r="I72" s="287" t="s">
+        <v>205</v>
+      </c>
+      <c r="J72" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="K72" s="138" t="s">
+      <c r="K72" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L72" s="144" t="s">
-[...2 lines deleted...]
-      <c r="M72" s="301">
+      <c r="L72" s="143" t="s">
+        <v>383</v>
+      </c>
+      <c r="M72" s="289">
         <v>2</v>
       </c>
-      <c r="N72" s="301">
+      <c r="N72" s="289">
         <v>2</v>
       </c>
-      <c r="O72" s="323">
+      <c r="O72" s="308">
         <v>4</v>
       </c>
-      <c r="P72" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q72" s="136">
+      <c r="P72" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q72" s="135">
         <v>25</v>
       </c>
-      <c r="R72" s="344">
+      <c r="R72" s="329">
         <v>100</v>
       </c>
-      <c r="S72" s="322" t="str">
+      <c r="S72" s="307" t="str">
         <f t="shared" si="3"/>
         <v>III</v>
       </c>
-      <c r="T72" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V72" s="143">
+      <c r="T72" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U72" s="143" t="s">
+        <v>384</v>
+      </c>
+      <c r="V72" s="142">
         <v>6</v>
       </c>
-      <c r="W72" s="261" t="s">
+      <c r="W72" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X72" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE72" s="441"/>
+      <c r="X72" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y72" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z72" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA72" s="137" t="s">
+        <v>385</v>
+      </c>
+      <c r="AB72" s="137" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC72" s="420" t="s">
+        <v>209</v>
+      </c>
+      <c r="AD72" s="421"/>
+      <c r="AE72" s="421"/>
     </row>
     <row r="73" spans="1:31" ht="136.5" customHeight="1">
-      <c r="A73" s="548"/>
-[...4 lines deleted...]
-      <c r="F73" s="134" t="s">
+      <c r="A73" s="496"/>
+      <c r="B73" s="461"/>
+      <c r="C73" s="457"/>
+      <c r="D73" s="457"/>
+      <c r="E73" s="457"/>
+      <c r="F73" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G73" s="368" t="s">
-[...8 lines deleted...]
-      <c r="J73" s="301" t="s">
+      <c r="G73" s="352" t="s">
+        <v>386</v>
+      </c>
+      <c r="H73" s="287" t="s">
+        <v>387</v>
+      </c>
+      <c r="I73" s="287" t="s">
+        <v>388</v>
+      </c>
+      <c r="J73" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="K73" s="261" t="s">
-[...5 lines deleted...]
-      <c r="M73" s="301">
+      <c r="K73" s="258" t="s">
+        <v>389</v>
+      </c>
+      <c r="L73" s="258" t="s">
+        <v>389</v>
+      </c>
+      <c r="M73" s="289">
         <v>6</v>
       </c>
-      <c r="N73" s="301">
+      <c r="N73" s="289">
         <v>2</v>
       </c>
-      <c r="O73" s="301">
+      <c r="O73" s="289">
         <v>12</v>
       </c>
-      <c r="P73" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q73" s="300">
+      <c r="P73" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q73" s="288">
         <v>25</v>
       </c>
-      <c r="R73" s="344">
+      <c r="R73" s="329">
         <v>300</v>
       </c>
-      <c r="S73" s="322" t="str">
+      <c r="S73" s="307" t="str">
         <f>IF(R73="","",IF(AND(R73&gt;=600,R73&lt;=4000),"I",IF(AND(R73&gt;=150,R73&lt;=500),"II",IF(AND(R73&gt;=40,R73&lt;=120),"III",IF(OR(R73&lt;=20,R73&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T73" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V73" s="143">
+      <c r="T73" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U73" s="258" t="s">
+        <v>390</v>
+      </c>
+      <c r="V73" s="142">
         <v>6</v>
       </c>
-      <c r="W73" s="261" t="s">
+      <c r="W73" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X73" s="301" t="s">
-[...24 lines deleted...]
-      <c r="F74" s="163" t="s">
+      <c r="X73" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y73" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z73" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA73" s="137" t="s">
+        <v>391</v>
+      </c>
+      <c r="AB73" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC73" s="420" t="s">
+        <v>243</v>
+      </c>
+      <c r="AD73" s="421"/>
+      <c r="AE73" s="422"/>
+    </row>
+    <row r="74" spans="1:31" ht="76.5" customHeight="1" thickBot="1">
+      <c r="A74" s="497"/>
+      <c r="B74" s="462"/>
+      <c r="C74" s="458"/>
+      <c r="D74" s="458"/>
+      <c r="E74" s="458"/>
+      <c r="F74" s="162" t="s">
         <v>95</v>
       </c>
-      <c r="G74" s="253" t="s">
-[...8 lines deleted...]
-      <c r="J74" s="163" t="s">
+      <c r="G74" s="250" t="s">
+        <v>236</v>
+      </c>
+      <c r="H74" s="250" t="s">
+        <v>392</v>
+      </c>
+      <c r="I74" s="196" t="s">
+        <v>238</v>
+      </c>
+      <c r="J74" s="162" t="s">
         <v>99</v>
       </c>
-      <c r="K74" s="197" t="s">
-[...5 lines deleted...]
-      <c r="M74" s="163">
+      <c r="K74" s="196" t="s">
+        <v>393</v>
+      </c>
+      <c r="L74" s="196" t="s">
+        <v>394</v>
+      </c>
+      <c r="M74" s="162">
         <v>2</v>
       </c>
-      <c r="N74" s="163">
+      <c r="N74" s="162">
         <v>1</v>
       </c>
-      <c r="O74" s="182">
+      <c r="O74" s="181">
         <f t="shared" si="7"/>
         <v>2</v>
       </c>
-      <c r="P74" s="182" t="str">
+      <c r="P74" s="181" t="str">
         <f t="shared" si="1"/>
         <v>B</v>
       </c>
-      <c r="Q74" s="163">
+      <c r="Q74" s="162">
         <v>10</v>
       </c>
-      <c r="R74" s="195">
+      <c r="R74" s="194">
         <f t="shared" si="11"/>
         <v>20</v>
       </c>
-      <c r="S74" s="183" t="str">
+      <c r="S74" s="182" t="str">
         <f t="shared" si="3"/>
         <v>IV</v>
       </c>
-      <c r="T74" s="193" t="s">
-[...5 lines deleted...]
-      <c r="V74" s="143">
+      <c r="T74" s="192" t="s">
+        <v>168</v>
+      </c>
+      <c r="U74" s="196" t="s">
+        <v>395</v>
+      </c>
+      <c r="V74" s="142">
         <v>6</v>
       </c>
-      <c r="W74" s="197" t="s">
+      <c r="W74" s="196" t="s">
         <v>104</v>
       </c>
-      <c r="X74" s="163" t="s">
-[...25 lines deleted...]
-      <c r="C75" s="518" t="s">
+      <c r="X74" s="162" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y74" s="162" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z74" s="162" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA74" s="196" t="s">
+        <v>396</v>
+      </c>
+      <c r="AB74" s="197" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC74" s="463" t="s">
+        <v>243</v>
+      </c>
+      <c r="AD74" s="464"/>
+      <c r="AE74" s="465"/>
+    </row>
+    <row r="75" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A75" s="437" t="s">
+        <v>397</v>
+      </c>
+      <c r="B75" s="440" t="s">
+        <v>398</v>
+      </c>
+      <c r="C75" s="443" t="s">
         <v>92</v>
       </c>
-      <c r="D75" s="524" t="s">
-[...5 lines deleted...]
-      <c r="F75" s="199" t="s">
+      <c r="D75" s="446" t="s">
+        <v>399</v>
+      </c>
+      <c r="E75" s="449" t="s">
+        <v>400</v>
+      </c>
+      <c r="F75" s="198" t="s">
         <v>95</v>
       </c>
-      <c r="G75" s="177" t="s">
-[...17 lines deleted...]
-      <c r="M75" s="147">
+      <c r="G75" s="176" t="s">
+        <v>401</v>
+      </c>
+      <c r="H75" s="145" t="s">
+        <v>402</v>
+      </c>
+      <c r="I75" s="145" t="s">
+        <v>403</v>
+      </c>
+      <c r="J75" s="148" t="s">
+        <v>404</v>
+      </c>
+      <c r="K75" s="148" t="s">
+        <v>253</v>
+      </c>
+      <c r="L75" s="195" t="s">
+        <v>405</v>
+      </c>
+      <c r="M75" s="146">
         <v>2</v>
       </c>
-      <c r="N75" s="147">
+      <c r="N75" s="146">
         <v>3</v>
       </c>
       <c r="O75" s="100">
         <f t="shared" si="7"/>
         <v>6</v>
       </c>
       <c r="P75" s="100" t="str">
         <f t="shared" ref="P75" si="12">IF(OR(O75="",O75=0),"",IF(O75&lt;5,"B",IF(O75&lt;9,"M",IF(O75&lt;21,"A","MA"))))</f>
         <v>M</v>
       </c>
-      <c r="Q75" s="147">
+      <c r="Q75" s="146">
         <v>25</v>
       </c>
-      <c r="R75" s="178">
+      <c r="R75" s="177">
         <f t="shared" si="11"/>
         <v>150</v>
       </c>
-      <c r="S75" s="179" t="str">
+      <c r="S75" s="178" t="str">
         <f t="shared" ref="S75" si="13">IF(R75="","",IF(AND(R75&gt;=600,R75&lt;=4000),"I",IF(AND(R75&gt;=150,R75&lt;=500),"II",IF(AND(R75&gt;=40,R75&lt;=120),"III",IF(OR(R75&lt;=20,R75&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T75" s="148" t="s">
+      <c r="T75" s="147" t="s">
         <v>102</v>
       </c>
-      <c r="U75" s="146" t="s">
+      <c r="U75" s="145" t="s">
         <v>103</v>
       </c>
-      <c r="V75" s="180">
+      <c r="V75" s="179">
         <v>10</v>
       </c>
-      <c r="W75" s="181" t="s">
+      <c r="W75" s="180" t="s">
         <v>104</v>
       </c>
-      <c r="X75" s="145" t="s">
-[...11 lines deleted...]
-      <c r="AB75" s="214" t="s">
+      <c r="X75" s="144" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y75" s="144" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z75" s="148" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA75" s="211" t="s">
+        <v>255</v>
+      </c>
+      <c r="AB75" s="211" t="s">
         <v>107</v>
       </c>
-      <c r="AC75" s="567"/>
-[...21 lines deleted...]
-      <c r="J76" s="141" t="s">
+      <c r="AC75" s="466" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD75" s="467"/>
+      <c r="AE75" s="467"/>
+    </row>
+    <row r="76" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A76" s="438"/>
+      <c r="B76" s="441"/>
+      <c r="C76" s="444"/>
+      <c r="D76" s="447"/>
+      <c r="E76" s="450"/>
+      <c r="F76" s="133" t="s">
+        <v>170</v>
+      </c>
+      <c r="G76" s="149" t="s">
+        <v>406</v>
+      </c>
+      <c r="H76" s="200" t="s">
+        <v>402</v>
+      </c>
+      <c r="I76" s="150" t="s">
+        <v>110</v>
+      </c>
+      <c r="J76" s="140" t="s">
         <v>99</v>
       </c>
-      <c r="K76" s="141" t="s">
-[...2 lines deleted...]
-      <c r="L76" s="186" t="s">
+      <c r="K76" s="140" t="s">
         <v>111</v>
       </c>
-      <c r="M76" s="152">
+      <c r="L76" s="185" t="s">
+        <v>112</v>
+      </c>
+      <c r="M76" s="151">
         <v>6</v>
       </c>
-      <c r="N76" s="152">
+      <c r="N76" s="151">
         <v>2</v>
       </c>
       <c r="O76" s="100">
         <f t="shared" ref="O76:O94" si="14">M76*N76</f>
         <v>12</v>
       </c>
       <c r="P76" s="100" t="str">
         <f t="shared" ref="P76:P94" si="15">IF(OR(O76="",O76=0),"",IF(O76&lt;5,"B",IF(O76&lt;9,"M",IF(O76&lt;21,"A","MA"))))</f>
         <v>A</v>
       </c>
-      <c r="Q76" s="152">
+      <c r="Q76" s="151">
         <v>25</v>
       </c>
       <c r="R76" s="100">
         <f t="shared" ref="R76" si="16">O76*Q76</f>
         <v>300</v>
       </c>
       <c r="S76" s="101" t="str">
         <f t="shared" ref="S76" si="17">IF(R76="","",IF(AND(R76&gt;=600,R76&lt;=4000),"I",IF(AND(R76&gt;=150,R76&lt;=500),"II",IF(AND(R76&gt;=40,R76&lt;=120),"III",IF(OR(R76&lt;=20,R76&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T76" s="137" t="s">
+      <c r="T76" s="136" t="s">
         <v>102</v>
       </c>
-      <c r="U76" s="153" t="s">
+      <c r="U76" s="152" t="s">
+        <v>113</v>
+      </c>
+      <c r="V76" s="142">
+        <v>10</v>
+      </c>
+      <c r="W76" s="140" t="s">
+        <v>104</v>
+      </c>
+      <c r="X76" s="142" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y76" s="142" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z76" s="140" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA76" s="140" t="s">
+        <v>407</v>
+      </c>
+      <c r="AB76" s="131" t="s">
+        <v>157</v>
+      </c>
+      <c r="AC76" s="420" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD76" s="421"/>
+      <c r="AE76" s="421"/>
+    </row>
+    <row r="77" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A77" s="438"/>
+      <c r="B77" s="441"/>
+      <c r="C77" s="444"/>
+      <c r="D77" s="447"/>
+      <c r="E77" s="450"/>
+      <c r="F77" s="133" t="s">
+        <v>95</v>
+      </c>
+      <c r="G77" s="149" t="s">
+        <v>408</v>
+      </c>
+      <c r="H77" s="200" t="s">
+        <v>409</v>
+      </c>
+      <c r="I77" s="150" t="s">
+        <v>110</v>
+      </c>
+      <c r="J77" s="140" t="s">
+        <v>99</v>
+      </c>
+      <c r="K77" s="140" t="s">
+        <v>410</v>
+      </c>
+      <c r="L77" s="185" t="s">
         <v>112</v>
       </c>
-      <c r="V76" s="143">
-[...51 lines deleted...]
-      <c r="M77" s="152">
+      <c r="M77" s="151">
         <v>6</v>
       </c>
-      <c r="N77" s="152">
+      <c r="N77" s="151">
         <v>2</v>
       </c>
       <c r="O77" s="100">
         <f t="shared" si="14"/>
         <v>12</v>
       </c>
       <c r="P77" s="100" t="str">
         <f t="shared" si="15"/>
         <v>A</v>
       </c>
-      <c r="Q77" s="152">
+      <c r="Q77" s="151">
         <v>25</v>
       </c>
       <c r="R77" s="100">
         <f t="shared" ref="R77:R94" si="18">O77*Q77</f>
         <v>300</v>
       </c>
       <c r="S77" s="101" t="str">
         <f t="shared" ref="S77:S94" si="19">IF(R77="","",IF(AND(R77&gt;=600,R77&lt;=4000),"I",IF(AND(R77&gt;=150,R77&lt;=500),"II",IF(AND(R77&gt;=40,R77&lt;=120),"III",IF(OR(R77&lt;=20,R77&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T77" s="137" t="s">
+      <c r="T77" s="136" t="s">
         <v>102</v>
       </c>
-      <c r="U77" s="153" t="s">
-[...2 lines deleted...]
-      <c r="V77" s="143">
+      <c r="U77" s="152" t="s">
+        <v>113</v>
+      </c>
+      <c r="V77" s="142">
         <v>10</v>
       </c>
-      <c r="W77" s="141" t="s">
+      <c r="W77" s="140" t="s">
         <v>104</v>
       </c>
-      <c r="X77" s="143" t="s">
-[...24 lines deleted...]
-      <c r="F78" s="134" t="s">
+      <c r="X77" s="142" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y77" s="142" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z77" s="140" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA77" s="140" t="s">
+        <v>411</v>
+      </c>
+      <c r="AB77" s="131" t="s">
+        <v>412</v>
+      </c>
+      <c r="AC77" s="420" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD77" s="421"/>
+      <c r="AE77" s="421"/>
+    </row>
+    <row r="78" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A78" s="438"/>
+      <c r="B78" s="441"/>
+      <c r="C78" s="444"/>
+      <c r="D78" s="447"/>
+      <c r="E78" s="450"/>
+      <c r="F78" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G78" s="150" t="s">
-[...8 lines deleted...]
-      <c r="J78" s="132" t="s">
+      <c r="G78" s="149" t="s">
+        <v>413</v>
+      </c>
+      <c r="H78" s="149" t="s">
+        <v>414</v>
+      </c>
+      <c r="I78" s="149" t="s">
+        <v>122</v>
+      </c>
+      <c r="J78" s="131" t="s">
         <v>99</v>
       </c>
-      <c r="K78" s="132" t="s">
+      <c r="K78" s="131" t="s">
         <v>99</v>
       </c>
-      <c r="L78" s="132" t="s">
+      <c r="L78" s="131" t="s">
         <v>99</v>
       </c>
-      <c r="M78" s="133">
+      <c r="M78" s="132">
         <v>2</v>
       </c>
-      <c r="N78" s="133">
+      <c r="N78" s="132">
         <v>3</v>
       </c>
       <c r="O78" s="100">
         <f t="shared" si="14"/>
         <v>6</v>
       </c>
       <c r="P78" s="100" t="str">
         <f t="shared" si="15"/>
         <v>M</v>
       </c>
-      <c r="Q78" s="133">
+      <c r="Q78" s="132">
         <v>10</v>
       </c>
       <c r="R78" s="100">
         <f t="shared" si="18"/>
         <v>60</v>
       </c>
       <c r="S78" s="101" t="str">
         <f t="shared" si="19"/>
         <v>III</v>
       </c>
-      <c r="T78" s="134" t="s">
-[...2 lines deleted...]
-      <c r="U78" s="150" t="s">
+      <c r="T78" s="133" t="s">
         <v>123</v>
       </c>
-      <c r="V78" s="143">
+      <c r="U78" s="149" t="s">
+        <v>124</v>
+      </c>
+      <c r="V78" s="142">
         <v>10</v>
       </c>
-      <c r="W78" s="142" t="s">
+      <c r="W78" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X78" s="132" t="s">
-[...24 lines deleted...]
-      <c r="F79" s="134" t="s">
+      <c r="X78" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y78" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z78" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA78" s="136" t="s">
+        <v>125</v>
+      </c>
+      <c r="AB78" s="131" t="s">
+        <v>415</v>
+      </c>
+      <c r="AC78" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD78" s="421"/>
+      <c r="AE78" s="422"/>
+    </row>
+    <row r="79" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A79" s="438"/>
+      <c r="B79" s="441"/>
+      <c r="C79" s="444"/>
+      <c r="D79" s="447"/>
+      <c r="E79" s="450"/>
+      <c r="F79" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G79" s="150" t="s">
-[...8 lines deleted...]
-      <c r="J79" s="134" t="s">
+      <c r="G79" s="149" t="s">
+        <v>416</v>
+      </c>
+      <c r="H79" s="153" t="s">
+        <v>134</v>
+      </c>
+      <c r="I79" s="153" t="s">
+        <v>135</v>
+      </c>
+      <c r="J79" s="133" t="s">
         <v>99</v>
       </c>
-      <c r="K79" s="134" t="s">
-[...2 lines deleted...]
-      <c r="L79" s="134" t="s">
+      <c r="K79" s="133" t="s">
+        <v>136</v>
+      </c>
+      <c r="L79" s="133" t="s">
         <v>99</v>
       </c>
-      <c r="M79" s="133">
+      <c r="M79" s="132">
         <v>2</v>
       </c>
-      <c r="N79" s="133">
+      <c r="N79" s="132">
         <v>3</v>
       </c>
       <c r="O79" s="100">
         <f t="shared" si="14"/>
         <v>6</v>
       </c>
       <c r="P79" s="100" t="str">
         <f t="shared" si="15"/>
         <v>M</v>
       </c>
-      <c r="Q79" s="133">
+      <c r="Q79" s="132">
         <v>10</v>
       </c>
       <c r="R79" s="100">
         <f t="shared" si="18"/>
         <v>60</v>
       </c>
       <c r="S79" s="101" t="str">
         <f t="shared" si="19"/>
         <v>III</v>
       </c>
-      <c r="T79" s="134" t="s">
-[...5 lines deleted...]
-      <c r="V79" s="143">
+      <c r="T79" s="133" t="s">
+        <v>123</v>
+      </c>
+      <c r="U79" s="153" t="s">
+        <v>137</v>
+      </c>
+      <c r="V79" s="142">
         <v>10</v>
       </c>
-      <c r="W79" s="135" t="s">
+      <c r="W79" s="134" t="s">
         <v>104</v>
       </c>
-      <c r="X79" s="134" t="s">
-[...24 lines deleted...]
-      <c r="F80" s="134" t="s">
+      <c r="X79" s="133" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y79" s="133" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z79" s="133" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA79" s="136" t="s">
+        <v>138</v>
+      </c>
+      <c r="AB79" s="133" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC79" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD79" s="421"/>
+      <c r="AE79" s="422"/>
+    </row>
+    <row r="80" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A80" s="438"/>
+      <c r="B80" s="441"/>
+      <c r="C80" s="444"/>
+      <c r="D80" s="447"/>
+      <c r="E80" s="450"/>
+      <c r="F80" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G80" s="155" t="s">
-[...8 lines deleted...]
-      <c r="J80" s="140" t="s">
+      <c r="G80" s="154" t="s">
+        <v>417</v>
+      </c>
+      <c r="H80" s="154" t="s">
+        <v>418</v>
+      </c>
+      <c r="I80" s="154" t="s">
+        <v>419</v>
+      </c>
+      <c r="J80" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K80" s="140" t="s">
+      <c r="K80" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="L80" s="140" t="s">
-[...2 lines deleted...]
-      <c r="M80" s="136">
+      <c r="L80" s="139" t="s">
+        <v>130</v>
+      </c>
+      <c r="M80" s="135">
         <v>2</v>
       </c>
-      <c r="N80" s="136">
+      <c r="N80" s="135">
         <v>2</v>
       </c>
       <c r="O80" s="100">
         <f t="shared" si="14"/>
         <v>4</v>
       </c>
       <c r="P80" s="100" t="str">
         <f t="shared" si="15"/>
         <v>B</v>
       </c>
-      <c r="Q80" s="136">
+      <c r="Q80" s="135">
         <v>10</v>
       </c>
       <c r="R80" s="100">
         <f t="shared" si="18"/>
         <v>40</v>
       </c>
       <c r="S80" s="101" t="str">
         <f t="shared" si="19"/>
         <v>III</v>
       </c>
-      <c r="T80" s="137" t="s">
-[...2 lines deleted...]
-      <c r="U80" s="155" t="s">
+      <c r="T80" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U80" s="154" t="s">
+        <v>143</v>
+      </c>
+      <c r="V80" s="142">
+        <v>10</v>
+      </c>
+      <c r="W80" s="141" t="s">
+        <v>104</v>
+      </c>
+      <c r="X80" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y80" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z80" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA80" s="136" t="s">
+        <v>420</v>
+      </c>
+      <c r="AB80" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC80" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD80" s="421"/>
+      <c r="AE80" s="422"/>
+    </row>
+    <row r="81" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A81" s="438"/>
+      <c r="B81" s="441"/>
+      <c r="C81" s="444"/>
+      <c r="D81" s="447"/>
+      <c r="E81" s="450"/>
+      <c r="F81" s="133" t="s">
+        <v>95</v>
+      </c>
+      <c r="G81" s="154" t="s">
+        <v>421</v>
+      </c>
+      <c r="H81" s="154" t="s">
+        <v>140</v>
+      </c>
+      <c r="I81" s="154" t="s">
         <v>141</v>
       </c>
-      <c r="V80" s="143">
-[...42 lines deleted...]
-      <c r="J81" s="140" t="s">
+      <c r="J81" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K81" s="140" t="s">
+      <c r="K81" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="L81" s="140" t="s">
-[...2 lines deleted...]
-      <c r="M81" s="136">
+      <c r="L81" s="139" t="s">
+        <v>142</v>
+      </c>
+      <c r="M81" s="135">
         <v>2</v>
       </c>
-      <c r="N81" s="136">
+      <c r="N81" s="135">
         <v>3</v>
       </c>
       <c r="O81" s="100">
         <f t="shared" si="14"/>
         <v>6</v>
       </c>
       <c r="P81" s="100" t="str">
         <f t="shared" si="15"/>
         <v>M</v>
       </c>
-      <c r="Q81" s="136">
+      <c r="Q81" s="135">
         <v>10</v>
       </c>
       <c r="R81" s="100">
         <f t="shared" si="18"/>
         <v>60</v>
       </c>
       <c r="S81" s="101" t="str">
         <f t="shared" si="19"/>
         <v>III</v>
       </c>
-      <c r="T81" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V81" s="143">
+      <c r="T81" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U81" s="154" t="s">
+        <v>143</v>
+      </c>
+      <c r="V81" s="142">
         <v>10</v>
       </c>
-      <c r="W81" s="142" t="s">
+      <c r="W81" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X81" s="140" t="s">
-[...24 lines deleted...]
-      <c r="F82" s="134" t="s">
+      <c r="X81" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y81" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z81" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA81" s="136" t="s">
+        <v>105</v>
+      </c>
+      <c r="AB81" s="139" t="s">
+        <v>144</v>
+      </c>
+      <c r="AC81" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD81" s="421"/>
+      <c r="AE81" s="422"/>
+    </row>
+    <row r="82" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A82" s="438"/>
+      <c r="B82" s="441"/>
+      <c r="C82" s="444"/>
+      <c r="D82" s="447"/>
+      <c r="E82" s="450"/>
+      <c r="F82" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G82" s="155" t="s">
-[...8 lines deleted...]
-      <c r="J82" s="140" t="s">
+      <c r="G82" s="154" t="s">
+        <v>422</v>
+      </c>
+      <c r="H82" s="154" t="s">
+        <v>423</v>
+      </c>
+      <c r="I82" s="154" t="s">
+        <v>424</v>
+      </c>
+      <c r="J82" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K82" s="140" t="s">
+      <c r="K82" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="L82" s="140" t="s">
+      <c r="L82" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="M82" s="136">
+      <c r="M82" s="135">
         <v>2</v>
       </c>
-      <c r="N82" s="136">
+      <c r="N82" s="135">
         <v>3</v>
       </c>
       <c r="O82" s="100">
         <f t="shared" si="14"/>
         <v>6</v>
       </c>
       <c r="P82" s="100" t="str">
         <f t="shared" si="15"/>
         <v>M</v>
       </c>
-      <c r="Q82" s="136">
+      <c r="Q82" s="135">
         <v>25</v>
       </c>
       <c r="R82" s="100">
         <f t="shared" si="18"/>
         <v>150</v>
       </c>
       <c r="S82" s="101" t="str">
         <f t="shared" si="19"/>
         <v>II</v>
       </c>
-      <c r="T82" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V82" s="143">
+      <c r="T82" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U82" s="154" t="s">
+        <v>425</v>
+      </c>
+      <c r="V82" s="142">
         <v>10</v>
       </c>
-      <c r="W82" s="142" t="s">
+      <c r="W82" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X82" s="138" t="s">
-[...33 lines deleted...]
-      <c r="I83" s="155" t="s">
+      <c r="X82" s="137" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y82" s="137" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z82" s="137" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA82" s="137" t="s">
+        <v>105</v>
+      </c>
+      <c r="AB82" s="202" t="s">
         <v>157</v>
       </c>
-      <c r="J83" s="140" t="s">
+      <c r="AC82" s="420" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD82" s="421"/>
+      <c r="AE82" s="421"/>
+    </row>
+    <row r="83" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A83" s="438"/>
+      <c r="B83" s="441"/>
+      <c r="C83" s="444"/>
+      <c r="D83" s="447"/>
+      <c r="E83" s="450"/>
+      <c r="F83" s="133" t="s">
+        <v>170</v>
+      </c>
+      <c r="G83" s="154" t="s">
+        <v>426</v>
+      </c>
+      <c r="H83" s="154" t="s">
+        <v>159</v>
+      </c>
+      <c r="I83" s="154" t="s">
+        <v>160</v>
+      </c>
+      <c r="J83" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K83" s="140" t="s">
+      <c r="K83" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="L83" s="140" t="s">
+      <c r="L83" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="M83" s="136">
+      <c r="M83" s="135">
         <v>2</v>
       </c>
-      <c r="N83" s="136">
+      <c r="N83" s="135">
         <v>3</v>
       </c>
       <c r="O83" s="100">
         <f t="shared" si="14"/>
         <v>6</v>
       </c>
       <c r="P83" s="100" t="str">
         <f t="shared" si="15"/>
         <v>M</v>
       </c>
-      <c r="Q83" s="136">
+      <c r="Q83" s="135">
         <v>25</v>
       </c>
       <c r="R83" s="100">
         <f t="shared" si="18"/>
         <v>150</v>
       </c>
       <c r="S83" s="101" t="str">
         <f t="shared" si="19"/>
         <v>II</v>
       </c>
-      <c r="T83" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V83" s="143">
+      <c r="T83" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U83" s="154" t="s">
+        <v>162</v>
+      </c>
+      <c r="V83" s="142">
         <v>10</v>
       </c>
-      <c r="W83" s="142" t="s">
+      <c r="W83" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X83" s="140" t="s">
-[...24 lines deleted...]
-      <c r="F84" s="134" t="s">
+      <c r="X83" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y83" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z83" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA83" s="136" t="s">
+        <v>163</v>
+      </c>
+      <c r="AB83" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC83" s="420" t="s">
+        <v>164</v>
+      </c>
+      <c r="AD83" s="421"/>
+      <c r="AE83" s="422"/>
+    </row>
+    <row r="84" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A84" s="438"/>
+      <c r="B84" s="441"/>
+      <c r="C84" s="444"/>
+      <c r="D84" s="447"/>
+      <c r="E84" s="450"/>
+      <c r="F84" s="133" t="s">
+        <v>170</v>
+      </c>
+      <c r="G84" s="154" t="s">
+        <v>427</v>
+      </c>
+      <c r="H84" s="206" t="s">
         <v>166</v>
       </c>
-      <c r="G84" s="155" t="s">
-[...8 lines deleted...]
-      <c r="J84" s="208" t="s">
+      <c r="I84" s="206" t="s">
+        <v>167</v>
+      </c>
+      <c r="J84" s="207" t="s">
         <v>99</v>
       </c>
-      <c r="K84" s="208" t="s">
+      <c r="K84" s="207" t="s">
         <v>99</v>
       </c>
-      <c r="L84" s="208" t="s">
+      <c r="L84" s="207" t="s">
         <v>99</v>
       </c>
-      <c r="M84" s="156">
+      <c r="M84" s="155">
         <v>2</v>
       </c>
-      <c r="N84" s="156">
+      <c r="N84" s="155">
         <v>3</v>
       </c>
       <c r="O84" s="100">
         <f t="shared" si="14"/>
         <v>6</v>
       </c>
       <c r="P84" s="100" t="str">
         <f t="shared" si="15"/>
         <v>M</v>
       </c>
-      <c r="Q84" s="156">
+      <c r="Q84" s="155">
         <v>10</v>
       </c>
       <c r="R84" s="100">
         <f t="shared" si="18"/>
         <v>60</v>
       </c>
       <c r="S84" s="101" t="str">
         <f t="shared" si="19"/>
         <v>III</v>
       </c>
-      <c r="T84" s="206" t="s">
-[...5 lines deleted...]
-      <c r="V84" s="143">
+      <c r="T84" s="205" t="s">
+        <v>123</v>
+      </c>
+      <c r="U84" s="205" t="s">
+        <v>169</v>
+      </c>
+      <c r="V84" s="142">
         <v>10</v>
       </c>
-      <c r="W84" s="208" t="s">
-[...36 lines deleted...]
-      <c r="I85" s="155" t="s">
+      <c r="W84" s="207" t="s">
         <v>170</v>
       </c>
-      <c r="J85" s="140" t="s">
+      <c r="X84" s="207" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y84" s="207" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z84" s="207" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA84" s="207" t="s">
+        <v>428</v>
+      </c>
+      <c r="AB84" s="207" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC84" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD84" s="421"/>
+      <c r="AE84" s="421"/>
+    </row>
+    <row r="85" spans="1:31" ht="71.25" customHeight="1">
+      <c r="A85" s="438"/>
+      <c r="B85" s="441"/>
+      <c r="C85" s="444"/>
+      <c r="D85" s="447"/>
+      <c r="E85" s="450"/>
+      <c r="F85" s="133" t="s">
+        <v>170</v>
+      </c>
+      <c r="G85" s="154" t="s">
+        <v>429</v>
+      </c>
+      <c r="H85" s="154" t="s">
+        <v>430</v>
+      </c>
+      <c r="I85" s="154" t="s">
+        <v>175</v>
+      </c>
+      <c r="J85" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K85" s="142" t="s">
+      <c r="K85" s="141" t="s">
         <v>99</v>
       </c>
-      <c r="L85" s="142" t="s">
-[...2 lines deleted...]
-      <c r="M85" s="136">
+      <c r="L85" s="141" t="s">
+        <v>176</v>
+      </c>
+      <c r="M85" s="135">
         <v>2</v>
       </c>
-      <c r="N85" s="136">
+      <c r="N85" s="135">
         <v>3</v>
       </c>
       <c r="O85" s="100">
         <f t="shared" si="14"/>
         <v>6</v>
       </c>
       <c r="P85" s="100" t="str">
         <f t="shared" si="15"/>
         <v>M</v>
       </c>
-      <c r="Q85" s="136">
+      <c r="Q85" s="135">
         <v>25</v>
       </c>
       <c r="R85" s="100">
         <f t="shared" si="18"/>
         <v>150</v>
       </c>
       <c r="S85" s="101" t="str">
         <f t="shared" si="19"/>
         <v>II</v>
       </c>
-      <c r="T85" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V85" s="143">
+      <c r="T85" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U85" s="154" t="s">
+        <v>177</v>
+      </c>
+      <c r="V85" s="142">
         <v>10</v>
       </c>
-      <c r="W85" s="142" t="s">
+      <c r="W85" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X85" s="140" t="s">
-[...35 lines deleted...]
-      <c r="I86" s="158" t="s">
+      <c r="X85" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y85" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z85" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA85" s="136" t="s">
+        <v>178</v>
+      </c>
+      <c r="AB85" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC85" s="418" t="s">
+        <v>179</v>
+      </c>
+      <c r="AD85" s="419"/>
+      <c r="AE85" s="419"/>
+    </row>
+    <row r="86" spans="1:31" ht="51" customHeight="1">
+      <c r="A86" s="438"/>
+      <c r="B86" s="441"/>
+      <c r="C86" s="444"/>
+      <c r="D86" s="447"/>
+      <c r="E86" s="450"/>
+      <c r="F86" s="133" t="s">
+        <v>170</v>
+      </c>
+      <c r="G86" s="154" t="s">
+        <v>180</v>
+      </c>
+      <c r="H86" s="154" t="s">
+        <v>181</v>
+      </c>
+      <c r="I86" s="157" t="s">
+        <v>182</v>
+      </c>
+      <c r="J86" s="138" t="s">
+        <v>99</v>
+      </c>
+      <c r="K86" s="141" t="s">
+        <v>183</v>
+      </c>
+      <c r="L86" s="141" t="s">
         <v>176</v>
       </c>
-      <c r="J86" s="139" t="s">
-[...8 lines deleted...]
-      <c r="M86" s="136">
+      <c r="M86" s="135">
         <v>2</v>
       </c>
-      <c r="N86" s="136">
+      <c r="N86" s="135">
         <v>3</v>
       </c>
       <c r="O86" s="100">
         <f t="shared" si="14"/>
         <v>6</v>
       </c>
       <c r="P86" s="100" t="str">
         <f t="shared" si="15"/>
         <v>M</v>
       </c>
-      <c r="Q86" s="136">
+      <c r="Q86" s="135">
         <v>25</v>
       </c>
       <c r="R86" s="100">
         <f t="shared" si="18"/>
         <v>150</v>
       </c>
       <c r="S86" s="101" t="str">
         <f t="shared" si="19"/>
         <v>II</v>
       </c>
-      <c r="T86" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V86" s="143">
+      <c r="T86" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U86" s="158" t="s">
+        <v>177</v>
+      </c>
+      <c r="V86" s="142">
         <v>10</v>
       </c>
-      <c r="W86" s="142" t="s">
+      <c r="W86" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X86" s="140" t="s">
-[...24 lines deleted...]
-      <c r="F87" s="134" t="s">
+      <c r="X86" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y86" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z86" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA86" s="137" t="s">
+        <v>178</v>
+      </c>
+      <c r="AB86" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC86" s="435" t="s">
+        <v>185</v>
+      </c>
+      <c r="AD86" s="436"/>
+      <c r="AE86" s="436"/>
+    </row>
+    <row r="87" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A87" s="438"/>
+      <c r="B87" s="441"/>
+      <c r="C87" s="444"/>
+      <c r="D87" s="447"/>
+      <c r="E87" s="450"/>
+      <c r="F87" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G87" s="155" t="s">
-[...8 lines deleted...]
-      <c r="J87" s="140" t="s">
+      <c r="G87" s="154" t="s">
+        <v>431</v>
+      </c>
+      <c r="H87" s="154" t="s">
+        <v>187</v>
+      </c>
+      <c r="I87" s="154" t="s">
+        <v>188</v>
+      </c>
+      <c r="J87" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K87" s="142" t="s">
+      <c r="K87" s="141" t="s">
         <v>99</v>
       </c>
-      <c r="L87" s="142" t="s">
+      <c r="L87" s="141" t="s">
         <v>99</v>
       </c>
-      <c r="M87" s="136">
+      <c r="M87" s="135">
         <v>2</v>
       </c>
-      <c r="N87" s="136">
+      <c r="N87" s="135">
         <v>1</v>
       </c>
       <c r="O87" s="100">
         <f t="shared" si="14"/>
         <v>2</v>
       </c>
       <c r="P87" s="100" t="str">
         <f t="shared" si="15"/>
         <v>B</v>
       </c>
-      <c r="Q87" s="136">
+      <c r="Q87" s="135">
         <v>10</v>
       </c>
       <c r="R87" s="100">
         <f t="shared" si="18"/>
         <v>20</v>
       </c>
       <c r="S87" s="101" t="str">
         <f t="shared" si="19"/>
         <v>IV</v>
       </c>
-      <c r="T87" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V87" s="143">
+      <c r="T87" s="136" t="s">
+        <v>432</v>
+      </c>
+      <c r="U87" s="160" t="s">
+        <v>189</v>
+      </c>
+      <c r="V87" s="142">
         <v>10</v>
       </c>
-      <c r="W87" s="142" t="s">
+      <c r="W87" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X87" s="140" t="s">
-[...38 lines deleted...]
-      <c r="J88" s="138" t="s">
+      <c r="X87" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y87" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z87" s="141" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA87" s="141" t="s">
+        <v>190</v>
+      </c>
+      <c r="AB87" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC87" s="420" t="s">
+        <v>191</v>
+      </c>
+      <c r="AD87" s="421"/>
+      <c r="AE87" s="422"/>
+    </row>
+    <row r="88" spans="1:31" ht="51" customHeight="1">
+      <c r="A88" s="438"/>
+      <c r="B88" s="441"/>
+      <c r="C88" s="444"/>
+      <c r="D88" s="447"/>
+      <c r="E88" s="450"/>
+      <c r="F88" s="133" t="s">
+        <v>170</v>
+      </c>
+      <c r="G88" s="154" t="s">
+        <v>433</v>
+      </c>
+      <c r="H88" s="154" t="s">
+        <v>434</v>
+      </c>
+      <c r="I88" s="156" t="s">
+        <v>167</v>
+      </c>
+      <c r="J88" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="K88" s="138" t="s">
+      <c r="K88" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L88" s="142" t="s">
-[...2 lines deleted...]
-      <c r="M88" s="136">
+      <c r="L88" s="141" t="s">
+        <v>435</v>
+      </c>
+      <c r="M88" s="135">
         <v>2</v>
       </c>
-      <c r="N88" s="136">
+      <c r="N88" s="135">
         <v>2</v>
       </c>
       <c r="O88" s="100">
         <f t="shared" si="14"/>
         <v>4</v>
       </c>
       <c r="P88" s="100" t="str">
         <f t="shared" si="15"/>
         <v>B</v>
       </c>
-      <c r="Q88" s="136">
+      <c r="Q88" s="135">
         <v>10</v>
       </c>
       <c r="R88" s="100">
         <f t="shared" si="18"/>
         <v>40</v>
       </c>
       <c r="S88" s="101" t="str">
         <f t="shared" si="19"/>
         <v>III</v>
       </c>
-      <c r="T88" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V88" s="143">
+      <c r="T88" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U88" s="160" t="s">
+        <v>200</v>
+      </c>
+      <c r="V88" s="142">
         <v>10</v>
       </c>
-      <c r="W88" s="142" t="s">
+      <c r="W88" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X88" s="139" t="s">
-[...24 lines deleted...]
-      <c r="F89" s="346" t="s">
+      <c r="X88" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y88" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z88" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA88" s="141" t="s">
+        <v>201</v>
+      </c>
+      <c r="AB88" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC88" s="420" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD88" s="421"/>
+      <c r="AE88" s="422"/>
+    </row>
+    <row r="89" spans="1:31" s="337" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A89" s="438"/>
+      <c r="B89" s="441"/>
+      <c r="C89" s="444"/>
+      <c r="D89" s="447"/>
+      <c r="E89" s="450"/>
+      <c r="F89" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G89" s="372" t="s">
-[...14 lines deleted...]
-      <c r="L89" s="301" t="s">
+      <c r="G89" s="356" t="s">
+        <v>216</v>
+      </c>
+      <c r="H89" s="332" t="s">
+        <v>217</v>
+      </c>
+      <c r="I89" s="333" t="s">
+        <v>218</v>
+      </c>
+      <c r="J89" s="258" t="s">
+        <v>219</v>
+      </c>
+      <c r="K89" s="331" t="s">
+        <v>220</v>
+      </c>
+      <c r="L89" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="M89" s="301">
+      <c r="M89" s="289">
         <v>6</v>
       </c>
-      <c r="N89" s="301">
+      <c r="N89" s="289">
         <v>2</v>
       </c>
-      <c r="O89" s="301">
+      <c r="O89" s="289">
         <v>12</v>
       </c>
-      <c r="P89" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q89" s="300">
+      <c r="P89" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q89" s="288">
         <v>25</v>
       </c>
-      <c r="R89" s="344">
+      <c r="R89" s="329">
         <v>300</v>
       </c>
       <c r="S89" s="101" t="str">
         <f t="shared" si="19"/>
         <v>II</v>
       </c>
-      <c r="T89" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V89" s="143">
+      <c r="T89" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U89" s="331" t="s">
+        <v>222</v>
+      </c>
+      <c r="V89" s="142">
         <v>10</v>
       </c>
-      <c r="W89" s="261" t="s">
+      <c r="W89" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X89" s="301" t="s">
-[...24 lines deleted...]
-      <c r="F90" s="346" t="s">
+      <c r="X89" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y89" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z89" s="258" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA89" s="189" t="s">
+        <v>224</v>
+      </c>
+      <c r="AB89" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC89" s="420" t="s">
+        <v>225</v>
+      </c>
+      <c r="AD89" s="421"/>
+      <c r="AE89" s="434"/>
+    </row>
+    <row r="90" spans="1:31" s="337" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A90" s="438"/>
+      <c r="B90" s="441"/>
+      <c r="C90" s="444"/>
+      <c r="D90" s="447"/>
+      <c r="E90" s="450"/>
+      <c r="F90" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G90" s="372" t="s">
-[...17 lines deleted...]
-      <c r="M90" s="301">
+      <c r="G90" s="356" t="s">
+        <v>226</v>
+      </c>
+      <c r="H90" s="332" t="s">
+        <v>227</v>
+      </c>
+      <c r="I90" s="333" t="s">
+        <v>228</v>
+      </c>
+      <c r="J90" s="258" t="s">
+        <v>229</v>
+      </c>
+      <c r="K90" s="331" t="s">
+        <v>220</v>
+      </c>
+      <c r="L90" s="258" t="s">
+        <v>230</v>
+      </c>
+      <c r="M90" s="289">
         <v>6</v>
       </c>
-      <c r="N90" s="301">
+      <c r="N90" s="289">
         <v>2</v>
       </c>
-      <c r="O90" s="301">
+      <c r="O90" s="289">
         <v>12</v>
       </c>
-      <c r="P90" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q90" s="300">
+      <c r="P90" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q90" s="288">
         <v>25</v>
       </c>
-      <c r="R90" s="344">
+      <c r="R90" s="329">
         <v>300</v>
       </c>
       <c r="S90" s="101" t="str">
         <f t="shared" si="19"/>
         <v>II</v>
       </c>
-      <c r="T90" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V90" s="143">
+      <c r="T90" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U90" s="331" t="s">
+        <v>222</v>
+      </c>
+      <c r="V90" s="142">
         <v>10</v>
       </c>
-      <c r="W90" s="261" t="s">
+      <c r="W90" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X90" s="301" t="s">
-[...24 lines deleted...]
-      <c r="F91" s="346" t="s">
+      <c r="X90" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y90" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z90" s="258" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA90" s="189" t="s">
+        <v>224</v>
+      </c>
+      <c r="AB90" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC90" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD90" s="421"/>
+      <c r="AE90" s="434"/>
+    </row>
+    <row r="91" spans="1:31" s="290" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A91" s="438"/>
+      <c r="B91" s="441"/>
+      <c r="C91" s="444"/>
+      <c r="D91" s="447"/>
+      <c r="E91" s="450"/>
+      <c r="F91" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G91" s="372" t="s">
-[...14 lines deleted...]
-      <c r="L91" s="140" t="s">
+      <c r="G91" s="356" t="s">
+        <v>226</v>
+      </c>
+      <c r="H91" s="332" t="s">
+        <v>231</v>
+      </c>
+      <c r="I91" s="333" t="s">
+        <v>232</v>
+      </c>
+      <c r="J91" s="258" t="s">
+        <v>233</v>
+      </c>
+      <c r="K91" s="139" t="s">
+        <v>234</v>
+      </c>
+      <c r="L91" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="M91" s="136">
+      <c r="M91" s="135">
         <v>2</v>
       </c>
-      <c r="N91" s="136">
+      <c r="N91" s="135">
         <v>3</v>
       </c>
-      <c r="O91" s="323">
+      <c r="O91" s="308">
         <v>6</v>
       </c>
-      <c r="P91" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q91" s="136">
+      <c r="P91" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q91" s="135">
         <v>10</v>
       </c>
-      <c r="R91" s="323">
+      <c r="R91" s="308">
         <v>60</v>
       </c>
       <c r="S91" s="101" t="str">
         <f t="shared" si="19"/>
         <v>III</v>
       </c>
-      <c r="T91" s="137" t="s">
-[...2 lines deleted...]
-      <c r="U91" s="140" t="s">
+      <c r="T91" s="136" t="s">
         <v>123</v>
       </c>
-      <c r="V91" s="143">
+      <c r="U91" s="139" t="s">
+        <v>124</v>
+      </c>
+      <c r="V91" s="142">
         <v>10</v>
       </c>
-      <c r="W91" s="140" t="s">
+      <c r="W91" s="139" t="s">
         <v>104</v>
       </c>
-      <c r="X91" s="140" t="s">
-[...36 lines deleted...]
-      <c r="J92" s="139" t="s">
+      <c r="X91" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y91" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z91" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA91" s="139" t="s">
+        <v>125</v>
+      </c>
+      <c r="AB91" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC91" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD91" s="421"/>
+      <c r="AE91" s="422"/>
+    </row>
+    <row r="92" spans="1:31" ht="51" customHeight="1">
+      <c r="A92" s="438"/>
+      <c r="B92" s="441"/>
+      <c r="C92" s="444"/>
+      <c r="D92" s="447"/>
+      <c r="E92" s="450"/>
+      <c r="F92" s="133" t="s">
+        <v>170</v>
+      </c>
+      <c r="G92" s="154" t="s">
+        <v>203</v>
+      </c>
+      <c r="H92" s="154" t="s">
+        <v>436</v>
+      </c>
+      <c r="I92" s="156" t="s">
+        <v>205</v>
+      </c>
+      <c r="J92" s="138" t="s">
         <v>99</v>
       </c>
-      <c r="K92" s="138" t="s">
-[...2 lines deleted...]
-      <c r="L92" s="144" t="s">
+      <c r="K92" s="137" t="s">
+        <v>206</v>
+      </c>
+      <c r="L92" s="143" t="s">
         <v>99</v>
       </c>
-      <c r="M92" s="162">
+      <c r="M92" s="161">
         <v>6</v>
       </c>
-      <c r="N92" s="162">
+      <c r="N92" s="161">
         <v>2</v>
       </c>
       <c r="O92" s="100">
         <f t="shared" si="14"/>
         <v>12</v>
       </c>
       <c r="P92" s="100" t="str">
         <f t="shared" si="15"/>
         <v>A</v>
       </c>
-      <c r="Q92" s="136">
+      <c r="Q92" s="135">
         <v>25</v>
       </c>
       <c r="R92" s="100">
         <f t="shared" si="18"/>
         <v>300</v>
       </c>
       <c r="S92" s="101" t="str">
         <f t="shared" si="19"/>
         <v>II</v>
       </c>
-      <c r="T92" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V92" s="143">
+      <c r="T92" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U92" s="158" t="s">
+        <v>207</v>
+      </c>
+      <c r="V92" s="142">
         <v>10</v>
       </c>
-      <c r="W92" s="142" t="s">
+      <c r="W92" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X92" s="139" t="s">
-[...26 lines deleted...]
-      <c r="F93" s="134" t="s">
+      <c r="X92" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y92" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z92" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA92" s="137" t="s">
+        <v>208</v>
+      </c>
+      <c r="AB92" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC92" s="420" t="s">
+        <v>209</v>
+      </c>
+      <c r="AD92" s="421"/>
+      <c r="AE92" s="421"/>
+    </row>
+    <row r="93" spans="1:31" ht="81.75" customHeight="1">
+      <c r="A93" s="438"/>
+      <c r="B93" s="441"/>
+      <c r="C93" s="444"/>
+      <c r="D93" s="447"/>
+      <c r="E93" s="450"/>
+      <c r="F93" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G93" s="155" t="s">
-[...8 lines deleted...]
-      <c r="J93" s="139" t="s">
+      <c r="G93" s="154" t="s">
+        <v>437</v>
+      </c>
+      <c r="H93" s="154" t="s">
+        <v>211</v>
+      </c>
+      <c r="I93" s="157" t="s">
+        <v>212</v>
+      </c>
+      <c r="J93" s="138" t="s">
         <v>99</v>
       </c>
-      <c r="K93" s="138" t="s">
+      <c r="K93" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L93" s="139" t="s">
+      <c r="L93" s="138" t="s">
         <v>99</v>
       </c>
-      <c r="M93" s="162">
+      <c r="M93" s="161">
         <v>2</v>
       </c>
-      <c r="N93" s="162">
+      <c r="N93" s="161">
         <v>1</v>
       </c>
       <c r="O93" s="100">
         <f t="shared" si="14"/>
         <v>2</v>
       </c>
       <c r="P93" s="100" t="str">
         <f t="shared" si="15"/>
         <v>B</v>
       </c>
-      <c r="Q93" s="136">
+      <c r="Q93" s="135">
         <v>10</v>
       </c>
       <c r="R93" s="100">
         <f t="shared" si="18"/>
         <v>20</v>
       </c>
       <c r="S93" s="101" t="str">
         <f t="shared" si="19"/>
         <v>IV</v>
       </c>
-      <c r="T93" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V93" s="143">
+      <c r="T93" s="136" t="s">
+        <v>168</v>
+      </c>
+      <c r="U93" s="158" t="s">
+        <v>213</v>
+      </c>
+      <c r="V93" s="142">
         <v>10</v>
       </c>
-      <c r="W93" s="142" t="s">
+      <c r="W93" s="141" t="s">
         <v>104</v>
       </c>
-      <c r="X93" s="139" t="s">
-[...24 lines deleted...]
-      <c r="F94" s="213" t="s">
+      <c r="X93" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y93" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z93" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA93" s="137" t="s">
+        <v>438</v>
+      </c>
+      <c r="AB93" s="138" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC93" s="420" t="s">
+        <v>215</v>
+      </c>
+      <c r="AD93" s="421"/>
+      <c r="AE93" s="422"/>
+    </row>
+    <row r="94" spans="1:31" ht="76.5" customHeight="1" thickBot="1">
+      <c r="A94" s="439"/>
+      <c r="B94" s="442"/>
+      <c r="C94" s="445"/>
+      <c r="D94" s="448"/>
+      <c r="E94" s="451"/>
+      <c r="F94" s="210" t="s">
         <v>95</v>
       </c>
-      <c r="G94" s="365" t="s">
-[...8 lines deleted...]
-      <c r="J94" s="175" t="s">
+      <c r="G94" s="349" t="s">
+        <v>236</v>
+      </c>
+      <c r="H94" s="251" t="s">
+        <v>237</v>
+      </c>
+      <c r="I94" s="203" t="s">
+        <v>238</v>
+      </c>
+      <c r="J94" s="174" t="s">
         <v>99</v>
       </c>
-      <c r="K94" s="164" t="s">
-[...5 lines deleted...]
-      <c r="M94" s="191">
+      <c r="K94" s="163" t="s">
+        <v>239</v>
+      </c>
+      <c r="L94" s="163" t="s">
+        <v>240</v>
+      </c>
+      <c r="M94" s="190">
         <v>2</v>
       </c>
-      <c r="N94" s="191">
+      <c r="N94" s="190">
         <v>2</v>
       </c>
-      <c r="O94" s="182">
+      <c r="O94" s="181">
         <f t="shared" si="14"/>
         <v>4</v>
       </c>
-      <c r="P94" s="182" t="str">
+      <c r="P94" s="181" t="str">
         <f t="shared" si="15"/>
         <v>B</v>
       </c>
-      <c r="Q94" s="192">
+      <c r="Q94" s="191">
         <v>10</v>
       </c>
-      <c r="R94" s="182">
+      <c r="R94" s="181">
         <f t="shared" si="18"/>
         <v>40</v>
       </c>
-      <c r="S94" s="183" t="str">
+      <c r="S94" s="182" t="str">
         <f t="shared" si="19"/>
         <v>III</v>
       </c>
-      <c r="T94" s="193" t="s">
-[...5 lines deleted...]
-      <c r="V94" s="163">
+      <c r="T94" s="192" t="s">
+        <v>123</v>
+      </c>
+      <c r="U94" s="204" t="s">
+        <v>241</v>
+      </c>
+      <c r="V94" s="162">
         <v>10</v>
       </c>
-      <c r="W94" s="164" t="s">
+      <c r="W94" s="163" t="s">
         <v>104</v>
       </c>
-      <c r="X94" s="175" t="s">
-[...46 lines deleted...]
-      <c r="J95" s="233" t="s">
+      <c r="X94" s="174" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y94" s="174" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z94" s="174" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA94" s="163" t="s">
+        <v>439</v>
+      </c>
+      <c r="AB94" s="174" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC94" s="463" t="s">
+        <v>243</v>
+      </c>
+      <c r="AD94" s="464"/>
+      <c r="AE94" s="465"/>
+    </row>
+    <row r="95" spans="1:31" ht="71.25" customHeight="1">
+      <c r="A95" s="431" t="s">
+        <v>440</v>
+      </c>
+      <c r="B95" s="428" t="s">
+        <v>441</v>
+      </c>
+      <c r="C95" s="423" t="s">
+        <v>442</v>
+      </c>
+      <c r="D95" s="423" t="s">
+        <v>443</v>
+      </c>
+      <c r="E95" s="423" t="s">
+        <v>444</v>
+      </c>
+      <c r="F95" s="217" t="s">
+        <v>170</v>
+      </c>
+      <c r="G95" s="242" t="s">
+        <v>445</v>
+      </c>
+      <c r="H95" s="245" t="s">
+        <v>337</v>
+      </c>
+      <c r="I95" s="230" t="s">
+        <v>338</v>
+      </c>
+      <c r="J95" s="230" t="s">
         <v>99</v>
       </c>
-      <c r="K95" s="242" t="s">
+      <c r="K95" s="239" t="s">
         <v>99</v>
       </c>
-      <c r="L95" s="242" t="s">
-[...2 lines deleted...]
-      <c r="M95" s="239">
+      <c r="L95" s="239" t="s">
+        <v>333</v>
+      </c>
+      <c r="M95" s="236">
         <v>6</v>
       </c>
-      <c r="N95" s="239">
+      <c r="N95" s="236">
         <v>3</v>
       </c>
-      <c r="O95" s="235">
+      <c r="O95" s="232">
         <v>18</v>
       </c>
-      <c r="P95" s="235" t="s">
-[...2 lines deleted...]
-      <c r="Q95" s="239">
+      <c r="P95" s="232" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q95" s="236">
         <v>25</v>
       </c>
-      <c r="R95" s="234">
+      <c r="R95" s="231">
         <v>450</v>
       </c>
-      <c r="S95" s="229" t="s">
-[...8 lines deleted...]
-      <c r="V95" s="233">
+      <c r="S95" s="226" t="s">
+        <v>446</v>
+      </c>
+      <c r="T95" s="230" t="s">
+        <v>161</v>
+      </c>
+      <c r="U95" s="230" t="s">
+        <v>177</v>
+      </c>
+      <c r="V95" s="230">
         <v>5</v>
       </c>
-      <c r="W95" s="242" t="s">
+      <c r="W95" s="239" t="s">
         <v>104</v>
       </c>
-      <c r="X95" s="233" t="s">
-[...36 lines deleted...]
-      <c r="J96" s="244" t="s">
+      <c r="X95" s="230" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y95" s="230" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z95" s="230" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA95" s="230" t="s">
+        <v>339</v>
+      </c>
+      <c r="AB95" s="230" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC95" s="530" t="s">
+        <v>179</v>
+      </c>
+      <c r="AD95" s="531"/>
+      <c r="AE95" s="531"/>
+    </row>
+    <row r="96" spans="1:31" ht="51" customHeight="1">
+      <c r="A96" s="432"/>
+      <c r="B96" s="429"/>
+      <c r="C96" s="424"/>
+      <c r="D96" s="424"/>
+      <c r="E96" s="424"/>
+      <c r="F96" s="241" t="s">
+        <v>170</v>
+      </c>
+      <c r="G96" s="254" t="s">
+        <v>447</v>
+      </c>
+      <c r="H96" s="252" t="s">
+        <v>448</v>
+      </c>
+      <c r="I96" s="238" t="s">
+        <v>182</v>
+      </c>
+      <c r="J96" s="241" t="s">
         <v>99</v>
       </c>
-      <c r="K96" s="241" t="s">
+      <c r="K96" s="238" t="s">
         <v>99</v>
       </c>
-      <c r="L96" s="241" t="s">
-[...2 lines deleted...]
-      <c r="M96" s="244">
+      <c r="L96" s="238" t="s">
+        <v>333</v>
+      </c>
+      <c r="M96" s="241">
         <v>6</v>
       </c>
-      <c r="N96" s="244">
+      <c r="N96" s="241">
         <v>3</v>
       </c>
-      <c r="O96" s="244">
+      <c r="O96" s="241">
         <v>18</v>
       </c>
-      <c r="P96" s="242" t="s">
+      <c r="P96" s="239" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q96" s="241">
+        <v>10</v>
+      </c>
+      <c r="R96" s="241">
+        <v>180</v>
+      </c>
+      <c r="S96" s="220" t="s">
+        <v>446</v>
+      </c>
+      <c r="T96" s="227" t="s">
+        <v>449</v>
+      </c>
+      <c r="U96" s="243" t="s">
+        <v>177</v>
+      </c>
+      <c r="V96" s="230">
+        <v>5</v>
+      </c>
+      <c r="W96" s="238" t="s">
+        <v>104</v>
+      </c>
+      <c r="X96" s="241" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y96" s="241" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z96" s="241" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA96" s="233" t="s">
+        <v>450</v>
+      </c>
+      <c r="AB96" s="241" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC96" s="435" t="s">
+        <v>185</v>
+      </c>
+      <c r="AD96" s="436"/>
+      <c r="AE96" s="436"/>
+    </row>
+    <row r="97" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A97" s="432"/>
+      <c r="B97" s="429"/>
+      <c r="C97" s="424"/>
+      <c r="D97" s="424"/>
+      <c r="E97" s="424"/>
+      <c r="F97" s="241" t="s">
+        <v>170</v>
+      </c>
+      <c r="G97" s="242" t="s">
+        <v>451</v>
+      </c>
+      <c r="H97" s="245" t="s">
+        <v>250</v>
+      </c>
+      <c r="I97" s="230" t="s">
+        <v>452</v>
+      </c>
+      <c r="J97" s="239" t="s">
+        <v>453</v>
+      </c>
+      <c r="K97" s="239" t="s">
+        <v>454</v>
+      </c>
+      <c r="L97" s="228" t="s">
+        <v>455</v>
+      </c>
+      <c r="M97" s="224">
+        <v>2</v>
+      </c>
+      <c r="N97" s="224">
+        <v>3</v>
+      </c>
+      <c r="O97" s="225">
+        <v>6</v>
+      </c>
+      <c r="P97" s="225" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q97" s="224">
+        <v>60</v>
+      </c>
+      <c r="R97" s="225">
+        <v>360</v>
+      </c>
+      <c r="S97" s="226" t="s">
+        <v>446</v>
+      </c>
+      <c r="T97" s="227" t="s">
+        <v>449</v>
+      </c>
+      <c r="U97" s="230" t="s">
+        <v>456</v>
+      </c>
+      <c r="V97" s="230">
+        <v>5</v>
+      </c>
+      <c r="W97" s="239" t="s">
+        <v>104</v>
+      </c>
+      <c r="X97" s="230" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y97" s="230" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z97" s="239" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA97" s="239" t="s">
+        <v>457</v>
+      </c>
+      <c r="AB97" s="228" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC97" s="420" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD97" s="421"/>
+      <c r="AE97" s="421"/>
+    </row>
+    <row r="98" spans="1:31" ht="51" customHeight="1">
+      <c r="A98" s="432"/>
+      <c r="B98" s="429"/>
+      <c r="C98" s="424"/>
+      <c r="D98" s="424"/>
+      <c r="E98" s="424"/>
+      <c r="F98" s="241" t="s">
+        <v>170</v>
+      </c>
+      <c r="G98" s="216" t="s">
+        <v>458</v>
+      </c>
+      <c r="H98" s="216" t="s">
+        <v>459</v>
+      </c>
+      <c r="I98" s="238" t="s">
+        <v>205</v>
+      </c>
+      <c r="J98" s="241" t="s">
+        <v>99</v>
+      </c>
+      <c r="K98" s="233" t="s">
+        <v>460</v>
+      </c>
+      <c r="L98" s="243" t="s">
+        <v>461</v>
+      </c>
+      <c r="M98" s="241">
+        <v>2</v>
+      </c>
+      <c r="N98" s="241">
+        <v>2</v>
+      </c>
+      <c r="O98" s="241">
+        <v>4</v>
+      </c>
+      <c r="P98" s="239" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q98" s="241">
+        <v>10</v>
+      </c>
+      <c r="R98" s="241">
+        <v>40</v>
+      </c>
+      <c r="S98" s="220" t="s">
+        <v>462</v>
+      </c>
+      <c r="T98" s="221" t="s">
+        <v>123</v>
+      </c>
+      <c r="U98" s="243" t="s">
+        <v>463</v>
+      </c>
+      <c r="V98" s="230">
+        <v>5</v>
+      </c>
+      <c r="W98" s="238" t="s">
+        <v>104</v>
+      </c>
+      <c r="X98" s="241" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y98" s="241" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z98" s="241" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA98" s="233" t="s">
+        <v>464</v>
+      </c>
+      <c r="AB98" s="233" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC98" s="420" t="s">
+        <v>209</v>
+      </c>
+      <c r="AD98" s="421"/>
+      <c r="AE98" s="421"/>
+    </row>
+    <row r="99" spans="1:31" ht="51" customHeight="1">
+      <c r="A99" s="432"/>
+      <c r="B99" s="429"/>
+      <c r="C99" s="424"/>
+      <c r="D99" s="424"/>
+      <c r="E99" s="424"/>
+      <c r="F99" s="241" t="s">
+        <v>170</v>
+      </c>
+      <c r="G99" s="245" t="s">
+        <v>465</v>
+      </c>
+      <c r="H99" s="245" t="s">
+        <v>199</v>
+      </c>
+      <c r="I99" s="239" t="s">
+        <v>167</v>
+      </c>
+      <c r="J99" s="228" t="s">
+        <v>99</v>
+      </c>
+      <c r="K99" s="228" t="s">
+        <v>99</v>
+      </c>
+      <c r="L99" s="239" t="s">
+        <v>99</v>
+      </c>
+      <c r="M99" s="224">
+        <v>6</v>
+      </c>
+      <c r="N99" s="224">
+        <v>2</v>
+      </c>
+      <c r="O99" s="225">
+        <v>12</v>
+      </c>
+      <c r="P99" s="225" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q99" s="224">
+        <v>25</v>
+      </c>
+      <c r="R99" s="219">
+        <v>300</v>
+      </c>
+      <c r="S99" s="226" t="s">
+        <v>446</v>
+      </c>
+      <c r="T99" s="227" t="s">
+        <v>449</v>
+      </c>
+      <c r="U99" s="239" t="s">
+        <v>200</v>
+      </c>
+      <c r="V99" s="230">
+        <v>5</v>
+      </c>
+      <c r="W99" s="239" t="s">
+        <v>104</v>
+      </c>
+      <c r="X99" s="229" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y99" s="229" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z99" s="239" t="s">
+        <v>466</v>
+      </c>
+      <c r="AA99" s="239" t="s">
+        <v>467</v>
+      </c>
+      <c r="AB99" s="229" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC99" s="420" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD99" s="421"/>
+      <c r="AE99" s="422"/>
+    </row>
+    <row r="100" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A100" s="432"/>
+      <c r="B100" s="429"/>
+      <c r="C100" s="424"/>
+      <c r="D100" s="424"/>
+      <c r="E100" s="424"/>
+      <c r="F100" s="241" t="s">
+        <v>170</v>
+      </c>
+      <c r="G100" s="242" t="s">
+        <v>468</v>
+      </c>
+      <c r="H100" s="244" t="s">
+        <v>469</v>
+      </c>
+      <c r="I100" s="221" t="s">
+        <v>269</v>
+      </c>
+      <c r="J100" s="221" t="s">
+        <v>99</v>
+      </c>
+      <c r="K100" s="221" t="s">
+        <v>270</v>
+      </c>
+      <c r="L100" s="221" t="s">
+        <v>99</v>
+      </c>
+      <c r="M100" s="218">
+        <v>2</v>
+      </c>
+      <c r="N100" s="218">
+        <v>3</v>
+      </c>
+      <c r="O100" s="219">
+        <v>6</v>
+      </c>
+      <c r="P100" s="225" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q100" s="218">
+        <v>10</v>
+      </c>
+      <c r="R100" s="219">
+        <v>60</v>
+      </c>
+      <c r="S100" s="222" t="s">
+        <v>462</v>
+      </c>
+      <c r="T100" s="221" t="s">
+        <v>123</v>
+      </c>
+      <c r="U100" s="221" t="s">
+        <v>137</v>
+      </c>
+      <c r="V100" s="230">
+        <v>5</v>
+      </c>
+      <c r="W100" s="223" t="s">
+        <v>104</v>
+      </c>
+      <c r="X100" s="221" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y100" s="221" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z100" s="221" t="s">
+        <v>470</v>
+      </c>
+      <c r="AA100" s="221" t="s">
+        <v>138</v>
+      </c>
+      <c r="AB100" s="221" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC100" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD100" s="421"/>
+      <c r="AE100" s="422"/>
+    </row>
+    <row r="101" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A101" s="432"/>
+      <c r="B101" s="429"/>
+      <c r="C101" s="424"/>
+      <c r="D101" s="424"/>
+      <c r="E101" s="424"/>
+      <c r="F101" s="241" t="s">
+        <v>170</v>
+      </c>
+      <c r="G101" s="245" t="s">
+        <v>127</v>
+      </c>
+      <c r="H101" s="245" t="s">
+        <v>471</v>
+      </c>
+      <c r="I101" s="230" t="s">
+        <v>129</v>
+      </c>
+      <c r="J101" s="230" t="s">
+        <v>99</v>
+      </c>
+      <c r="K101" s="230" t="s">
+        <v>99</v>
+      </c>
+      <c r="L101" s="230" t="s">
+        <v>130</v>
+      </c>
+      <c r="M101" s="224">
+        <v>2</v>
+      </c>
+      <c r="N101" s="224">
+        <v>2</v>
+      </c>
+      <c r="O101" s="225">
+        <v>4</v>
+      </c>
+      <c r="P101" s="225" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q101" s="224">
+        <v>10</v>
+      </c>
+      <c r="R101" s="219">
+        <v>40</v>
+      </c>
+      <c r="S101" s="226" t="s">
+        <v>462</v>
+      </c>
+      <c r="T101" s="227" t="s">
+        <v>123</v>
+      </c>
+      <c r="U101" s="230" t="s">
+        <v>131</v>
+      </c>
+      <c r="V101" s="230">
+        <v>5</v>
+      </c>
+      <c r="W101" s="239" t="s">
+        <v>104</v>
+      </c>
+      <c r="X101" s="230" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y101" s="230" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z101" s="230" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA101" s="227" t="s">
+        <v>420</v>
+      </c>
+      <c r="AB101" s="230" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC101" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD101" s="421"/>
+      <c r="AE101" s="422"/>
+    </row>
+    <row r="102" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A102" s="432"/>
+      <c r="B102" s="429"/>
+      <c r="C102" s="424"/>
+      <c r="D102" s="424"/>
+      <c r="E102" s="424"/>
+      <c r="F102" s="217" t="s">
+        <v>170</v>
+      </c>
+      <c r="G102" s="242" t="s">
+        <v>277</v>
+      </c>
+      <c r="H102" s="242" t="s">
+        <v>284</v>
+      </c>
+      <c r="I102" s="239" t="s">
+        <v>279</v>
+      </c>
+      <c r="J102" s="229" t="s">
+        <v>99</v>
+      </c>
+      <c r="K102" s="229" t="s">
+        <v>99</v>
+      </c>
+      <c r="L102" s="239" t="s">
+        <v>280</v>
+      </c>
+      <c r="M102" s="229">
+        <v>2</v>
+      </c>
+      <c r="N102" s="229">
+        <v>2</v>
+      </c>
+      <c r="O102" s="231">
+        <v>4</v>
+      </c>
+      <c r="P102" s="232" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q102" s="229">
+        <v>10</v>
+      </c>
+      <c r="R102" s="231">
+        <v>40</v>
+      </c>
+      <c r="S102" s="226" t="s">
+        <v>462</v>
+      </c>
+      <c r="T102" s="230" t="s">
+        <v>123</v>
+      </c>
+      <c r="U102" s="228" t="s">
+        <v>281</v>
+      </c>
+      <c r="V102" s="230">
+        <v>5</v>
+      </c>
+      <c r="W102" s="239" t="s">
+        <v>104</v>
+      </c>
+      <c r="X102" s="229" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y102" s="229" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z102" s="229" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA102" s="239" t="s">
+        <v>149</v>
+      </c>
+      <c r="AB102" s="228" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC102" s="420" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD102" s="421"/>
+      <c r="AE102" s="421"/>
+    </row>
+    <row r="103" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A103" s="432"/>
+      <c r="B103" s="429"/>
+      <c r="C103" s="424"/>
+      <c r="D103" s="424"/>
+      <c r="E103" s="424"/>
+      <c r="F103" s="217" t="s">
+        <v>170</v>
+      </c>
+      <c r="G103" s="242" t="s">
+        <v>283</v>
+      </c>
+      <c r="H103" s="242" t="s">
+        <v>284</v>
+      </c>
+      <c r="I103" s="239" t="s">
+        <v>472</v>
+      </c>
+      <c r="J103" s="229" t="s">
+        <v>99</v>
+      </c>
+      <c r="K103" s="229" t="s">
+        <v>99</v>
+      </c>
+      <c r="L103" s="239" t="s">
+        <v>280</v>
+      </c>
+      <c r="M103" s="229">
+        <v>2</v>
+      </c>
+      <c r="N103" s="229">
+        <v>2</v>
+      </c>
+      <c r="O103" s="229">
+        <v>4</v>
+      </c>
+      <c r="P103" s="232" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q103" s="229">
+        <v>10</v>
+      </c>
+      <c r="R103" s="229">
+        <v>40</v>
+      </c>
+      <c r="S103" s="226" t="s">
+        <v>462</v>
+      </c>
+      <c r="T103" s="230" t="s">
+        <v>123</v>
+      </c>
+      <c r="U103" s="228" t="s">
+        <v>286</v>
+      </c>
+      <c r="V103" s="230">
+        <v>5</v>
+      </c>
+      <c r="W103" s="239" t="s">
+        <v>104</v>
+      </c>
+      <c r="X103" s="229" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y103" s="229" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z103" s="229" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA103" s="239" t="s">
+        <v>473</v>
+      </c>
+      <c r="AB103" s="228" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC103" s="420" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD103" s="421"/>
+      <c r="AE103" s="421"/>
+    </row>
+    <row r="104" spans="1:31" ht="63.75" customHeight="1">
+      <c r="A104" s="432"/>
+      <c r="B104" s="429"/>
+      <c r="C104" s="424"/>
+      <c r="D104" s="424"/>
+      <c r="E104" s="424"/>
+      <c r="F104" s="237" t="s">
+        <v>170</v>
+      </c>
+      <c r="G104" s="255" t="s">
+        <v>474</v>
+      </c>
+      <c r="H104" s="253" t="s">
+        <v>311</v>
+      </c>
+      <c r="I104" s="240" t="s">
+        <v>218</v>
+      </c>
+      <c r="J104" s="238" t="s">
+        <v>312</v>
+      </c>
+      <c r="K104" s="237" t="s">
+        <v>220</v>
+      </c>
+      <c r="L104" s="241" t="s">
+        <v>99</v>
+      </c>
+      <c r="M104" s="234">
+        <v>2</v>
+      </c>
+      <c r="N104" s="234">
+        <v>2</v>
+      </c>
+      <c r="O104" s="234">
+        <v>4</v>
+      </c>
+      <c r="P104" s="231" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q104" s="234">
+        <v>25</v>
+      </c>
+      <c r="R104" s="234">
+        <v>100</v>
+      </c>
+      <c r="S104" s="220" t="s">
+        <v>462</v>
+      </c>
+      <c r="T104" s="239" t="s">
+        <v>123</v>
+      </c>
+      <c r="U104" s="237" t="s">
+        <v>222</v>
+      </c>
+      <c r="V104" s="230">
+        <v>5</v>
+      </c>
+      <c r="W104" s="238" t="s">
+        <v>104</v>
+      </c>
+      <c r="X104" s="241" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y104" s="241" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z104" s="238" t="s">
         <v>223</v>
       </c>
-      <c r="Q96" s="244">
-[...66 lines deleted...]
-      <c r="M97" s="227">
+      <c r="AA104" s="237" t="s">
+        <v>475</v>
+      </c>
+      <c r="AB104" s="241" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC104" s="420" t="s">
+        <v>225</v>
+      </c>
+      <c r="AD104" s="421"/>
+      <c r="AE104" s="422"/>
+    </row>
+    <row r="105" spans="1:31" s="337" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A105" s="432"/>
+      <c r="B105" s="429"/>
+      <c r="C105" s="424"/>
+      <c r="D105" s="424"/>
+      <c r="E105" s="424"/>
+      <c r="F105" s="331" t="s">
+        <v>95</v>
+      </c>
+      <c r="G105" s="356" t="s">
+        <v>216</v>
+      </c>
+      <c r="H105" s="332" t="s">
+        <v>217</v>
+      </c>
+      <c r="I105" s="333" t="s">
+        <v>218</v>
+      </c>
+      <c r="J105" s="258" t="s">
+        <v>219</v>
+      </c>
+      <c r="K105" s="331" t="s">
+        <v>220</v>
+      </c>
+      <c r="L105" s="289" t="s">
+        <v>99</v>
+      </c>
+      <c r="M105" s="289">
+        <v>6</v>
+      </c>
+      <c r="N105" s="289">
         <v>2</v>
       </c>
-      <c r="N97" s="227">
-[...160 lines deleted...]
-      <c r="O99" s="228">
+      <c r="O105" s="289">
         <v>12</v>
       </c>
-      <c r="P99" s="228" t="s">
-[...2 lines deleted...]
-      <c r="Q99" s="227">
+      <c r="P105" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q105" s="288">
         <v>25</v>
       </c>
-      <c r="R99" s="222">
-[...475 lines deleted...]
-      <c r="R105" s="344">
+      <c r="R105" s="329">
         <v>300</v>
       </c>
       <c r="S105" s="101" t="str">
         <f t="shared" ref="S105:S107" si="20">IF(R105="","",IF(AND(R105&gt;=600,R105&lt;=4000),"I",IF(AND(R105&gt;=150,R105&lt;=500),"II",IF(AND(R105&gt;=40,R105&lt;=120),"III",IF(OR(R105&lt;=20,R105&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T105" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V105" s="233">
+      <c r="T105" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U105" s="331" t="s">
+        <v>222</v>
+      </c>
+      <c r="V105" s="230">
         <v>5</v>
       </c>
-      <c r="W105" s="261" t="s">
+      <c r="W105" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X105" s="301" t="s">
-[...24 lines deleted...]
-      <c r="F106" s="346" t="s">
+      <c r="X105" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y105" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z105" s="258" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA105" s="189" t="s">
+        <v>224</v>
+      </c>
+      <c r="AB105" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC105" s="420" t="s">
+        <v>225</v>
+      </c>
+      <c r="AD105" s="421"/>
+      <c r="AE105" s="434"/>
+    </row>
+    <row r="106" spans="1:31" s="337" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A106" s="432"/>
+      <c r="B106" s="429"/>
+      <c r="C106" s="424"/>
+      <c r="D106" s="424"/>
+      <c r="E106" s="424"/>
+      <c r="F106" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G106" s="372" t="s">
-[...17 lines deleted...]
-      <c r="M106" s="301">
+      <c r="G106" s="356" t="s">
+        <v>226</v>
+      </c>
+      <c r="H106" s="332" t="s">
+        <v>227</v>
+      </c>
+      <c r="I106" s="333" t="s">
+        <v>228</v>
+      </c>
+      <c r="J106" s="258" t="s">
+        <v>229</v>
+      </c>
+      <c r="K106" s="331" t="s">
+        <v>220</v>
+      </c>
+      <c r="L106" s="258" t="s">
+        <v>230</v>
+      </c>
+      <c r="M106" s="289">
         <v>6</v>
       </c>
-      <c r="N106" s="301">
+      <c r="N106" s="289">
         <v>2</v>
       </c>
-      <c r="O106" s="301">
+      <c r="O106" s="289">
         <v>12</v>
       </c>
-      <c r="P106" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q106" s="300">
+      <c r="P106" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q106" s="288">
         <v>25</v>
       </c>
-      <c r="R106" s="344">
+      <c r="R106" s="329">
         <v>300</v>
       </c>
       <c r="S106" s="101" t="str">
         <f t="shared" si="20"/>
         <v>II</v>
       </c>
-      <c r="T106" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V106" s="233">
+      <c r="T106" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U106" s="331" t="s">
+        <v>222</v>
+      </c>
+      <c r="V106" s="230">
         <v>5</v>
       </c>
-      <c r="W106" s="261" t="s">
+      <c r="W106" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X106" s="301" t="s">
-[...24 lines deleted...]
-      <c r="F107" s="346" t="s">
+      <c r="X106" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y106" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z106" s="258" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA106" s="189" t="s">
+        <v>224</v>
+      </c>
+      <c r="AB106" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC106" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD106" s="421"/>
+      <c r="AE106" s="434"/>
+    </row>
+    <row r="107" spans="1:31" s="290" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A107" s="432"/>
+      <c r="B107" s="429"/>
+      <c r="C107" s="424"/>
+      <c r="D107" s="424"/>
+      <c r="E107" s="424"/>
+      <c r="F107" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G107" s="372" t="s">
-[...14 lines deleted...]
-      <c r="L107" s="140" t="s">
+      <c r="G107" s="356" t="s">
+        <v>226</v>
+      </c>
+      <c r="H107" s="332" t="s">
+        <v>231</v>
+      </c>
+      <c r="I107" s="333" t="s">
+        <v>232</v>
+      </c>
+      <c r="J107" s="258" t="s">
+        <v>233</v>
+      </c>
+      <c r="K107" s="139" t="s">
+        <v>234</v>
+      </c>
+      <c r="L107" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="M107" s="136">
+      <c r="M107" s="135">
         <v>2</v>
       </c>
-      <c r="N107" s="136">
+      <c r="N107" s="135">
         <v>3</v>
       </c>
-      <c r="O107" s="323">
+      <c r="O107" s="308">
         <v>6</v>
       </c>
-      <c r="P107" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q107" s="136">
+      <c r="P107" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q107" s="135">
         <v>10</v>
       </c>
-      <c r="R107" s="323">
+      <c r="R107" s="308">
         <v>60</v>
       </c>
       <c r="S107" s="101" t="str">
         <f t="shared" si="20"/>
         <v>III</v>
       </c>
-      <c r="T107" s="137" t="s">
-[...2 lines deleted...]
-      <c r="U107" s="140" t="s">
+      <c r="T107" s="136" t="s">
         <v>123</v>
       </c>
-      <c r="V107" s="233">
+      <c r="U107" s="139" t="s">
+        <v>124</v>
+      </c>
+      <c r="V107" s="230">
         <v>5</v>
       </c>
-      <c r="W107" s="140" t="s">
+      <c r="W107" s="139" t="s">
         <v>104</v>
       </c>
-      <c r="X107" s="140" t="s">
-[...24 lines deleted...]
-      <c r="F108" s="244" t="s">
+      <c r="X107" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y107" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z107" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA107" s="139" t="s">
+        <v>125</v>
+      </c>
+      <c r="AB107" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC107" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD107" s="421"/>
+      <c r="AE107" s="422"/>
+    </row>
+    <row r="108" spans="1:31" ht="76.5" customHeight="1">
+      <c r="A108" s="432"/>
+      <c r="B108" s="429"/>
+      <c r="C108" s="424"/>
+      <c r="D108" s="424"/>
+      <c r="E108" s="424"/>
+      <c r="F108" s="241" t="s">
         <v>95</v>
       </c>
-      <c r="G108" s="257" t="s">
-[...8 lines deleted...]
-      <c r="J108" s="244" t="s">
+      <c r="G108" s="254" t="s">
+        <v>476</v>
+      </c>
+      <c r="H108" s="254" t="s">
+        <v>392</v>
+      </c>
+      <c r="I108" s="238" t="s">
+        <v>238</v>
+      </c>
+      <c r="J108" s="241" t="s">
         <v>99</v>
       </c>
-      <c r="K108" s="241" t="s">
-[...5 lines deleted...]
-      <c r="M108" s="244">
+      <c r="K108" s="238" t="s">
+        <v>393</v>
+      </c>
+      <c r="L108" s="238" t="s">
+        <v>394</v>
+      </c>
+      <c r="M108" s="241">
         <v>2</v>
       </c>
-      <c r="N108" s="244">
+      <c r="N108" s="241">
         <v>1</v>
       </c>
-      <c r="O108" s="244">
+      <c r="O108" s="241">
         <v>2</v>
       </c>
-      <c r="P108" s="228" t="s">
-[...2 lines deleted...]
-      <c r="Q108" s="244">
+      <c r="P108" s="225" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q108" s="241">
         <v>10</v>
       </c>
-      <c r="R108" s="222">
+      <c r="R108" s="219">
         <v>20</v>
       </c>
-      <c r="S108" s="229" t="s">
-[...8 lines deleted...]
-      <c r="V108" s="233">
+      <c r="S108" s="226" t="s">
+        <v>477</v>
+      </c>
+      <c r="T108" s="227" t="s">
+        <v>168</v>
+      </c>
+      <c r="U108" s="238" t="s">
+        <v>395</v>
+      </c>
+      <c r="V108" s="230">
         <v>5</v>
       </c>
-      <c r="W108" s="241" t="s">
+      <c r="W108" s="238" t="s">
         <v>104</v>
       </c>
-      <c r="X108" s="244" t="s">
-[...36 lines deleted...]
-      <c r="J109" s="232" t="s">
+      <c r="X108" s="241" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y108" s="241" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z108" s="241" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA108" s="238" t="s">
+        <v>396</v>
+      </c>
+      <c r="AB108" s="241" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC108" s="420" t="s">
+        <v>243</v>
+      </c>
+      <c r="AD108" s="421"/>
+      <c r="AE108" s="422"/>
+    </row>
+    <row r="109" spans="1:31" ht="51" customHeight="1" thickBot="1">
+      <c r="A109" s="433"/>
+      <c r="B109" s="430"/>
+      <c r="C109" s="425"/>
+      <c r="D109" s="425"/>
+      <c r="E109" s="425"/>
+      <c r="F109" s="270" t="s">
+        <v>170</v>
+      </c>
+      <c r="G109" s="271" t="s">
+        <v>478</v>
+      </c>
+      <c r="H109" s="272" t="s">
+        <v>316</v>
+      </c>
+      <c r="I109" s="269" t="s">
+        <v>205</v>
+      </c>
+      <c r="J109" s="229" t="s">
         <v>99</v>
       </c>
-      <c r="K109" s="231" t="s">
-[...5 lines deleted...]
-      <c r="M109" s="239">
+      <c r="K109" s="228" t="s">
+        <v>317</v>
+      </c>
+      <c r="L109" s="228" t="s">
+        <v>318</v>
+      </c>
+      <c r="M109" s="236">
         <v>6</v>
       </c>
-      <c r="N109" s="239">
+      <c r="N109" s="236">
         <v>3</v>
       </c>
-      <c r="O109" s="235">
+      <c r="O109" s="232">
         <v>18</v>
       </c>
-      <c r="P109" s="235" t="s">
-[...2 lines deleted...]
-      <c r="Q109" s="239">
+      <c r="P109" s="232" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q109" s="236">
         <v>25</v>
       </c>
-      <c r="R109" s="238">
+      <c r="R109" s="235">
         <v>450</v>
       </c>
-      <c r="S109" s="229" t="s">
-[...8 lines deleted...]
-      <c r="V109" s="233">
+      <c r="S109" s="226" t="s">
+        <v>446</v>
+      </c>
+      <c r="T109" s="230" t="s">
+        <v>161</v>
+      </c>
+      <c r="U109" s="228" t="s">
+        <v>319</v>
+      </c>
+      <c r="V109" s="230">
         <v>5</v>
       </c>
-      <c r="W109" s="242" t="s">
+      <c r="W109" s="239" t="s">
         <v>104</v>
       </c>
-      <c r="X109" s="232" t="s">
-[...16 lines deleted...]
-      <c r="AE109" s="595"/>
+      <c r="X109" s="229" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y109" s="229" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z109" s="239" t="s">
+        <v>320</v>
+      </c>
+      <c r="AA109" s="273" t="s">
+        <v>479</v>
+      </c>
+      <c r="AB109" s="274" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC109" s="463" t="s">
+        <v>209</v>
+      </c>
+      <c r="AD109" s="464"/>
+      <c r="AE109" s="464"/>
     </row>
     <row r="110" spans="1:31" ht="155.25" customHeight="1">
-      <c r="A110" s="313" t="s">
-[...12 lines deleted...]
-        <v>475</v>
+      <c r="A110" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B110" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C110" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D110" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E110" s="300" t="s">
+        <v>483</v>
       </c>
       <c r="F110" s="4" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G110" s="2" t="s">
-        <v>476</v>
-[...4 lines deleted...]
-      <c r="I110" s="311" t="s">
+        <v>484</v>
+      </c>
+      <c r="H110" s="301" t="s">
+        <v>485</v>
+      </c>
+      <c r="I110" s="296" t="s">
         <v>98</v>
       </c>
       <c r="J110" s="3" t="s">
         <v>99</v>
       </c>
       <c r="K110" s="3" t="s">
         <v>100</v>
       </c>
       <c r="L110" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="M110" s="260">
+      <c r="M110" s="257">
         <v>6</v>
       </c>
-      <c r="N110" s="260">
+      <c r="N110" s="257">
         <v>3</v>
       </c>
       <c r="O110" s="100">
         <f t="shared" ref="O110" si="21">M110*N110</f>
         <v>18</v>
       </c>
       <c r="P110" s="100" t="str">
         <f t="shared" ref="P110" si="22">IF(OR(O110="",O110=0),"",IF(O110&lt;5,"B",IF(O110&lt;9,"M",IF(O110&lt;21,"A","MA"))))</f>
         <v>A</v>
       </c>
-      <c r="Q110" s="260">
+      <c r="Q110" s="257">
         <v>25</v>
       </c>
       <c r="R110" s="100">
         <f t="shared" ref="R110" si="23">O110*Q110</f>
         <v>450</v>
       </c>
       <c r="S110" s="101" t="str">
         <f t="shared" ref="S110" si="24">IF(R110="","",IF(AND(R110&gt;=600,R110&lt;=4000),"I",IF(AND(R110&gt;=150,R110&lt;=500),"II",IF(AND(R110&gt;=40,R110&lt;=120),"III",IF(OR(R110&lt;=20,R110&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
       <c r="T110" s="4" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="U110" s="3" t="s">
-        <v>334</v>
-[...1 lines deleted...]
-      <c r="V110" s="317">
+        <v>346</v>
+      </c>
+      <c r="V110" s="302">
         <v>31</v>
       </c>
       <c r="W110" s="3" t="s">
         <v>104</v>
       </c>
       <c r="X110" s="3" t="s">
         <v>105</v>
       </c>
       <c r="Y110" s="3" t="s">
         <v>105</v>
       </c>
       <c r="Z110" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="AA110" s="311" t="s">
-        <v>478</v>
+      <c r="AA110" s="296" t="s">
+        <v>486</v>
       </c>
       <c r="AB110" s="3" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      <c r="AE110" s="458"/>
+        <v>119</v>
+      </c>
+      <c r="AC110" s="466" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD110" s="467"/>
+      <c r="AE110" s="467"/>
     </row>
     <row r="111" spans="1:31" ht="133.5" customHeight="1">
-      <c r="A111" s="313" t="s">
-[...12 lines deleted...]
-        <v>475</v>
+      <c r="A111" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B111" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C111" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D111" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E111" s="300" t="s">
+        <v>483</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G111" s="2" t="s">
-        <v>479</v>
-[...16 lines deleted...]
-      <c r="M111" s="320">
+        <v>487</v>
+      </c>
+      <c r="H111" s="303" t="s">
+        <v>488</v>
+      </c>
+      <c r="I111" s="304" t="s">
+        <v>110</v>
+      </c>
+      <c r="J111" s="211" t="s">
+        <v>489</v>
+      </c>
+      <c r="K111" s="211" t="s">
+        <v>490</v>
+      </c>
+      <c r="L111" s="185" t="s">
+        <v>491</v>
+      </c>
+      <c r="M111" s="305">
         <v>6</v>
       </c>
-      <c r="N111" s="320">
+      <c r="N111" s="305">
         <v>3</v>
       </c>
-      <c r="O111" s="320">
+      <c r="O111" s="305">
         <f>M111*N111</f>
         <v>18</v>
       </c>
-      <c r="P111" s="321" t="str">
+      <c r="P111" s="306" t="str">
         <f>IF(OR(O111="",O111=0),"",IF(O111&lt;5,"B",IF(O111&lt;9,"M",IF(O111&lt;21,"A","MA"))))</f>
         <v>A</v>
       </c>
-      <c r="Q111" s="320">
+      <c r="Q111" s="305">
         <v>25</v>
       </c>
-      <c r="R111" s="320">
+      <c r="R111" s="305">
         <f>O111*Q111</f>
         <v>450</v>
       </c>
-      <c r="S111" s="322" t="str">
+      <c r="S111" s="307" t="str">
         <f>IF(R111="","",IF(AND(R111&gt;=600,R111&lt;=4000),"I",IF(AND(R111&gt;=150,R111&lt;=500),"II",IF(AND(R111&gt;=40,R111&lt;=120),"III",IF(OR(R111&lt;=20,R111&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T111" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V111" s="317">
+      <c r="T111" s="139" t="s">
+        <v>161</v>
+      </c>
+      <c r="U111" s="185" t="s">
+        <v>259</v>
+      </c>
+      <c r="V111" s="302">
         <v>31</v>
       </c>
-      <c r="W111" s="214" t="s">
+      <c r="W111" s="211" t="s">
         <v>104</v>
       </c>
-      <c r="X111" s="317" t="s">
-[...16 lines deleted...]
-      <c r="AE111" s="448"/>
+      <c r="X111" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y111" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z111" s="211" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA111" s="304" t="s">
+        <v>492</v>
+      </c>
+      <c r="AB111" s="211" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC111" s="420" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD111" s="421"/>
+      <c r="AE111" s="421"/>
     </row>
     <row r="112" spans="1:31" ht="127.5" customHeight="1">
-      <c r="A112" s="313" t="s">
-[...12 lines deleted...]
-        <v>475</v>
+      <c r="A112" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B112" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C112" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D112" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E112" s="300" t="s">
+        <v>483</v>
       </c>
       <c r="F112" s="4" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G112" s="2" t="s">
-        <v>485</v>
-[...10 lines deleted...]
-      <c r="K112" s="214" t="s">
+        <v>493</v>
+      </c>
+      <c r="H112" s="303" t="s">
+        <v>494</v>
+      </c>
+      <c r="I112" s="304" t="s">
+        <v>495</v>
+      </c>
+      <c r="J112" s="211" t="s">
+        <v>496</v>
+      </c>
+      <c r="K112" s="211" t="s">
         <v>99</v>
       </c>
-      <c r="L112" s="186" t="s">
-[...2 lines deleted...]
-      <c r="M112" s="320">
+      <c r="L112" s="185" t="s">
+        <v>497</v>
+      </c>
+      <c r="M112" s="305">
         <v>6</v>
       </c>
-      <c r="N112" s="320">
+      <c r="N112" s="305">
         <v>3</v>
       </c>
-      <c r="O112" s="320">
+      <c r="O112" s="305">
         <f t="shared" ref="O112" si="25">M112*N112</f>
         <v>18</v>
       </c>
-      <c r="P112" s="323" t="str">
+      <c r="P112" s="308" t="str">
         <f t="shared" ref="P112" si="26">IF(OR(O112="",O112=0),"",IF(O112&lt;5,"B",IF(O112&lt;9,"M",IF(O112&lt;21,"A","MA"))))</f>
         <v>A</v>
       </c>
-      <c r="Q112" s="320">
+      <c r="Q112" s="305">
         <v>25</v>
       </c>
-      <c r="R112" s="320">
+      <c r="R112" s="305">
         <f t="shared" ref="R112" si="27">O112*Q112</f>
         <v>450</v>
       </c>
-      <c r="S112" s="322" t="str">
+      <c r="S112" s="307" t="str">
         <f t="shared" ref="S112" si="28">IF(R112="","",IF(AND(R112&gt;=600,R112&lt;=4000),"I",IF(AND(R112&gt;=150,R112&lt;=500),"II",IF(AND(R112&gt;=40,R112&lt;=120),"III",IF(OR(R112&lt;=20,R112&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T112" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V112" s="317">
+      <c r="T112" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U112" s="152" t="s">
+        <v>259</v>
+      </c>
+      <c r="V112" s="302">
         <v>31</v>
       </c>
-      <c r="W112" s="214" t="s">
+      <c r="W112" s="211" t="s">
         <v>104</v>
       </c>
-      <c r="X112" s="317" t="s">
-[...16 lines deleted...]
-      <c r="AE112" s="448"/>
+      <c r="X112" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y112" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z112" s="211" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA112" s="304" t="s">
+        <v>498</v>
+      </c>
+      <c r="AB112" s="211" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC112" s="420" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD112" s="421"/>
+      <c r="AE112" s="421"/>
     </row>
     <row r="113" spans="1:31" ht="191.25">
-      <c r="A113" s="313" t="s">
-[...12 lines deleted...]
-        <v>475</v>
+      <c r="A113" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B113" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C113" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D113" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E113" s="300" t="s">
+        <v>483</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>491</v>
-[...7 lines deleted...]
-      <c r="J113" s="214" t="s">
+        <v>499</v>
+      </c>
+      <c r="H113" s="303" t="s">
+        <v>341</v>
+      </c>
+      <c r="I113" s="304" t="s">
+        <v>500</v>
+      </c>
+      <c r="J113" s="211" t="s">
         <v>99</v>
       </c>
-      <c r="K113" s="214" t="s">
+      <c r="K113" s="211" t="s">
         <v>99</v>
       </c>
-      <c r="L113" s="186" t="s">
-[...2 lines deleted...]
-      <c r="M113" s="320">
+      <c r="L113" s="185" t="s">
+        <v>497</v>
+      </c>
+      <c r="M113" s="305">
         <v>6</v>
       </c>
-      <c r="N113" s="320">
+      <c r="N113" s="305">
         <v>3</v>
       </c>
-      <c r="O113" s="320">
+      <c r="O113" s="305">
         <f>M113*N113</f>
         <v>18</v>
       </c>
-      <c r="P113" s="321" t="str">
+      <c r="P113" s="306" t="str">
         <f>IF(OR(O113="",O113=0),"",IF(O113&lt;5,"B",IF(O113&lt;9,"M",IF(O113&lt;21,"A","MA"))))</f>
         <v>A</v>
       </c>
-      <c r="Q113" s="320">
+      <c r="Q113" s="305">
         <v>25</v>
       </c>
-      <c r="R113" s="320">
+      <c r="R113" s="305">
         <f>O113*Q113</f>
         <v>450</v>
       </c>
-      <c r="S113" s="322" t="str">
+      <c r="S113" s="307" t="str">
         <f>IF(R113="","",IF(AND(R113&gt;=600,R113&lt;=4000),"I",IF(AND(R113&gt;=150,R113&lt;=500),"II",IF(AND(R113&gt;=40,R113&lt;=120),"III",IF(OR(R113&lt;=20,R113&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T113" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V113" s="317">
+      <c r="T113" s="139" t="s">
+        <v>161</v>
+      </c>
+      <c r="U113" s="185" t="s">
+        <v>259</v>
+      </c>
+      <c r="V113" s="302">
         <v>31</v>
       </c>
-      <c r="W113" s="214" t="s">
+      <c r="W113" s="211" t="s">
         <v>104</v>
       </c>
-      <c r="X113" s="317" t="s">
-[...16 lines deleted...]
-      <c r="AE113" s="448"/>
+      <c r="X113" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y113" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z113" s="211" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA113" s="304" t="s">
+        <v>501</v>
+      </c>
+      <c r="AB113" s="211" t="s">
+        <v>502</v>
+      </c>
+      <c r="AC113" s="420" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD113" s="421"/>
+      <c r="AE113" s="421"/>
     </row>
     <row r="114" spans="1:31" ht="180">
-      <c r="A114" s="313" t="s">
-[...12 lines deleted...]
-        <v>475</v>
+      <c r="A114" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B114" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C114" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D114" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E114" s="300" t="s">
+        <v>483</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>95</v>
       </c>
       <c r="G114" s="2" t="s">
-        <v>495</v>
-[...4 lines deleted...]
-      <c r="I114" s="304" t="s">
+        <v>503</v>
+      </c>
+      <c r="H114" s="301" t="s">
+        <v>504</v>
+      </c>
+      <c r="I114" s="292" t="s">
+        <v>505</v>
+      </c>
+      <c r="J114" s="139" t="s">
+        <v>99</v>
+      </c>
+      <c r="K114" s="139" t="s">
+        <v>99</v>
+      </c>
+      <c r="L114" s="185" t="s">
         <v>497</v>
       </c>
-      <c r="J114" s="140" t="s">
-[...8 lines deleted...]
-      <c r="M114" s="189">
+      <c r="M114" s="188">
         <v>2</v>
       </c>
-      <c r="N114" s="189">
+      <c r="N114" s="188">
         <v>3</v>
       </c>
-      <c r="O114" s="321">
+      <c r="O114" s="306">
         <f>M114*N114</f>
         <v>6</v>
       </c>
-      <c r="P114" s="321" t="str">
+      <c r="P114" s="306" t="str">
         <f>IF(OR(O114="",O114=0),"",IF(O114&lt;5,"B",IF(O114&lt;9,"M",IF(O114&lt;21,"A","MA"))))</f>
         <v>M</v>
       </c>
-      <c r="Q114" s="189">
+      <c r="Q114" s="188">
         <v>10</v>
       </c>
-      <c r="R114" s="321">
+      <c r="R114" s="306">
         <f>O114*Q114</f>
         <v>60</v>
       </c>
-      <c r="S114" s="322" t="str">
+      <c r="S114" s="307" t="str">
         <f>IF(R114="","",IF(AND(R114&gt;=600,R114&lt;=4000),"I",IF(AND(R114&gt;=150,R114&lt;=500),"II",IF(AND(R114&gt;=40,R114&lt;=120),"III",IF(OR(R114&lt;=20,R114&gt;=0),"IV")))))</f>
         <v>III</v>
       </c>
-      <c r="T114" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V114" s="317">
+      <c r="T114" s="139" t="s">
+        <v>123</v>
+      </c>
+      <c r="U114" s="139" t="s">
+        <v>506</v>
+      </c>
+      <c r="V114" s="302">
         <v>31</v>
       </c>
-      <c r="W114" s="140" t="s">
+      <c r="W114" s="139" t="s">
         <v>104</v>
       </c>
-      <c r="X114" s="140" t="s">
-[...16 lines deleted...]
-      <c r="AE114" s="460"/>
+      <c r="X114" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y114" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z114" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA114" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AB114" s="211" t="s">
+        <v>502</v>
+      </c>
+      <c r="AC114" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD114" s="421"/>
+      <c r="AE114" s="422"/>
     </row>
     <row r="115" spans="1:31" ht="180">
-      <c r="A115" s="313" t="s">
-[...20 lines deleted...]
-      <c r="H115" s="304" t="s">
+      <c r="A115" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B115" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C115" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D115" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E115" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F115" s="133" t="s">
+        <v>170</v>
+      </c>
+      <c r="G115" s="149" t="s">
+        <v>507</v>
+      </c>
+      <c r="H115" s="292" t="s">
+        <v>128</v>
+      </c>
+      <c r="I115" s="292" t="s">
+        <v>508</v>
+      </c>
+      <c r="J115" s="139" t="s">
+        <v>99</v>
+      </c>
+      <c r="K115" s="139" t="s">
+        <v>509</v>
+      </c>
+      <c r="L115" s="139" t="s">
+        <v>510</v>
+      </c>
+      <c r="M115" s="135">
+        <v>2</v>
+      </c>
+      <c r="N115" s="135">
+        <v>3</v>
+      </c>
+      <c r="O115" s="308">
+        <v>6</v>
+      </c>
+      <c r="P115" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q115" s="135">
+        <v>10</v>
+      </c>
+      <c r="R115" s="308">
+        <v>60</v>
+      </c>
+      <c r="S115" s="307" t="s">
+        <v>462</v>
+      </c>
+      <c r="T115" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U115" s="139" t="s">
+        <v>131</v>
+      </c>
+      <c r="V115" s="302">
+        <v>31</v>
+      </c>
+      <c r="W115" s="258" t="s">
+        <v>104</v>
+      </c>
+      <c r="X115" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y115" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z115" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA115" s="139" t="s">
+        <v>511</v>
+      </c>
+      <c r="AB115" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC115" s="420" t="s">
         <v>126</v>
       </c>
-      <c r="I115" s="304" t="s">
-[...2 lines deleted...]
-      <c r="J115" s="140" t="s">
+      <c r="AD115" s="421"/>
+      <c r="AE115" s="422"/>
+    </row>
+    <row r="116" spans="1:31" ht="179.25" customHeight="1">
+      <c r="A116" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B116" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C116" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D116" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E116" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F116" s="133" t="s">
+        <v>170</v>
+      </c>
+      <c r="G116" s="149" t="s">
+        <v>512</v>
+      </c>
+      <c r="H116" s="292" t="s">
+        <v>513</v>
+      </c>
+      <c r="I116" s="292" t="s">
+        <v>269</v>
+      </c>
+      <c r="J116" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K115" s="140" t="s">
-[...5 lines deleted...]
-      <c r="M115" s="136">
+      <c r="K116" s="139" t="s">
+        <v>514</v>
+      </c>
+      <c r="L116" s="139" t="s">
+        <v>99</v>
+      </c>
+      <c r="M116" s="135">
         <v>2</v>
       </c>
-      <c r="N115" s="136">
+      <c r="N116" s="135">
         <v>3</v>
       </c>
-      <c r="O115" s="323">
+      <c r="O116" s="308">
         <v>6</v>
       </c>
-      <c r="P115" s="323" t="s">
-[...17 lines deleted...]
-      <c r="V115" s="317">
+      <c r="P116" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q116" s="135">
+        <v>25</v>
+      </c>
+      <c r="R116" s="308">
+        <v>150</v>
+      </c>
+      <c r="S116" s="307" t="s">
+        <v>446</v>
+      </c>
+      <c r="T116" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U116" s="139" t="s">
+        <v>137</v>
+      </c>
+      <c r="V116" s="302">
         <v>31</v>
       </c>
-      <c r="W115" s="261" t="s">
+      <c r="W116" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X115" s="140" t="s">
-[...105 lines deleted...]
-      <c r="AE116" s="456"/>
+      <c r="X116" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y116" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z116" s="139" t="s">
+        <v>515</v>
+      </c>
+      <c r="AA116" s="139" t="s">
+        <v>516</v>
+      </c>
+      <c r="AB116" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC116" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD116" s="421"/>
+      <c r="AE116" s="422"/>
     </row>
     <row r="117" spans="1:31" ht="180">
-      <c r="A117" s="313" t="s">
-[...12 lines deleted...]
-        <v>475</v>
+      <c r="A117" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B117" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C117" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D117" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E117" s="300" t="s">
+        <v>483</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G117" s="2" t="s">
-        <v>509</v>
-[...5 lines deleted...]
-        <v>510</v>
+        <v>517</v>
+      </c>
+      <c r="H117" s="296" t="s">
+        <v>362</v>
+      </c>
+      <c r="I117" s="296" t="s">
+        <v>518</v>
       </c>
       <c r="J117" s="3" t="s">
         <v>99</v>
       </c>
       <c r="K117" s="3" t="s">
         <v>99</v>
       </c>
       <c r="L117" s="3" t="s">
-        <v>511</v>
-[...1 lines deleted...]
-      <c r="M117" s="324">
+        <v>519</v>
+      </c>
+      <c r="M117" s="309">
         <v>2</v>
       </c>
-      <c r="N117" s="324">
+      <c r="N117" s="309">
         <v>3</v>
       </c>
-      <c r="O117" s="325">
+      <c r="O117" s="310">
         <f>M117*N117</f>
         <v>6</v>
       </c>
-      <c r="P117" s="325" t="str">
+      <c r="P117" s="310" t="str">
         <f>IF(OR(O117="",O117=0),"",IF(O117&lt;5,"B",IF(O117&lt;9,"M",IF(O117&lt;21,"A","MA"))))</f>
         <v>M</v>
       </c>
-      <c r="Q117" s="324">
+      <c r="Q117" s="309">
         <v>25</v>
       </c>
-      <c r="R117" s="325">
+      <c r="R117" s="310">
         <f>O117*Q117</f>
         <v>150</v>
       </c>
       <c r="S117" s="101" t="str">
         <f>IF(R117="","",IF(AND(R117&gt;=600,R117&lt;=4000),"I",IF(AND(R117&gt;=150,R117&lt;=500),"II",IF(AND(R117&gt;=40,R117&lt;=120),"III",IF(OR(R117&lt;=20,R117&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T117" s="140" t="s">
-        <v>158</v>
+      <c r="T117" s="139" t="s">
+        <v>161</v>
       </c>
       <c r="U117" s="3" t="s">
-        <v>354</v>
-[...1 lines deleted...]
-      <c r="V117" s="317">
+        <v>365</v>
+      </c>
+      <c r="V117" s="302">
         <v>31</v>
       </c>
-      <c r="W117" s="261" t="s">
+      <c r="W117" s="258" t="s">
         <v>104</v>
       </c>
       <c r="X117" s="3" t="s">
         <v>105</v>
       </c>
       <c r="Y117" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="Z117" s="140" t="s">
-[...3 lines deleted...]
-        <v>355</v>
+      <c r="Z117" s="139" t="s">
+        <v>520</v>
+      </c>
+      <c r="AA117" s="131" t="s">
+        <v>366</v>
       </c>
       <c r="AB117" s="3" t="s">
-        <v>513</v>
-[...3 lines deleted...]
-      <c r="AE117" s="459"/>
+        <v>521</v>
+      </c>
+      <c r="AC117" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD117" s="421"/>
+      <c r="AE117" s="422"/>
     </row>
     <row r="118" spans="1:31" ht="180">
-      <c r="A118" s="313" t="s">
-[...12 lines deleted...]
-        <v>475</v>
+      <c r="A118" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B118" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C118" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D118" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E118" s="300" t="s">
+        <v>483</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G118" s="2" t="s">
-        <v>260</v>
-[...5 lines deleted...]
-        <v>262</v>
+        <v>273</v>
+      </c>
+      <c r="H118" s="296" t="s">
+        <v>522</v>
+      </c>
+      <c r="I118" s="296" t="s">
+        <v>275</v>
       </c>
       <c r="J118" s="3" t="s">
         <v>99</v>
       </c>
       <c r="K118" s="3" t="s">
         <v>99</v>
       </c>
       <c r="L118" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="M118" s="324">
+      <c r="M118" s="309">
         <v>2</v>
       </c>
-      <c r="N118" s="324">
+      <c r="N118" s="309">
         <v>3</v>
       </c>
-      <c r="O118" s="325">
+      <c r="O118" s="310">
         <f>M118*N118</f>
         <v>6</v>
       </c>
-      <c r="P118" s="325" t="str">
+      <c r="P118" s="310" t="str">
         <f>IF(OR(O118="",O118=0),"",IF(O118&lt;5,"B",IF(O118&lt;9,"M",IF(O118&lt;21,"A","MA"))))</f>
         <v>M</v>
       </c>
-      <c r="Q118" s="324">
+      <c r="Q118" s="309">
         <v>25</v>
       </c>
-      <c r="R118" s="325">
+      <c r="R118" s="310">
         <f>O118*Q118</f>
         <v>150</v>
       </c>
       <c r="S118" s="101" t="str">
         <f>IF(R118="","",IF(AND(R118&gt;=600,R118&lt;=4000),"I",IF(AND(R118&gt;=150,R118&lt;=500),"II",IF(AND(R118&gt;=40,R118&lt;=120),"III",IF(OR(R118&lt;=20,R118&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T118" s="140" t="s">
-        <v>158</v>
+      <c r="T118" s="139" t="s">
+        <v>161</v>
       </c>
       <c r="U118" s="3" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="V118" s="317">
+        <v>276</v>
+      </c>
+      <c r="V118" s="302">
         <v>31</v>
       </c>
-      <c r="W118" s="261" t="s">
+      <c r="W118" s="258" t="s">
         <v>104</v>
       </c>
       <c r="X118" s="3" t="s">
         <v>105</v>
       </c>
       <c r="Y118" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="Z118" s="140" t="s">
-[...3 lines deleted...]
-        <v>515</v>
+      <c r="Z118" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA118" s="296" t="s">
+        <v>523</v>
       </c>
       <c r="AB118" s="3" t="s">
-        <v>516</v>
-[...3 lines deleted...]
-      <c r="AE118" s="459"/>
+        <v>524</v>
+      </c>
+      <c r="AC118" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD118" s="421"/>
+      <c r="AE118" s="422"/>
     </row>
     <row r="119" spans="1:31" ht="186" customHeight="1">
-      <c r="A119" s="313" t="s">
-[...26 lines deleted...]
-      <c r="J119" s="301" t="s">
+      <c r="A119" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B119" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C119" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D119" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E119" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F119" s="133" t="s">
+        <v>170</v>
+      </c>
+      <c r="G119" s="149" t="s">
+        <v>525</v>
+      </c>
+      <c r="H119" s="285" t="s">
+        <v>526</v>
+      </c>
+      <c r="I119" s="287" t="s">
+        <v>527</v>
+      </c>
+      <c r="J119" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="K119" s="301" t="s">
+      <c r="K119" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="L119" s="261" t="s">
+      <c r="L119" s="258" t="s">
         <v>99</v>
       </c>
-      <c r="M119" s="301">
+      <c r="M119" s="289">
         <v>2</v>
       </c>
-      <c r="N119" s="301">
+      <c r="N119" s="289">
         <v>2</v>
       </c>
-      <c r="O119" s="326">
+      <c r="O119" s="311">
         <v>4</v>
       </c>
-      <c r="P119" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q119" s="301">
+      <c r="P119" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q119" s="289">
         <v>10</v>
       </c>
-      <c r="R119" s="326">
+      <c r="R119" s="311">
         <v>40</v>
       </c>
-      <c r="S119" s="322" t="s">
-[...8 lines deleted...]
-      <c r="V119" s="317">
+      <c r="S119" s="307" t="s">
+        <v>462</v>
+      </c>
+      <c r="T119" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U119" s="143" t="s">
+        <v>390</v>
+      </c>
+      <c r="V119" s="302">
         <v>31</v>
       </c>
-      <c r="W119" s="261" t="s">
+      <c r="W119" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X119" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE119" s="456"/>
+      <c r="X119" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y119" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z119" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA119" s="258" t="s">
+        <v>528</v>
+      </c>
+      <c r="AB119" s="139" t="s">
+        <v>529</v>
+      </c>
+      <c r="AC119" s="420" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD119" s="421"/>
+      <c r="AE119" s="421"/>
     </row>
     <row r="120" spans="1:31" ht="191.25">
-      <c r="A120" s="313" t="s">
-[...12 lines deleted...]
-        <v>475</v>
+      <c r="A120" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B120" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C120" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D120" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E120" s="300" t="s">
+        <v>483</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>95</v>
       </c>
       <c r="G120" s="2" t="s">
-        <v>522</v>
-[...7 lines deleted...]
-      <c r="J120" s="301" t="s">
+        <v>530</v>
+      </c>
+      <c r="H120" s="301" t="s">
+        <v>531</v>
+      </c>
+      <c r="I120" s="287" t="s">
+        <v>532</v>
+      </c>
+      <c r="J120" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="K120" s="261" t="s">
+      <c r="K120" s="258" t="s">
         <v>99</v>
       </c>
-      <c r="L120" s="261" t="s">
-[...2 lines deleted...]
-      <c r="M120" s="301">
+      <c r="L120" s="258" t="s">
+        <v>280</v>
+      </c>
+      <c r="M120" s="289">
         <v>2</v>
       </c>
-      <c r="N120" s="301">
+      <c r="N120" s="289">
         <v>2</v>
       </c>
-      <c r="O120" s="301">
+      <c r="O120" s="289">
         <v>4</v>
       </c>
-      <c r="P120" s="321" t="str">
+      <c r="P120" s="306" t="str">
         <f t="shared" ref="P120:P121" si="29">IF(OR(O120="",O120=0),"",IF(O120&lt;5,"B",IF(O120&lt;9,"M",IF(O120&lt;21,"A","MA"))))</f>
         <v>B</v>
       </c>
-      <c r="Q120" s="301">
+      <c r="Q120" s="289">
         <v>10</v>
       </c>
-      <c r="R120" s="301">
+      <c r="R120" s="289">
         <v>40</v>
       </c>
-      <c r="S120" s="322" t="str">
+      <c r="S120" s="307" t="str">
         <f t="shared" ref="S120:S121" si="30">IF(R120="","",IF(AND(R120&gt;=600,R120&lt;=4000),"I",IF(AND(R120&gt;=150,R120&lt;=500),"II",IF(AND(R120&gt;=40,R120&lt;=120),"III",IF(OR(R120&lt;=20,R120&gt;=0),"IV")))))</f>
         <v>III</v>
       </c>
-      <c r="T120" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V120" s="317">
+      <c r="T120" s="139" t="s">
+        <v>123</v>
+      </c>
+      <c r="U120" s="137" t="s">
+        <v>291</v>
+      </c>
+      <c r="V120" s="302">
         <v>31</v>
       </c>
-      <c r="W120" s="261" t="s">
+      <c r="W120" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X120" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE120" s="460"/>
+      <c r="X120" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y120" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z120" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA120" s="287" t="s">
+        <v>533</v>
+      </c>
+      <c r="AB120" s="258" t="s">
+        <v>534</v>
+      </c>
+      <c r="AC120" s="420" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD120" s="421"/>
+      <c r="AE120" s="421"/>
     </row>
     <row r="121" spans="1:31" ht="180">
-      <c r="A121" s="313" t="s">
-[...12 lines deleted...]
-        <v>475</v>
+      <c r="A121" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B121" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C121" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D121" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E121" s="300" t="s">
+        <v>483</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G121" s="2" t="s">
-        <v>527</v>
-[...7 lines deleted...]
-      <c r="J121" s="301" t="s">
+        <v>535</v>
+      </c>
+      <c r="H121" s="296" t="s">
+        <v>536</v>
+      </c>
+      <c r="I121" s="287" t="s">
+        <v>532</v>
+      </c>
+      <c r="J121" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="K121" s="261" t="s">
+      <c r="K121" s="258" t="s">
         <v>99</v>
       </c>
-      <c r="L121" s="261" t="s">
-[...2 lines deleted...]
-      <c r="M121" s="301">
+      <c r="L121" s="258" t="s">
+        <v>280</v>
+      </c>
+      <c r="M121" s="289">
         <v>2</v>
       </c>
-      <c r="N121" s="301">
+      <c r="N121" s="289">
         <v>2</v>
       </c>
-      <c r="O121" s="301">
+      <c r="O121" s="289">
         <v>4</v>
       </c>
-      <c r="P121" s="321" t="str">
+      <c r="P121" s="306" t="str">
         <f t="shared" si="29"/>
         <v>B</v>
       </c>
-      <c r="Q121" s="301">
+      <c r="Q121" s="289">
         <v>10</v>
       </c>
-      <c r="R121" s="301">
+      <c r="R121" s="289">
         <v>40</v>
       </c>
-      <c r="S121" s="322" t="str">
+      <c r="S121" s="307" t="str">
         <f t="shared" si="30"/>
         <v>III</v>
       </c>
-      <c r="T121" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V121" s="317">
+      <c r="T121" s="139" t="s">
+        <v>123</v>
+      </c>
+      <c r="U121" s="137" t="s">
+        <v>291</v>
+      </c>
+      <c r="V121" s="302">
         <v>31</v>
       </c>
-      <c r="W121" s="261" t="s">
+      <c r="W121" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X121" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE121" s="460"/>
+      <c r="X121" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y121" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z121" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA121" s="287" t="s">
+        <v>533</v>
+      </c>
+      <c r="AB121" s="211" t="s">
+        <v>534</v>
+      </c>
+      <c r="AC121" s="420" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD121" s="421"/>
+      <c r="AE121" s="421"/>
     </row>
     <row r="122" spans="1:31" ht="180" customHeight="1">
-      <c r="A122" s="313" t="s">
-[...15 lines deleted...]
-        <v>166</v>
+      <c r="A122" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B122" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C122" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D122" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E122" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F122" s="133" t="s">
+        <v>170</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>529</v>
-[...7 lines deleted...]
-      <c r="J122" s="140" t="s">
+        <v>537</v>
+      </c>
+      <c r="H122" s="292" t="s">
+        <v>538</v>
+      </c>
+      <c r="I122" s="292" t="s">
+        <v>539</v>
+      </c>
+      <c r="J122" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K122" s="140" t="s">
-[...5 lines deleted...]
-      <c r="M122" s="136">
+      <c r="K122" s="139" t="s">
+        <v>540</v>
+      </c>
+      <c r="L122" s="139" t="s">
+        <v>541</v>
+      </c>
+      <c r="M122" s="135">
         <v>2</v>
       </c>
-      <c r="N122" s="136">
+      <c r="N122" s="135">
         <v>3</v>
       </c>
-      <c r="O122" s="326">
+      <c r="O122" s="311">
         <v>6</v>
       </c>
-      <c r="P122" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q122" s="136">
+      <c r="P122" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q122" s="135">
         <v>25</v>
       </c>
-      <c r="R122" s="326">
+      <c r="R122" s="311">
         <v>150</v>
       </c>
-      <c r="S122" s="322" t="s">
-[...8 lines deleted...]
-      <c r="V122" s="317">
+      <c r="S122" s="307" t="s">
+        <v>446</v>
+      </c>
+      <c r="T122" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U122" s="139" t="s">
+        <v>542</v>
+      </c>
+      <c r="V122" s="302">
         <v>31</v>
       </c>
-      <c r="W122" s="261" t="s">
+      <c r="W122" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X122" s="140" t="s">
-[...16 lines deleted...]
-      <c r="AE122" s="456"/>
+      <c r="X122" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y122" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z122" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA122" s="139" t="s">
+        <v>543</v>
+      </c>
+      <c r="AB122" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC122" s="420" t="s">
+        <v>164</v>
+      </c>
+      <c r="AD122" s="421"/>
+      <c r="AE122" s="422"/>
     </row>
     <row r="123" spans="1:31" ht="117" customHeight="1">
-      <c r="A123" s="313" t="s">
-[...18 lines deleted...]
-        <v>536</v>
+      <c r="A123" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B123" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C123" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D123" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E123" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F123" s="133" t="s">
+        <v>170</v>
+      </c>
+      <c r="G123" s="256" t="s">
+        <v>544</v>
       </c>
       <c r="H123" s="2" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
       <c r="I123" s="2" t="s">
-        <v>538</v>
+        <v>546</v>
       </c>
       <c r="J123" s="2" t="s">
-        <v>539</v>
+        <v>547</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>540</v>
+        <v>548</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>286</v>
-[...1 lines deleted...]
-      <c r="M123" s="260">
+        <v>299</v>
+      </c>
+      <c r="M123" s="257">
         <v>2</v>
       </c>
-      <c r="N123" s="260">
+      <c r="N123" s="257">
         <v>2</v>
       </c>
       <c r="O123" s="100">
         <f t="shared" ref="O123" si="31">M123*N123</f>
         <v>4</v>
       </c>
       <c r="P123" s="100" t="str">
         <f t="shared" ref="P123" si="32">IF(OR(O123="",O123=0),"",IF(O123&lt;5,"B",IF(O123&lt;9,"M",IF(O123&lt;21,"A","MA"))))</f>
         <v>B</v>
       </c>
-      <c r="Q123" s="260">
+      <c r="Q123" s="257">
         <v>25</v>
       </c>
       <c r="R123" s="100">
         <f t="shared" ref="R123" si="33">O123*Q123</f>
         <v>100</v>
       </c>
       <c r="S123" s="101" t="str">
         <f t="shared" ref="S123" si="34">IF(R123="","",IF(AND(R123&gt;=600,R123&lt;=4000),"I",IF(AND(R123&gt;=150,R123&lt;=500),"II",IF(AND(R123&gt;=40,R123&lt;=120),"III",IF(OR(R123&lt;=20,R123&gt;=0),"IV")))))</f>
         <v>III</v>
       </c>
       <c r="T123" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="U123" s="2" t="s">
-        <v>541</v>
+        <v>549</v>
       </c>
       <c r="V123" s="3">
         <v>3</v>
       </c>
-      <c r="W123" s="261" t="s">
-        <v>542</v>
+      <c r="W123" s="258" t="s">
+        <v>550</v>
       </c>
       <c r="X123" s="2" t="s">
         <v>105</v>
       </c>
       <c r="Y123" s="2" t="s">
         <v>105</v>
       </c>
       <c r="Z123" s="2" t="s">
         <v>105</v>
       </c>
       <c r="AA123" s="5" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="AB123" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="AC123" s="445"/>
-[...1 lines deleted...]
-      <c r="AE123" s="445"/>
+      <c r="AC123" s="420" t="s">
+        <v>164</v>
+      </c>
+      <c r="AD123" s="421"/>
+      <c r="AE123" s="422"/>
     </row>
     <row r="124" spans="1:31" ht="180">
-      <c r="A124" s="313" t="s">
-[...24 lines deleted...]
-      <c r="J124" s="327" t="s">
+      <c r="A124" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B124" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C124" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D124" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E124" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F124" s="133"/>
+      <c r="G124" s="149" t="s">
+        <v>551</v>
+      </c>
+      <c r="H124" s="292" t="s">
+        <v>552</v>
+      </c>
+      <c r="I124" s="304" t="s">
+        <v>553</v>
+      </c>
+      <c r="J124" s="312" t="s">
         <v>99</v>
       </c>
-      <c r="K124" s="214" t="s">
-[...5 lines deleted...]
-      <c r="M124" s="329">
+      <c r="K124" s="211" t="s">
+        <v>548</v>
+      </c>
+      <c r="L124" s="313" t="s">
+        <v>554</v>
+      </c>
+      <c r="M124" s="314">
         <v>2</v>
       </c>
-      <c r="N124" s="329">
+      <c r="N124" s="314">
         <v>3</v>
       </c>
-      <c r="O124" s="329">
+      <c r="O124" s="314">
         <f t="shared" ref="O124" si="35">M124*N124</f>
         <v>6</v>
       </c>
-      <c r="P124" s="323" t="str">
+      <c r="P124" s="308" t="str">
         <f t="shared" ref="P124" si="36">IF(OR(O124="",O124=0),"",IF(O124&lt;5,"B",IF(O124&lt;9,"M",IF(O124&lt;21,"A","MA"))))</f>
         <v>M</v>
       </c>
-      <c r="Q124" s="329">
+      <c r="Q124" s="314">
         <v>10</v>
       </c>
-      <c r="R124" s="329">
+      <c r="R124" s="314">
         <f t="shared" ref="R124:R131" si="37">O124*Q124</f>
         <v>60</v>
       </c>
-      <c r="S124" s="322" t="str">
+      <c r="S124" s="307" t="str">
         <f t="shared" ref="S124:S127" si="38">IF(R124="","",IF(AND(R124&gt;=600,R124&lt;=4000),"I",IF(AND(R124&gt;=150,R124&lt;=500),"II",IF(AND(R124&gt;=40,R124&lt;=120),"III",IF(OR(R124&lt;=20,R124&gt;=0),"IV")))))</f>
         <v>III</v>
       </c>
-      <c r="T124" s="261" t="s">
-[...5 lines deleted...]
-      <c r="V124" s="317">
+      <c r="T124" s="258" t="s">
+        <v>555</v>
+      </c>
+      <c r="U124" s="152" t="s">
+        <v>556</v>
+      </c>
+      <c r="V124" s="302">
         <v>31</v>
       </c>
-      <c r="W124" s="214" t="s">
+      <c r="W124" s="211" t="s">
         <v>104</v>
       </c>
-      <c r="X124" s="317" t="s">
-[...16 lines deleted...]
-      <c r="AE124" s="310"/>
+      <c r="X124" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y124" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z124" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA124" s="211" t="s">
+        <v>557</v>
+      </c>
+      <c r="AB124" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC124" s="420" t="s">
+        <v>164</v>
+      </c>
+      <c r="AD124" s="421"/>
+      <c r="AE124" s="422"/>
     </row>
     <row r="125" spans="1:31" ht="183.75" customHeight="1">
-      <c r="A125" s="313" t="s">
-[...26 lines deleted...]
-      <c r="J125" s="317" t="s">
+      <c r="A125" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B125" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C125" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D125" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E125" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F125" s="315" t="s">
+        <v>170</v>
+      </c>
+      <c r="G125" s="350" t="s">
+        <v>558</v>
+      </c>
+      <c r="H125" s="316" t="s">
+        <v>559</v>
+      </c>
+      <c r="I125" s="304" t="s">
+        <v>182</v>
+      </c>
+      <c r="J125" s="302" t="s">
         <v>99</v>
       </c>
-      <c r="K125" s="214" t="s">
-[...5 lines deleted...]
-      <c r="M125" s="332">
+      <c r="K125" s="211" t="s">
+        <v>332</v>
+      </c>
+      <c r="L125" s="211" t="s">
+        <v>333</v>
+      </c>
+      <c r="M125" s="317">
         <v>2</v>
       </c>
-      <c r="N125" s="332">
+      <c r="N125" s="317">
         <v>3</v>
       </c>
-      <c r="O125" s="333">
+      <c r="O125" s="318">
         <f>M125*N125</f>
         <v>6</v>
       </c>
-      <c r="P125" s="333" t="str">
+      <c r="P125" s="318" t="str">
         <f>IF(OR(O125="",O125=0),"",IF(O125&lt;5,"B",IF(O125&lt;9,"M",IF(O125&lt;21,"A","MA"))))</f>
         <v>M</v>
       </c>
-      <c r="Q125" s="332">
+      <c r="Q125" s="317">
         <v>25</v>
       </c>
-      <c r="R125" s="334">
+      <c r="R125" s="319">
         <f t="shared" si="37"/>
         <v>150</v>
       </c>
-      <c r="S125" s="335" t="str">
+      <c r="S125" s="320" t="str">
         <f t="shared" si="38"/>
         <v>II</v>
       </c>
-      <c r="T125" s="336" t="s">
-[...5 lines deleted...]
-      <c r="V125" s="317">
+      <c r="T125" s="321" t="s">
+        <v>161</v>
+      </c>
+      <c r="U125" s="152" t="s">
+        <v>177</v>
+      </c>
+      <c r="V125" s="302">
         <v>31</v>
       </c>
-      <c r="W125" s="214" t="s">
+      <c r="W125" s="211" t="s">
         <v>104</v>
       </c>
-      <c r="X125" s="337" t="s">
-[...16 lines deleted...]
-      <c r="AE125" s="460"/>
+      <c r="X125" s="322" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y125" s="322" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z125" s="322" t="s">
+        <v>334</v>
+      </c>
+      <c r="AA125" s="303" t="s">
+        <v>560</v>
+      </c>
+      <c r="AB125" s="322" t="s">
+        <v>561</v>
+      </c>
+      <c r="AC125" s="435" t="s">
+        <v>185</v>
+      </c>
+      <c r="AD125" s="436"/>
+      <c r="AE125" s="436"/>
     </row>
     <row r="126" spans="1:31" ht="201.75" customHeight="1">
-      <c r="A126" s="313" t="s">
-[...12 lines deleted...]
-        <v>475</v>
+      <c r="A126" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B126" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C126" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D126" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E126" s="300" t="s">
+        <v>483</v>
       </c>
       <c r="F126" s="4" t="s">
-        <v>166</v>
-[...10 lines deleted...]
-      <c r="J126" s="140" t="s">
+        <v>170</v>
+      </c>
+      <c r="G126" s="149" t="s">
+        <v>562</v>
+      </c>
+      <c r="H126" s="292" t="s">
+        <v>563</v>
+      </c>
+      <c r="I126" s="292" t="s">
+        <v>338</v>
+      </c>
+      <c r="J126" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K126" s="261" t="s">
+      <c r="K126" s="258" t="s">
         <v>99</v>
       </c>
-      <c r="L126" s="261" t="s">
-[...2 lines deleted...]
-      <c r="M126" s="136">
+      <c r="L126" s="258" t="s">
+        <v>564</v>
+      </c>
+      <c r="M126" s="135">
         <v>6</v>
       </c>
-      <c r="N126" s="136">
+      <c r="N126" s="135">
         <v>3</v>
       </c>
-      <c r="O126" s="323">
+      <c r="O126" s="308">
         <f>M126*N126</f>
         <v>18</v>
       </c>
-      <c r="P126" s="323" t="str">
+      <c r="P126" s="308" t="str">
         <f>IF(OR(O126="",O126=0),"",IF(O126&lt;5,"B",IF(O126&lt;9,"M",IF(O126&lt;21,"A","MA"))))</f>
         <v>A</v>
       </c>
-      <c r="Q126" s="136">
+      <c r="Q126" s="135">
         <v>25</v>
       </c>
       <c r="R126" s="100">
         <f t="shared" si="37"/>
         <v>450</v>
       </c>
-      <c r="S126" s="322" t="str">
+      <c r="S126" s="307" t="str">
         <f t="shared" si="38"/>
         <v>II</v>
       </c>
-      <c r="T126" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V126" s="317">
+      <c r="T126" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U126" s="139" t="s">
+        <v>177</v>
+      </c>
+      <c r="V126" s="302">
         <v>31</v>
       </c>
-      <c r="W126" s="261" t="s">
+      <c r="W126" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X126" s="140" t="s">
-[...16 lines deleted...]
-      <c r="AE126" s="460"/>
+      <c r="X126" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y126" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z126" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA126" s="292" t="s">
+        <v>565</v>
+      </c>
+      <c r="AB126" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC126" s="418" t="s">
+        <v>179</v>
+      </c>
+      <c r="AD126" s="419"/>
+      <c r="AE126" s="419"/>
     </row>
     <row r="127" spans="1:31" ht="189.75" customHeight="1">
-      <c r="A127" s="313" t="s">
-[...12 lines deleted...]
-        <v>475</v>
+      <c r="A127" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B127" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C127" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D127" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E127" s="300" t="s">
+        <v>483</v>
       </c>
       <c r="F127" s="4" t="s">
         <v>95</v>
       </c>
       <c r="G127" s="2" t="s">
-        <v>558</v>
-[...7 lines deleted...]
-      <c r="J127" s="140" t="s">
+        <v>566</v>
+      </c>
+      <c r="H127" s="292" t="s">
+        <v>567</v>
+      </c>
+      <c r="I127" s="292" t="s">
+        <v>568</v>
+      </c>
+      <c r="J127" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K127" s="261" t="s">
-[...5 lines deleted...]
-      <c r="M127" s="136">
+      <c r="K127" s="258" t="s">
+        <v>569</v>
+      </c>
+      <c r="L127" s="258" t="s">
+        <v>564</v>
+      </c>
+      <c r="M127" s="135">
         <v>6</v>
       </c>
-      <c r="N127" s="136">
+      <c r="N127" s="135">
         <v>3</v>
       </c>
-      <c r="O127" s="323">
+      <c r="O127" s="308">
         <f>M127*N127</f>
         <v>18</v>
       </c>
-      <c r="P127" s="323" t="str">
+      <c r="P127" s="308" t="str">
         <f>IF(OR(O127="",O127=0),"",IF(O127&lt;5,"B",IF(O127&lt;9,"M",IF(O127&lt;21,"A","MA"))))</f>
         <v>A</v>
       </c>
-      <c r="Q127" s="136">
+      <c r="Q127" s="135">
         <v>25</v>
       </c>
       <c r="R127" s="100">
         <f t="shared" si="37"/>
         <v>450</v>
       </c>
-      <c r="S127" s="322" t="str">
+      <c r="S127" s="307" t="str">
         <f t="shared" si="38"/>
         <v>II</v>
       </c>
-      <c r="T127" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V127" s="317">
+      <c r="T127" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U127" s="139" t="s">
+        <v>177</v>
+      </c>
+      <c r="V127" s="302">
         <v>31</v>
       </c>
-      <c r="W127" s="261" t="s">
+      <c r="W127" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X127" s="140" t="s">
-[...16 lines deleted...]
-      <c r="AE127" s="460"/>
+      <c r="X127" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y127" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z127" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA127" s="292" t="s">
+        <v>565</v>
+      </c>
+      <c r="AB127" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC127" s="418" t="s">
+        <v>179</v>
+      </c>
+      <c r="AD127" s="419"/>
+      <c r="AE127" s="419"/>
     </row>
     <row r="128" spans="1:31" ht="180">
-      <c r="A128" s="313" t="s">
-[...12 lines deleted...]
-        <v>475</v>
+      <c r="A128" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B128" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C128" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D128" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E128" s="300" t="s">
+        <v>483</v>
       </c>
       <c r="F128" s="4" t="s">
-        <v>166</v>
-[...10 lines deleted...]
-      <c r="J128" s="339" t="s">
+        <v>170</v>
+      </c>
+      <c r="G128" s="350" t="s">
+        <v>570</v>
+      </c>
+      <c r="H128" s="323" t="s">
+        <v>327</v>
+      </c>
+      <c r="I128" s="323" t="s">
+        <v>571</v>
+      </c>
+      <c r="J128" s="324" t="s">
         <v>99</v>
       </c>
-      <c r="K128" s="339" t="s">
+      <c r="K128" s="324" t="s">
         <v>99</v>
       </c>
-      <c r="L128" s="339" t="s">
+      <c r="L128" s="324" t="s">
         <v>99</v>
       </c>
-      <c r="M128" s="340">
+      <c r="M128" s="325">
         <v>2</v>
       </c>
-      <c r="N128" s="340">
+      <c r="N128" s="325">
         <v>3</v>
       </c>
-      <c r="O128" s="340">
+      <c r="O128" s="325">
         <v>6</v>
       </c>
-      <c r="P128" s="333" t="str">
+      <c r="P128" s="318" t="str">
         <f t="shared" ref="P128:P131" si="39">IF(OR(O128="",O128=0),"",IF(O128&lt;5,"B",IF(O128&lt;9,"M",IF(O128&lt;21,"A","MA"))))</f>
         <v>M</v>
       </c>
-      <c r="Q128" s="340">
+      <c r="Q128" s="325">
         <v>10</v>
       </c>
-      <c r="R128" s="341">
+      <c r="R128" s="326">
         <f t="shared" si="37"/>
         <v>60</v>
       </c>
-      <c r="S128" s="342" t="s">
-[...8 lines deleted...]
-      <c r="V128" s="317">
+      <c r="S128" s="327" t="s">
+        <v>462</v>
+      </c>
+      <c r="T128" s="328" t="s">
+        <v>123</v>
+      </c>
+      <c r="U128" s="328" t="s">
+        <v>572</v>
+      </c>
+      <c r="V128" s="302">
         <v>31</v>
       </c>
-      <c r="W128" s="214" t="s">
+      <c r="W128" s="211" t="s">
         <v>104</v>
       </c>
-      <c r="X128" s="339" t="s">
-[...16 lines deleted...]
-      <c r="AE128" s="596"/>
+      <c r="X128" s="324" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y128" s="324" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z128" s="324" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA128" s="323" t="s">
+        <v>573</v>
+      </c>
+      <c r="AB128" s="322" t="s">
+        <v>561</v>
+      </c>
+      <c r="AC128" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD128" s="421"/>
+      <c r="AE128" s="421"/>
     </row>
     <row r="129" spans="1:31" ht="191.25">
-      <c r="A129" s="313" t="s">
-[...12 lines deleted...]
-        <v>475</v>
+      <c r="A129" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B129" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C129" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D129" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E129" s="300" t="s">
+        <v>483</v>
       </c>
       <c r="F129" s="4" t="s">
         <v>95</v>
       </c>
       <c r="G129" s="2" t="s">
-        <v>566</v>
-[...7 lines deleted...]
-      <c r="J129" s="140" t="s">
+        <v>574</v>
+      </c>
+      <c r="H129" s="292" t="s">
+        <v>575</v>
+      </c>
+      <c r="I129" s="292" t="s">
+        <v>576</v>
+      </c>
+      <c r="J129" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K129" s="261" t="s">
-[...5 lines deleted...]
-      <c r="M129" s="136">
+      <c r="K129" s="258" t="s">
+        <v>577</v>
+      </c>
+      <c r="L129" s="258" t="s">
+        <v>308</v>
+      </c>
+      <c r="M129" s="135">
         <v>6</v>
       </c>
-      <c r="N129" s="136">
+      <c r="N129" s="135">
         <v>1</v>
       </c>
-      <c r="O129" s="323">
+      <c r="O129" s="308">
         <f t="shared" ref="O129:O131" si="40">M129*N129</f>
         <v>6</v>
       </c>
-      <c r="P129" s="323" t="str">
+      <c r="P129" s="308" t="str">
         <f t="shared" si="39"/>
         <v>M</v>
       </c>
-      <c r="Q129" s="136">
+      <c r="Q129" s="135">
         <v>10</v>
       </c>
-      <c r="R129" s="344">
+      <c r="R129" s="329">
         <f t="shared" si="37"/>
         <v>60</v>
       </c>
-      <c r="S129" s="322" t="str">
+      <c r="S129" s="307" t="str">
         <f t="shared" ref="S129:S134" si="41">IF(R129="","",IF(AND(R129&gt;=600,R129&lt;=4000),"I",IF(AND(R129&gt;=150,R129&lt;=500),"II",IF(AND(R129&gt;=40,R129&lt;=120),"III",IF(OR(R129&lt;=20,R129&gt;=0),"IV")))))</f>
         <v>III</v>
       </c>
-      <c r="T129" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V129" s="317">
+      <c r="T129" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U129" s="258" t="s">
+        <v>309</v>
+      </c>
+      <c r="V129" s="302">
         <v>31</v>
       </c>
-      <c r="W129" s="261" t="s">
+      <c r="W129" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X129" s="140" t="s">
-[...34 lines deleted...]
-        <v>475</v>
+      <c r="X129" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y129" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z129" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA129" s="287" t="s">
+        <v>578</v>
+      </c>
+      <c r="AB129" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC129" s="426" t="s">
+        <v>579</v>
+      </c>
+      <c r="AD129" s="426"/>
+      <c r="AE129" s="427"/>
+    </row>
+    <row r="130" spans="1:31" ht="180" customHeight="1">
+      <c r="A130" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B130" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C130" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D130" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E130" s="300" t="s">
+        <v>483</v>
       </c>
       <c r="F130" s="4" t="s">
         <v>95</v>
       </c>
-      <c r="G130" s="150" t="s">
-[...8 lines deleted...]
-      <c r="J130" s="140" t="s">
+      <c r="G130" s="149" t="s">
+        <v>580</v>
+      </c>
+      <c r="H130" s="292" t="s">
+        <v>581</v>
+      </c>
+      <c r="I130" s="292" t="s">
+        <v>307</v>
+      </c>
+      <c r="J130" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K130" s="261" t="s">
+      <c r="K130" s="258" t="s">
         <v>99</v>
       </c>
-      <c r="L130" s="261" t="s">
-[...2 lines deleted...]
-      <c r="M130" s="136">
+      <c r="L130" s="258" t="s">
+        <v>308</v>
+      </c>
+      <c r="M130" s="135">
         <v>6</v>
       </c>
-      <c r="N130" s="136">
+      <c r="N130" s="135">
         <v>1</v>
       </c>
-      <c r="O130" s="323">
+      <c r="O130" s="308">
         <f t="shared" si="40"/>
         <v>6</v>
       </c>
-      <c r="P130" s="323" t="str">
+      <c r="P130" s="308" t="str">
         <f t="shared" si="39"/>
         <v>M</v>
       </c>
-      <c r="Q130" s="136">
+      <c r="Q130" s="135">
         <v>10</v>
       </c>
-      <c r="R130" s="344">
+      <c r="R130" s="329">
         <f t="shared" si="37"/>
         <v>60</v>
       </c>
-      <c r="S130" s="322" t="str">
+      <c r="S130" s="307" t="str">
         <f t="shared" si="41"/>
         <v>III</v>
       </c>
-      <c r="T130" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V130" s="317">
+      <c r="T130" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U130" s="258" t="s">
+        <v>309</v>
+      </c>
+      <c r="V130" s="302">
         <v>31</v>
       </c>
-      <c r="W130" s="261" t="s">
+      <c r="W130" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X130" s="140" t="s">
-[...18 lines deleted...]
-      <c r="AE130" s="597"/>
+      <c r="X130" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y130" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z130" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA130" s="287" t="s">
+        <v>582</v>
+      </c>
+      <c r="AB130" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC130" s="420" t="s">
+        <v>191</v>
+      </c>
+      <c r="AD130" s="421"/>
+      <c r="AE130" s="422"/>
     </row>
     <row r="131" spans="1:31" ht="215.25" customHeight="1">
-      <c r="A131" s="313" t="s">
-[...12 lines deleted...]
-        <v>475</v>
+      <c r="A131" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B131" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C131" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D131" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E131" s="300" t="s">
+        <v>483</v>
       </c>
       <c r="F131" s="4" t="s">
-        <v>166</v>
-[...10 lines deleted...]
-      <c r="J131" s="138" t="s">
+        <v>170</v>
+      </c>
+      <c r="G131" s="149" t="s">
+        <v>583</v>
+      </c>
+      <c r="H131" s="292" t="s">
+        <v>434</v>
+      </c>
+      <c r="I131" s="287" t="s">
+        <v>167</v>
+      </c>
+      <c r="J131" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="K131" s="138" t="s">
-[...5 lines deleted...]
-      <c r="M131" s="136">
+      <c r="K131" s="137" t="s">
+        <v>584</v>
+      </c>
+      <c r="L131" s="287" t="s">
+        <v>435</v>
+      </c>
+      <c r="M131" s="135">
         <v>2</v>
       </c>
-      <c r="N131" s="136">
+      <c r="N131" s="135">
         <v>3</v>
       </c>
-      <c r="O131" s="323">
+      <c r="O131" s="308">
         <f t="shared" si="40"/>
         <v>6</v>
       </c>
-      <c r="P131" s="323" t="str">
+      <c r="P131" s="308" t="str">
         <f t="shared" si="39"/>
         <v>M</v>
       </c>
-      <c r="Q131" s="136">
+      <c r="Q131" s="135">
         <v>25</v>
       </c>
-      <c r="R131" s="344">
+      <c r="R131" s="329">
         <f t="shared" si="37"/>
         <v>150</v>
       </c>
-      <c r="S131" s="322" t="str">
+      <c r="S131" s="307" t="str">
         <f t="shared" si="41"/>
         <v>II</v>
       </c>
-      <c r="T131" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V131" s="317">
+      <c r="T131" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U131" s="258" t="s">
+        <v>200</v>
+      </c>
+      <c r="V131" s="302">
         <v>31</v>
       </c>
-      <c r="W131" s="261" t="s">
+      <c r="W131" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X131" s="301" t="s">
-[...34 lines deleted...]
-      <c r="F132" s="346" t="s">
+      <c r="X131" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y131" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z131" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA131" s="287" t="s">
+        <v>585</v>
+      </c>
+      <c r="AB131" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC131" s="420" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD131" s="421"/>
+      <c r="AE131" s="422"/>
+    </row>
+    <row r="132" spans="1:31" s="337" customFormat="1" ht="90.75" customHeight="1">
+      <c r="A132" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B132" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C132" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D132" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E132" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F132" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G132" s="372" t="s">
-[...14 lines deleted...]
-      <c r="L132" s="301" t="s">
+      <c r="G132" s="356" t="s">
+        <v>216</v>
+      </c>
+      <c r="H132" s="332" t="s">
+        <v>217</v>
+      </c>
+      <c r="I132" s="333" t="s">
+        <v>218</v>
+      </c>
+      <c r="J132" s="258" t="s">
+        <v>219</v>
+      </c>
+      <c r="K132" s="331" t="s">
+        <v>220</v>
+      </c>
+      <c r="L132" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="M132" s="301">
+      <c r="M132" s="289">
         <v>6</v>
       </c>
-      <c r="N132" s="301">
+      <c r="N132" s="289">
         <v>2</v>
       </c>
-      <c r="O132" s="301">
+      <c r="O132" s="289">
         <v>12</v>
       </c>
-      <c r="P132" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q132" s="300">
+      <c r="P132" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q132" s="288">
         <v>25</v>
       </c>
-      <c r="R132" s="344">
+      <c r="R132" s="329">
         <v>300</v>
       </c>
       <c r="S132" s="101" t="str">
         <f t="shared" si="41"/>
         <v>II</v>
       </c>
-      <c r="T132" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V132" s="317">
+      <c r="T132" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U132" s="331" t="s">
+        <v>222</v>
+      </c>
+      <c r="V132" s="302">
         <v>31</v>
       </c>
-      <c r="W132" s="261" t="s">
+      <c r="W132" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X132" s="301" t="s">
-[...34 lines deleted...]
-      <c r="F133" s="346" t="s">
+      <c r="X132" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y132" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z132" s="258" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA132" s="189" t="s">
+        <v>224</v>
+      </c>
+      <c r="AB132" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC132" s="420" t="s">
+        <v>225</v>
+      </c>
+      <c r="AD132" s="421"/>
+      <c r="AE132" s="434"/>
+    </row>
+    <row r="133" spans="1:31" s="337" customFormat="1" ht="75" customHeight="1">
+      <c r="A133" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B133" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C133" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D133" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E133" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F133" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G133" s="372" t="s">
-[...17 lines deleted...]
-      <c r="M133" s="301">
+      <c r="G133" s="356" t="s">
+        <v>226</v>
+      </c>
+      <c r="H133" s="332" t="s">
+        <v>227</v>
+      </c>
+      <c r="I133" s="333" t="s">
+        <v>228</v>
+      </c>
+      <c r="J133" s="258" t="s">
+        <v>229</v>
+      </c>
+      <c r="K133" s="331" t="s">
+        <v>220</v>
+      </c>
+      <c r="L133" s="258" t="s">
+        <v>230</v>
+      </c>
+      <c r="M133" s="289">
         <v>6</v>
       </c>
-      <c r="N133" s="301">
+      <c r="N133" s="289">
         <v>2</v>
       </c>
-      <c r="O133" s="301">
+      <c r="O133" s="289">
         <v>12</v>
       </c>
-      <c r="P133" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q133" s="300">
+      <c r="P133" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q133" s="288">
         <v>25</v>
       </c>
-      <c r="R133" s="344">
+      <c r="R133" s="329">
         <v>300</v>
       </c>
       <c r="S133" s="101" t="str">
         <f t="shared" si="41"/>
         <v>II</v>
       </c>
-      <c r="T133" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V133" s="317">
+      <c r="T133" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U133" s="331" t="s">
+        <v>222</v>
+      </c>
+      <c r="V133" s="302">
         <v>31</v>
       </c>
-      <c r="W133" s="261" t="s">
+      <c r="W133" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X133" s="301" t="s">
-[...34 lines deleted...]
-      <c r="F134" s="346" t="s">
+      <c r="X133" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y133" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z133" s="258" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA133" s="189" t="s">
+        <v>224</v>
+      </c>
+      <c r="AB133" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC133" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD133" s="421"/>
+      <c r="AE133" s="434"/>
+    </row>
+    <row r="134" spans="1:31" s="290" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A134" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B134" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C134" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D134" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E134" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F134" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G134" s="372" t="s">
-[...14 lines deleted...]
-      <c r="L134" s="140" t="s">
+      <c r="G134" s="356" t="s">
+        <v>226</v>
+      </c>
+      <c r="H134" s="332" t="s">
+        <v>231</v>
+      </c>
+      <c r="I134" s="333" t="s">
+        <v>232</v>
+      </c>
+      <c r="J134" s="258" t="s">
+        <v>233</v>
+      </c>
+      <c r="K134" s="139" t="s">
+        <v>234</v>
+      </c>
+      <c r="L134" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="M134" s="136">
+      <c r="M134" s="135">
         <v>2</v>
       </c>
-      <c r="N134" s="136">
+      <c r="N134" s="135">
         <v>3</v>
       </c>
-      <c r="O134" s="323">
+      <c r="O134" s="308">
         <v>6</v>
       </c>
-      <c r="P134" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q134" s="136">
+      <c r="P134" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q134" s="135">
         <v>10</v>
       </c>
-      <c r="R134" s="323">
+      <c r="R134" s="308">
         <v>60</v>
       </c>
       <c r="S134" s="101" t="str">
         <f t="shared" si="41"/>
         <v>III</v>
       </c>
-      <c r="T134" s="137" t="s">
-[...2 lines deleted...]
-      <c r="U134" s="140" t="s">
+      <c r="T134" s="136" t="s">
         <v>123</v>
       </c>
-      <c r="V134" s="317">
+      <c r="U134" s="139" t="s">
+        <v>124</v>
+      </c>
+      <c r="V134" s="302">
         <v>31</v>
       </c>
-      <c r="W134" s="140" t="s">
+      <c r="W134" s="139" t="s">
         <v>104</v>
       </c>
-      <c r="X134" s="140" t="s">
-[...16 lines deleted...]
-      <c r="AE134" s="445"/>
+      <c r="X134" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y134" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z134" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA134" s="139" t="s">
+        <v>125</v>
+      </c>
+      <c r="AB134" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC134" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD134" s="421"/>
+      <c r="AE134" s="422"/>
     </row>
     <row r="135" spans="1:31" ht="180">
-      <c r="A135" s="313" t="s">
-[...14 lines deleted...]
-      <c r="F135" s="134" t="s">
+      <c r="A135" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B135" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C135" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D135" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E135" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F135" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G135" s="150" t="s">
-[...11 lines deleted...]
-      <c r="K135" s="138" t="s">
+      <c r="G135" s="149" t="s">
+        <v>586</v>
+      </c>
+      <c r="H135" s="292" t="s">
+        <v>587</v>
+      </c>
+      <c r="I135" s="287" t="s">
+        <v>588</v>
+      </c>
+      <c r="J135" s="137" t="s">
+        <v>589</v>
+      </c>
+      <c r="K135" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L135" s="138" t="s">
-[...2 lines deleted...]
-      <c r="M135" s="301">
+      <c r="L135" s="137" t="s">
+        <v>590</v>
+      </c>
+      <c r="M135" s="289">
         <v>6</v>
       </c>
-      <c r="N135" s="301">
+      <c r="N135" s="289">
         <v>2</v>
       </c>
-      <c r="O135" s="301">
+      <c r="O135" s="289">
         <v>12</v>
       </c>
-      <c r="P135" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q135" s="300">
+      <c r="P135" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q135" s="288">
         <v>25</v>
       </c>
-      <c r="R135" s="344">
+      <c r="R135" s="329">
         <v>300</v>
       </c>
-      <c r="S135" s="322" t="s">
-[...8 lines deleted...]
-      <c r="V135" s="317">
+      <c r="S135" s="307" t="s">
+        <v>446</v>
+      </c>
+      <c r="T135" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U135" s="258" t="s">
+        <v>200</v>
+      </c>
+      <c r="V135" s="302">
         <v>31</v>
       </c>
-      <c r="W135" s="261" t="s">
+      <c r="W135" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X135" s="301" t="s">
-[...11 lines deleted...]
-      <c r="AB135" s="261" t="s">
+      <c r="X135" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y135" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z135" s="258" t="s">
+        <v>591</v>
+      </c>
+      <c r="AA135" s="258" t="s">
+        <v>592</v>
+      </c>
+      <c r="AB135" s="258" t="s">
+        <v>593</v>
+      </c>
+      <c r="AC135" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD135" s="421"/>
+      <c r="AE135" s="421"/>
+    </row>
+    <row r="136" spans="1:31" ht="180">
+      <c r="A136" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B136" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C136" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D136" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E136" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F136" s="133" t="s">
+        <v>95</v>
+      </c>
+      <c r="G136" s="149" t="s">
         <v>586</v>
       </c>
-      <c r="AC135" s="211"/>
-[...19 lines deleted...]
-      <c r="F136" s="134" t="s">
+      <c r="H136" s="292" t="s">
+        <v>594</v>
+      </c>
+      <c r="I136" s="287" t="s">
+        <v>588</v>
+      </c>
+      <c r="J136" s="137" t="s">
+        <v>595</v>
+      </c>
+      <c r="K136" s="137" t="s">
+        <v>99</v>
+      </c>
+      <c r="L136" s="137" t="s">
+        <v>590</v>
+      </c>
+      <c r="M136" s="289">
+        <v>6</v>
+      </c>
+      <c r="N136" s="289">
+        <v>2</v>
+      </c>
+      <c r="O136" s="289">
+        <v>12</v>
+      </c>
+      <c r="P136" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q136" s="288">
+        <v>25</v>
+      </c>
+      <c r="R136" s="329">
+        <v>300</v>
+      </c>
+      <c r="S136" s="307" t="s">
+        <v>446</v>
+      </c>
+      <c r="T136" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U136" s="258" t="s">
+        <v>200</v>
+      </c>
+      <c r="V136" s="302">
+        <v>31</v>
+      </c>
+      <c r="W136" s="258" t="s">
+        <v>104</v>
+      </c>
+      <c r="X136" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y136" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z136" s="258" t="s">
+        <v>591</v>
+      </c>
+      <c r="AA136" s="258" t="s">
+        <v>592</v>
+      </c>
+      <c r="AB136" s="258" t="s">
+        <v>593</v>
+      </c>
+      <c r="AC136" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD136" s="421"/>
+      <c r="AE136" s="421"/>
+    </row>
+    <row r="137" spans="1:31" ht="180">
+      <c r="A137" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B137" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C137" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D137" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E137" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F137" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G136" s="150" t="s">
-[...11 lines deleted...]
-      <c r="K136" s="138" t="s">
+      <c r="G137" s="149" t="s">
+        <v>586</v>
+      </c>
+      <c r="H137" s="292" t="s">
+        <v>596</v>
+      </c>
+      <c r="I137" s="287" t="s">
+        <v>377</v>
+      </c>
+      <c r="J137" s="137" t="s">
+        <v>595</v>
+      </c>
+      <c r="K137" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L136" s="138" t="s">
-[...5 lines deleted...]
-      <c r="N136" s="301">
+      <c r="L137" s="137" t="s">
+        <v>597</v>
+      </c>
+      <c r="M137" s="289">
         <v>2</v>
       </c>
-      <c r="O136" s="301">
-[...5 lines deleted...]
-      <c r="Q136" s="300">
+      <c r="N137" s="289">
+        <v>2</v>
+      </c>
+      <c r="O137" s="308">
+        <v>4</v>
+      </c>
+      <c r="P137" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q137" s="135">
         <v>25</v>
       </c>
-      <c r="R136" s="344">
-[...11 lines deleted...]
-      <c r="V136" s="317">
+      <c r="R137" s="329">
+        <v>100</v>
+      </c>
+      <c r="S137" s="307" t="s">
+        <v>462</v>
+      </c>
+      <c r="T137" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U137" s="258" t="s">
+        <v>200</v>
+      </c>
+      <c r="V137" s="302">
         <v>31</v>
       </c>
-      <c r="W136" s="261" t="s">
+      <c r="W137" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X136" s="301" t="s">
-[...11 lines deleted...]
-      <c r="AB136" s="261" t="s">
+      <c r="X137" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y137" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z137" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA137" s="258" t="s">
+        <v>592</v>
+      </c>
+      <c r="AB137" s="258" t="s">
+        <v>593</v>
+      </c>
+      <c r="AC137" s="420" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD137" s="421"/>
+      <c r="AE137" s="422"/>
+    </row>
+    <row r="138" spans="1:31" ht="180">
+      <c r="A138" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B138" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C138" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D138" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E138" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F138" s="133" t="s">
+        <v>95</v>
+      </c>
+      <c r="G138" s="149" t="s">
         <v>586</v>
       </c>
-      <c r="AC136" s="211"/>
-[...19 lines deleted...]
-      <c r="F137" s="134" t="s">
+      <c r="H138" s="292" t="s">
+        <v>598</v>
+      </c>
+      <c r="I138" s="287" t="s">
+        <v>377</v>
+      </c>
+      <c r="J138" s="137" t="s">
+        <v>595</v>
+      </c>
+      <c r="K138" s="137" t="s">
+        <v>99</v>
+      </c>
+      <c r="L138" s="137" t="s">
+        <v>597</v>
+      </c>
+      <c r="M138" s="289">
+        <v>2</v>
+      </c>
+      <c r="N138" s="289">
+        <v>2</v>
+      </c>
+      <c r="O138" s="308">
+        <v>4</v>
+      </c>
+      <c r="P138" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q138" s="135">
+        <v>25</v>
+      </c>
+      <c r="R138" s="329">
+        <v>100</v>
+      </c>
+      <c r="S138" s="307" t="s">
+        <v>462</v>
+      </c>
+      <c r="T138" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U138" s="258" t="s">
+        <v>200</v>
+      </c>
+      <c r="V138" s="302">
+        <v>31</v>
+      </c>
+      <c r="W138" s="258" t="s">
+        <v>104</v>
+      </c>
+      <c r="X138" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y138" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z138" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA138" s="258" t="s">
+        <v>592</v>
+      </c>
+      <c r="AB138" s="258" t="s">
+        <v>593</v>
+      </c>
+      <c r="AC138" s="420" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD138" s="421"/>
+      <c r="AE138" s="422"/>
+    </row>
+    <row r="139" spans="1:31" ht="180">
+      <c r="A139" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B139" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C139" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D139" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E139" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F139" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G137" s="150" t="s">
-[...11 lines deleted...]
-      <c r="K137" s="138" t="s">
+      <c r="G139" s="149" t="s">
+        <v>586</v>
+      </c>
+      <c r="H139" s="292" t="s">
+        <v>599</v>
+      </c>
+      <c r="I139" s="287" t="s">
+        <v>600</v>
+      </c>
+      <c r="J139" s="137" t="s">
+        <v>595</v>
+      </c>
+      <c r="K139" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L137" s="138" t="s">
-[...2 lines deleted...]
-      <c r="M137" s="301">
+      <c r="L139" s="137" t="s">
+        <v>597</v>
+      </c>
+      <c r="M139" s="289">
         <v>2</v>
       </c>
-      <c r="N137" s="301">
+      <c r="N139" s="289">
         <v>2</v>
       </c>
-      <c r="O137" s="323">
+      <c r="O139" s="308">
         <v>4</v>
       </c>
-      <c r="P137" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q137" s="136">
+      <c r="P139" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q139" s="135">
         <v>25</v>
       </c>
-      <c r="R137" s="344">
+      <c r="R139" s="329">
         <v>100</v>
       </c>
-      <c r="S137" s="322" t="s">
-[...8 lines deleted...]
-      <c r="V137" s="317">
+      <c r="S139" s="307" t="s">
+        <v>462</v>
+      </c>
+      <c r="T139" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U139" s="258" t="s">
+        <v>200</v>
+      </c>
+      <c r="V139" s="302">
         <v>31</v>
       </c>
-      <c r="W137" s="261" t="s">
+      <c r="W139" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X137" s="301" t="s">
-[...49 lines deleted...]
-      <c r="K138" s="138" t="s">
+      <c r="X139" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y139" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z139" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA139" s="258" t="s">
+        <v>592</v>
+      </c>
+      <c r="AB139" s="258" t="s">
+        <v>593</v>
+      </c>
+      <c r="AC139" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD139" s="421"/>
+      <c r="AE139" s="421"/>
+    </row>
+    <row r="140" spans="1:31" ht="180">
+      <c r="A140" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B140" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C140" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D140" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E140" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F140" s="133" t="s">
+        <v>170</v>
+      </c>
+      <c r="G140" s="149" t="s">
+        <v>601</v>
+      </c>
+      <c r="H140" s="292" t="s">
+        <v>382</v>
+      </c>
+      <c r="I140" s="287" t="s">
+        <v>205</v>
+      </c>
+      <c r="J140" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="L138" s="138" t="s">
-[...2 lines deleted...]
-      <c r="M138" s="301">
+      <c r="K140" s="137" t="s">
+        <v>99</v>
+      </c>
+      <c r="L140" s="143" t="s">
+        <v>383</v>
+      </c>
+      <c r="M140" s="289">
         <v>2</v>
       </c>
-      <c r="N138" s="301">
+      <c r="N140" s="289">
         <v>2</v>
       </c>
-      <c r="O138" s="323">
+      <c r="O140" s="308">
         <v>4</v>
       </c>
-      <c r="P138" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q138" s="136">
+      <c r="P140" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q140" s="135">
         <v>25</v>
       </c>
-      <c r="R138" s="344">
-[...177 lines deleted...]
-      <c r="R140" s="344">
+      <c r="R140" s="329">
         <v>100</v>
       </c>
       <c r="S140" s="101" t="str">
         <f t="shared" ref="S140:S152" si="42">IF(R140="","",IF(AND(R140&gt;=600,R140&lt;=4000),"I",IF(AND(R140&gt;=150,R140&lt;=500),"II",IF(AND(R140&gt;=40,R140&lt;=120),"III",IF(OR(R140&lt;=20,R140&gt;=0),"IV")))))</f>
         <v>III</v>
       </c>
-      <c r="T140" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V140" s="317">
+      <c r="T140" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U140" s="143" t="s">
+        <v>384</v>
+      </c>
+      <c r="V140" s="302">
         <v>31</v>
       </c>
-      <c r="W140" s="261" t="s">
+      <c r="W140" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X140" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE140" s="456"/>
+      <c r="X140" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y140" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z140" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA140" s="137" t="s">
+        <v>385</v>
+      </c>
+      <c r="AB140" s="137" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC140" s="420" t="s">
+        <v>209</v>
+      </c>
+      <c r="AD140" s="421"/>
+      <c r="AE140" s="421"/>
     </row>
     <row r="141" spans="1:31" ht="180">
-      <c r="A141" s="313" t="s">
-[...26 lines deleted...]
-      <c r="J141" s="301" t="s">
+      <c r="A141" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B141" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C141" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D141" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E141" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F141" s="133" t="s">
+        <v>170</v>
+      </c>
+      <c r="G141" s="149" t="s">
+        <v>602</v>
+      </c>
+      <c r="H141" s="292" t="s">
+        <v>211</v>
+      </c>
+      <c r="I141" s="287" t="s">
+        <v>212</v>
+      </c>
+      <c r="J141" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="K141" s="138" t="s">
-[...5 lines deleted...]
-      <c r="M141" s="301">
+      <c r="K141" s="137" t="s">
+        <v>603</v>
+      </c>
+      <c r="L141" s="258" t="s">
+        <v>604</v>
+      </c>
+      <c r="M141" s="289">
         <v>2</v>
       </c>
-      <c r="N141" s="301">
+      <c r="N141" s="289">
         <v>2</v>
       </c>
-      <c r="O141" s="323">
+      <c r="O141" s="308">
         <v>4</v>
       </c>
-      <c r="P141" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q141" s="136">
+      <c r="P141" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q141" s="135">
         <v>25</v>
       </c>
-      <c r="R141" s="344">
+      <c r="R141" s="329">
         <v>100</v>
       </c>
       <c r="S141" s="101" t="str">
         <f t="shared" si="42"/>
         <v>III</v>
       </c>
-      <c r="T141" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V141" s="317">
+      <c r="T141" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U141" s="143" t="s">
+        <v>213</v>
+      </c>
+      <c r="V141" s="302">
         <v>31</v>
       </c>
-      <c r="W141" s="261" t="s">
+      <c r="W141" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X141" s="301" t="s">
-[...14 lines deleted...]
-      <c r="AE141" s="456"/>
+      <c r="X141" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y141" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z141" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA141" s="137" t="s">
+        <v>380</v>
+      </c>
+      <c r="AB141" s="289"/>
+      <c r="AC141" s="420" t="s">
+        <v>215</v>
+      </c>
+      <c r="AD141" s="421"/>
+      <c r="AE141" s="422"/>
     </row>
     <row r="142" spans="1:31" ht="179.25" customHeight="1">
-      <c r="A142" s="313" t="s">
-[...14 lines deleted...]
-      <c r="F142" s="134" t="s">
+      <c r="A142" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B142" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C142" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D142" s="300" t="s">
+        <v>605</v>
+      </c>
+      <c r="E142" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F142" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G142" s="150" t="s">
-[...8 lines deleted...]
-      <c r="J142" s="261" t="s">
+      <c r="G142" s="149" t="s">
+        <v>343</v>
+      </c>
+      <c r="H142" s="286" t="s">
+        <v>341</v>
+      </c>
+      <c r="I142" s="287" t="s">
+        <v>342</v>
+      </c>
+      <c r="J142" s="258" t="s">
         <v>99</v>
       </c>
-      <c r="K142" s="261" t="s">
+      <c r="K142" s="258" t="s">
         <v>99</v>
       </c>
-      <c r="L142" s="138" t="s">
+      <c r="L142" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="M142" s="300">
+      <c r="M142" s="288">
         <v>6</v>
       </c>
-      <c r="N142" s="300">
+      <c r="N142" s="288">
         <v>3</v>
       </c>
-      <c r="O142" s="300">
+      <c r="O142" s="288">
         <v>18</v>
       </c>
-      <c r="P142" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q142" s="300">
+      <c r="P142" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q142" s="288">
         <v>25</v>
       </c>
-      <c r="R142" s="300">
+      <c r="R142" s="288">
         <v>450</v>
       </c>
-      <c r="S142" s="322" t="str">
+      <c r="S142" s="307" t="str">
         <f t="shared" si="42"/>
         <v>II</v>
       </c>
-      <c r="T142" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V142" s="317">
+      <c r="T142" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U142" s="143" t="s">
+        <v>259</v>
+      </c>
+      <c r="V142" s="302">
         <v>31</v>
       </c>
-      <c r="W142" s="261" t="s">
+      <c r="W142" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X142" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE142" s="443"/>
+      <c r="X142" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y142" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z142" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA142" s="258" t="s">
+        <v>118</v>
+      </c>
+      <c r="AB142" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC142" s="420" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD142" s="421"/>
+      <c r="AE142" s="421"/>
     </row>
     <row r="143" spans="1:31" ht="180">
-      <c r="A143" s="313" t="s">
-[...14 lines deleted...]
-      <c r="F143" s="134" t="s">
+      <c r="A143" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B143" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C143" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D143" s="300" t="s">
+        <v>605</v>
+      </c>
+      <c r="E143" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F143" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G143" s="150" t="s">
-[...5 lines deleted...]
-      <c r="I143" s="297" t="s">
+      <c r="G143" s="149" t="s">
+        <v>606</v>
+      </c>
+      <c r="H143" s="291" t="s">
+        <v>344</v>
+      </c>
+      <c r="I143" s="285" t="s">
         <v>98</v>
       </c>
-      <c r="J143" s="132" t="s">
+      <c r="J143" s="131" t="s">
         <v>99</v>
       </c>
-      <c r="K143" s="132" t="s">
+      <c r="K143" s="131" t="s">
         <v>99</v>
       </c>
-      <c r="L143" s="132" t="s">
-[...2 lines deleted...]
-      <c r="M143" s="133">
+      <c r="L143" s="131" t="s">
+        <v>607</v>
+      </c>
+      <c r="M143" s="132">
         <v>6</v>
       </c>
-      <c r="N143" s="133">
+      <c r="N143" s="132">
         <v>3</v>
       </c>
-      <c r="O143" s="326">
+      <c r="O143" s="311">
         <v>18</v>
       </c>
-      <c r="P143" s="326" t="s">
-[...2 lines deleted...]
-      <c r="Q143" s="133">
+      <c r="P143" s="311" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q143" s="132">
         <v>25</v>
       </c>
-      <c r="R143" s="326">
+      <c r="R143" s="311">
         <v>450</v>
       </c>
-      <c r="S143" s="322" t="str">
+      <c r="S143" s="307" t="str">
         <f t="shared" si="42"/>
         <v>II</v>
       </c>
-      <c r="T143" s="134" t="s">
-[...5 lines deleted...]
-      <c r="V143" s="317">
+      <c r="T143" s="133" t="s">
+        <v>161</v>
+      </c>
+      <c r="U143" s="131" t="s">
+        <v>346</v>
+      </c>
+      <c r="V143" s="302">
         <v>31</v>
       </c>
-      <c r="W143" s="132" t="s">
+      <c r="W143" s="131" t="s">
         <v>95</v>
       </c>
-      <c r="X143" s="132" t="s">
-[...16 lines deleted...]
-      <c r="AE143" s="442"/>
+      <c r="X143" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y143" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z143" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA143" s="131" t="s">
+        <v>114</v>
+      </c>
+      <c r="AB143" s="131" t="s">
+        <v>347</v>
+      </c>
+      <c r="AC143" s="420" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD143" s="421"/>
+      <c r="AE143" s="421"/>
     </row>
     <row r="144" spans="1:31" ht="144.75" customHeight="1">
-      <c r="A144" s="313" t="s">
-[...14 lines deleted...]
-      <c r="F144" s="134" t="s">
+      <c r="A144" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B144" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C144" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D144" s="300" t="s">
+        <v>605</v>
+      </c>
+      <c r="E144" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F144" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G144" s="150" t="s">
-[...8 lines deleted...]
-      <c r="J144" s="301" t="s">
+      <c r="G144" s="149" t="s">
+        <v>348</v>
+      </c>
+      <c r="H144" s="330" t="s">
+        <v>349</v>
+      </c>
+      <c r="I144" s="287" t="s">
+        <v>350</v>
+      </c>
+      <c r="J144" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="K144" s="261" t="s">
+      <c r="K144" s="258" t="s">
         <v>99</v>
       </c>
-      <c r="L144" s="261" t="s">
-[...2 lines deleted...]
-      <c r="M144" s="301">
+      <c r="L144" s="258" t="s">
+        <v>333</v>
+      </c>
+      <c r="M144" s="289">
         <v>2</v>
       </c>
-      <c r="N144" s="301">
+      <c r="N144" s="289">
         <v>2</v>
       </c>
-      <c r="O144" s="301">
+      <c r="O144" s="289">
         <v>4</v>
       </c>
-      <c r="P144" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q144" s="301">
+      <c r="P144" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q144" s="289">
         <v>25</v>
       </c>
-      <c r="R144" s="301">
+      <c r="R144" s="289">
         <v>100</v>
       </c>
-      <c r="S144" s="322" t="str">
+      <c r="S144" s="307" t="str">
         <f t="shared" si="42"/>
         <v>III</v>
       </c>
-      <c r="T144" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V144" s="317">
+      <c r="T144" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U144" s="143" t="s">
+        <v>177</v>
+      </c>
+      <c r="V144" s="302">
         <v>31</v>
       </c>
-      <c r="W144" s="261" t="s">
+      <c r="W144" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X144" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE144" s="442"/>
+      <c r="X144" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y144" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z144" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA144" s="137" t="s">
+        <v>352</v>
+      </c>
+      <c r="AB144" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC144" s="418" t="s">
+        <v>179</v>
+      </c>
+      <c r="AD144" s="419"/>
+      <c r="AE144" s="419"/>
     </row>
     <row r="145" spans="1:31" ht="180">
-      <c r="A145" s="313" t="s">
-[...14 lines deleted...]
-      <c r="F145" s="134" t="s">
+      <c r="A145" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B145" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C145" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D145" s="300" t="s">
+        <v>605</v>
+      </c>
+      <c r="E145" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F145" s="133" t="s">
         <v>95</v>
       </c>
       <c r="G145" s="2" t="s">
-        <v>601</v>
-[...7 lines deleted...]
-      <c r="J145" s="140" t="s">
+        <v>608</v>
+      </c>
+      <c r="H145" s="291" t="s">
+        <v>354</v>
+      </c>
+      <c r="I145" s="292" t="s">
+        <v>355</v>
+      </c>
+      <c r="J145" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K145" s="140" t="s">
+      <c r="K145" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="L145" s="140" t="s">
+      <c r="L145" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="M145" s="136">
+      <c r="M145" s="135">
         <v>2</v>
       </c>
-      <c r="N145" s="136">
+      <c r="N145" s="135">
         <v>3</v>
       </c>
-      <c r="O145" s="323">
+      <c r="O145" s="308">
         <v>6</v>
       </c>
-      <c r="P145" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q145" s="136">
+      <c r="P145" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q145" s="135">
         <v>10</v>
       </c>
-      <c r="R145" s="323">
+      <c r="R145" s="308">
         <v>60</v>
       </c>
-      <c r="S145" s="322" t="str">
+      <c r="S145" s="307" t="str">
         <f t="shared" si="42"/>
         <v>III</v>
       </c>
-      <c r="T145" s="137" t="s">
-[...2 lines deleted...]
-      <c r="U145" s="140" t="s">
+      <c r="T145" s="136" t="s">
         <v>123</v>
       </c>
-      <c r="V145" s="317">
+      <c r="U145" s="139" t="s">
+        <v>124</v>
+      </c>
+      <c r="V145" s="302">
         <v>31</v>
       </c>
-      <c r="W145" s="140" t="s">
+      <c r="W145" s="139" t="s">
         <v>104</v>
       </c>
-      <c r="X145" s="140" t="s">
-[...34 lines deleted...]
-      <c r="F146" s="134" t="s">
+      <c r="X145" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y145" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z145" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA145" s="139" t="s">
+        <v>125</v>
+      </c>
+      <c r="AB145" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC145" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD145" s="421"/>
+      <c r="AE145" s="422"/>
+    </row>
+    <row r="146" spans="1:31" ht="180" customHeight="1">
+      <c r="A146" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B146" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C146" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D146" s="300" t="s">
+        <v>605</v>
+      </c>
+      <c r="E146" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F146" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G146" s="150" t="s">
-[...8 lines deleted...]
-      <c r="J146" s="140" t="s">
+      <c r="G146" s="149" t="s">
+        <v>609</v>
+      </c>
+      <c r="H146" s="292" t="s">
+        <v>128</v>
+      </c>
+      <c r="I146" s="292" t="s">
+        <v>357</v>
+      </c>
+      <c r="J146" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K146" s="140" t="s">
+      <c r="K146" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="L146" s="140" t="s">
-[...2 lines deleted...]
-      <c r="M146" s="136">
+      <c r="L146" s="139" t="s">
+        <v>358</v>
+      </c>
+      <c r="M146" s="135">
         <v>2</v>
       </c>
-      <c r="N146" s="136">
+      <c r="N146" s="135">
         <v>3</v>
       </c>
-      <c r="O146" s="323">
+      <c r="O146" s="308">
         <v>6</v>
       </c>
-      <c r="P146" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q146" s="136">
+      <c r="P146" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q146" s="135">
         <v>10</v>
       </c>
-      <c r="R146" s="323">
+      <c r="R146" s="308">
         <v>60</v>
       </c>
-      <c r="S146" s="322" t="str">
+      <c r="S146" s="307" t="str">
         <f t="shared" si="42"/>
         <v>III</v>
       </c>
-      <c r="T146" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V146" s="317">
+      <c r="T146" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U146" s="139" t="s">
+        <v>131</v>
+      </c>
+      <c r="V146" s="302">
         <v>31</v>
       </c>
-      <c r="W146" s="261" t="s">
+      <c r="W146" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X146" s="140" t="s">
-[...18 lines deleted...]
-      <c r="AE146" s="442"/>
+      <c r="X146" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y146" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z146" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA146" s="139" t="s">
+        <v>359</v>
+      </c>
+      <c r="AB146" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC146" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD146" s="421"/>
+      <c r="AE146" s="422"/>
     </row>
     <row r="147" spans="1:31" ht="180">
-      <c r="A147" s="313" t="s">
-[...26 lines deleted...]
-      <c r="J147" s="132" t="s">
+      <c r="A147" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B147" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C147" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D147" s="300" t="s">
+        <v>605</v>
+      </c>
+      <c r="E147" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F147" s="133" t="s">
+        <v>360</v>
+      </c>
+      <c r="G147" s="149" t="s">
+        <v>361</v>
+      </c>
+      <c r="H147" s="285" t="s">
+        <v>362</v>
+      </c>
+      <c r="I147" s="285" t="s">
+        <v>610</v>
+      </c>
+      <c r="J147" s="131" t="s">
         <v>99</v>
       </c>
-      <c r="K147" s="132" t="s">
+      <c r="K147" s="131" t="s">
         <v>99</v>
       </c>
-      <c r="L147" s="132" t="s">
-[...2 lines deleted...]
-      <c r="M147" s="133">
+      <c r="L147" s="131" t="s">
+        <v>364</v>
+      </c>
+      <c r="M147" s="132">
         <v>2</v>
       </c>
-      <c r="N147" s="133">
+      <c r="N147" s="132">
         <v>3</v>
       </c>
-      <c r="O147" s="326">
+      <c r="O147" s="311">
         <v>6</v>
       </c>
-      <c r="P147" s="326" t="s">
-[...2 lines deleted...]
-      <c r="Q147" s="133">
+      <c r="P147" s="311" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q147" s="132">
         <v>25</v>
       </c>
-      <c r="R147" s="326">
+      <c r="R147" s="311">
         <v>150</v>
       </c>
-      <c r="S147" s="322" t="str">
+      <c r="S147" s="307" t="str">
         <f t="shared" si="42"/>
         <v>II</v>
       </c>
-      <c r="T147" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V147" s="317">
+      <c r="T147" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U147" s="131" t="s">
+        <v>365</v>
+      </c>
+      <c r="V147" s="302">
         <v>31</v>
       </c>
-      <c r="W147" s="261" t="s">
+      <c r="W147" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X147" s="132" t="s">
-[...16 lines deleted...]
-      <c r="AE147" s="442"/>
+      <c r="X147" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y147" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z147" s="131" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA147" s="131" t="s">
+        <v>366</v>
+      </c>
+      <c r="AB147" s="131" t="s">
+        <v>367</v>
+      </c>
+      <c r="AC147" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD147" s="421"/>
+      <c r="AE147" s="422"/>
     </row>
     <row r="148" spans="1:31" ht="180">
-      <c r="A148" s="313" t="s">
-[...14 lines deleted...]
-      <c r="F148" s="134" t="s">
+      <c r="A148" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B148" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C148" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D148" s="300" t="s">
+        <v>605</v>
+      </c>
+      <c r="E148" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F148" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G148" s="150" t="s">
-[...8 lines deleted...]
-      <c r="J148" s="301" t="s">
+      <c r="G148" s="149" t="s">
+        <v>368</v>
+      </c>
+      <c r="H148" s="285" t="s">
+        <v>369</v>
+      </c>
+      <c r="I148" s="287" t="s">
+        <v>370</v>
+      </c>
+      <c r="J148" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="K148" s="301" t="s">
+      <c r="K148" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="L148" s="301" t="s">
+      <c r="L148" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="M148" s="301">
+      <c r="M148" s="289">
         <v>2</v>
       </c>
-      <c r="N148" s="301">
+      <c r="N148" s="289">
         <v>2</v>
       </c>
-      <c r="O148" s="326">
+      <c r="O148" s="311">
         <v>4</v>
       </c>
-      <c r="P148" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q148" s="301">
+      <c r="P148" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q148" s="289">
         <v>10</v>
       </c>
-      <c r="R148" s="326">
+      <c r="R148" s="311">
         <v>40</v>
       </c>
-      <c r="S148" s="322" t="str">
+      <c r="S148" s="307" t="str">
         <f t="shared" si="42"/>
         <v>III</v>
       </c>
-      <c r="T148" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V148" s="317">
+      <c r="T148" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U148" s="143" t="s">
+        <v>286</v>
+      </c>
+      <c r="V148" s="302">
         <v>31</v>
       </c>
-      <c r="W148" s="261" t="s">
+      <c r="W148" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X148" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE148" s="442"/>
+      <c r="X148" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y148" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z148" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA148" s="258" t="s">
+        <v>287</v>
+      </c>
+      <c r="AB148" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC148" s="420" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD148" s="421"/>
+      <c r="AE148" s="421"/>
     </row>
     <row r="149" spans="1:31" ht="180">
-      <c r="A149" s="313" t="s">
-[...14 lines deleted...]
-      <c r="F149" s="134" t="s">
+      <c r="A149" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B149" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C149" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D149" s="300" t="s">
+        <v>605</v>
+      </c>
+      <c r="E149" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F149" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G149" s="150" t="s">
-[...8 lines deleted...]
-      <c r="J149" s="184" t="s">
+      <c r="G149" s="149" t="s">
+        <v>611</v>
+      </c>
+      <c r="H149" s="293" t="s">
+        <v>372</v>
+      </c>
+      <c r="I149" s="293" t="s">
+        <v>373</v>
+      </c>
+      <c r="J149" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="K149" s="184" t="s">
+      <c r="K149" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="L149" s="184" t="s">
+      <c r="L149" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="M149" s="306">
+      <c r="M149" s="294">
         <v>2</v>
       </c>
-      <c r="N149" s="306">
+      <c r="N149" s="294">
         <v>3</v>
       </c>
-      <c r="O149" s="301">
+      <c r="O149" s="289">
         <v>6</v>
       </c>
-      <c r="P149" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q149" s="306">
+      <c r="P149" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q149" s="294">
         <v>10</v>
       </c>
-      <c r="R149" s="344">
+      <c r="R149" s="329">
         <v>60</v>
       </c>
-      <c r="S149" s="322" t="str">
+      <c r="S149" s="307" t="str">
         <f t="shared" si="42"/>
         <v>III</v>
       </c>
-      <c r="T149" s="307" t="s">
-[...5 lines deleted...]
-      <c r="V149" s="317">
+      <c r="T149" s="295" t="s">
+        <v>123</v>
+      </c>
+      <c r="U149" s="295" t="s">
+        <v>374</v>
+      </c>
+      <c r="V149" s="302">
         <v>31</v>
       </c>
-      <c r="W149" s="261" t="s">
+      <c r="W149" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X149" s="184" t="s">
-[...16 lines deleted...]
-      <c r="AE149" s="442"/>
+      <c r="X149" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y149" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z149" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA149" s="183" t="s">
+        <v>359</v>
+      </c>
+      <c r="AB149" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC149" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD149" s="421"/>
+      <c r="AE149" s="421"/>
     </row>
     <row r="150" spans="1:31" ht="180">
-      <c r="A150" s="313" t="s">
-[...14 lines deleted...]
-      <c r="F150" s="134" t="s">
+      <c r="A150" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B150" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C150" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D150" s="300" t="s">
+        <v>605</v>
+      </c>
+      <c r="E150" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F150" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G150" s="150" t="s">
-[...8 lines deleted...]
-      <c r="J150" s="138" t="s">
+      <c r="G150" s="149" t="s">
+        <v>375</v>
+      </c>
+      <c r="H150" s="292" t="s">
+        <v>376</v>
+      </c>
+      <c r="I150" s="287" t="s">
+        <v>377</v>
+      </c>
+      <c r="J150" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="K150" s="138" t="s">
+      <c r="K150" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L150" s="299" t="s">
+      <c r="L150" s="287" t="s">
         <v>99</v>
       </c>
-      <c r="M150" s="136">
+      <c r="M150" s="135">
         <v>2</v>
       </c>
-      <c r="N150" s="136">
+      <c r="N150" s="135">
         <v>3</v>
       </c>
-      <c r="O150" s="323">
+      <c r="O150" s="308">
         <v>4</v>
       </c>
-      <c r="P150" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q150" s="136">
+      <c r="P150" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q150" s="135">
         <v>25</v>
       </c>
-      <c r="R150" s="344">
+      <c r="R150" s="329">
         <v>100</v>
       </c>
-      <c r="S150" s="322" t="str">
+      <c r="S150" s="307" t="str">
         <f t="shared" si="42"/>
         <v>III</v>
       </c>
-      <c r="T150" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V150" s="317">
+      <c r="T150" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U150" s="258" t="s">
+        <v>200</v>
+      </c>
+      <c r="V150" s="302">
         <v>31</v>
       </c>
-      <c r="W150" s="261" t="s">
+      <c r="W150" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X150" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE150" s="442"/>
+      <c r="X150" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y150" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z150" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA150" s="258" t="s">
+        <v>378</v>
+      </c>
+      <c r="AB150" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC150" s="420" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD150" s="421"/>
+      <c r="AE150" s="422"/>
     </row>
     <row r="151" spans="1:31" ht="180">
-      <c r="A151" s="313" t="s">
-[...14 lines deleted...]
-      <c r="F151" s="134" t="s">
+      <c r="A151" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B151" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C151" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D151" s="300" t="s">
+        <v>605</v>
+      </c>
+      <c r="E151" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F151" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G151" s="150" t="s">
-[...8 lines deleted...]
-      <c r="J151" s="301" t="s">
+      <c r="G151" s="149" t="s">
+        <v>612</v>
+      </c>
+      <c r="H151" s="292" t="s">
+        <v>211</v>
+      </c>
+      <c r="I151" s="287" t="s">
+        <v>212</v>
+      </c>
+      <c r="J151" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="K151" s="138" t="s">
+      <c r="K151" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L151" s="261" t="s">
+      <c r="L151" s="258" t="s">
         <v>99</v>
       </c>
-      <c r="M151" s="301">
+      <c r="M151" s="289">
         <v>2</v>
       </c>
-      <c r="N151" s="301">
+      <c r="N151" s="289">
         <v>2</v>
       </c>
-      <c r="O151" s="323">
+      <c r="O151" s="308">
         <v>4</v>
       </c>
-      <c r="P151" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q151" s="136">
+      <c r="P151" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q151" s="135">
         <v>25</v>
       </c>
-      <c r="R151" s="344">
+      <c r="R151" s="329">
         <v>100</v>
       </c>
-      <c r="S151" s="322" t="str">
+      <c r="S151" s="307" t="str">
         <f t="shared" si="42"/>
         <v>III</v>
       </c>
-      <c r="T151" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V151" s="317">
+      <c r="T151" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U151" s="143" t="s">
+        <v>213</v>
+      </c>
+      <c r="V151" s="302">
         <v>31</v>
       </c>
-      <c r="W151" s="261" t="s">
+      <c r="W151" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X151" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE151" s="442"/>
+      <c r="X151" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y151" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z151" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA151" s="137" t="s">
+        <v>380</v>
+      </c>
+      <c r="AB151" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC151" s="420" t="s">
+        <v>215</v>
+      </c>
+      <c r="AD151" s="421"/>
+      <c r="AE151" s="422"/>
     </row>
     <row r="152" spans="1:31" ht="180">
-      <c r="A152" s="313" t="s">
-[...14 lines deleted...]
-      <c r="F152" s="134" t="s">
+      <c r="A152" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B152" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C152" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D152" s="300" t="s">
+        <v>605</v>
+      </c>
+      <c r="E152" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F152" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G152" s="150" t="s">
-[...8 lines deleted...]
-      <c r="J152" s="301" t="s">
+      <c r="G152" s="149" t="s">
+        <v>381</v>
+      </c>
+      <c r="H152" s="292" t="s">
+        <v>382</v>
+      </c>
+      <c r="I152" s="287" t="s">
+        <v>205</v>
+      </c>
+      <c r="J152" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="K152" s="138" t="s">
+      <c r="K152" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L152" s="144" t="s">
-[...2 lines deleted...]
-      <c r="M152" s="301">
+      <c r="L152" s="143" t="s">
+        <v>383</v>
+      </c>
+      <c r="M152" s="289">
         <v>2</v>
       </c>
-      <c r="N152" s="301">
+      <c r="N152" s="289">
         <v>2</v>
       </c>
-      <c r="O152" s="323">
+      <c r="O152" s="308">
         <v>4</v>
       </c>
-      <c r="P152" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q152" s="136">
+      <c r="P152" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q152" s="135">
         <v>25</v>
       </c>
-      <c r="R152" s="344">
+      <c r="R152" s="329">
         <v>100</v>
       </c>
-      <c r="S152" s="322" t="str">
+      <c r="S152" s="307" t="str">
         <f t="shared" si="42"/>
         <v>III</v>
       </c>
-      <c r="T152" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V152" s="317">
+      <c r="T152" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U152" s="143" t="s">
+        <v>384</v>
+      </c>
+      <c r="V152" s="302">
         <v>31</v>
       </c>
-      <c r="W152" s="261" t="s">
+      <c r="W152" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X152" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE152" s="442"/>
+      <c r="X152" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y152" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z152" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA152" s="137" t="s">
+        <v>385</v>
+      </c>
+      <c r="AB152" s="137" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC152" s="420" t="s">
+        <v>209</v>
+      </c>
+      <c r="AD152" s="421"/>
+      <c r="AE152" s="421"/>
     </row>
     <row r="153" spans="1:31" ht="180">
-      <c r="A153" s="313" t="s">
-[...14 lines deleted...]
-      <c r="F153" s="134" t="s">
+      <c r="A153" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B153" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C153" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D153" s="300" t="s">
+        <v>605</v>
+      </c>
+      <c r="E153" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F153" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G153" s="150" t="s">
-[...8 lines deleted...]
-      <c r="J153" s="301" t="s">
+      <c r="G153" s="149" t="s">
+        <v>613</v>
+      </c>
+      <c r="H153" s="287" t="s">
+        <v>387</v>
+      </c>
+      <c r="I153" s="287" t="s">
+        <v>388</v>
+      </c>
+      <c r="J153" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="K153" s="261" t="s">
-[...5 lines deleted...]
-      <c r="M153" s="301">
+      <c r="K153" s="258" t="s">
+        <v>389</v>
+      </c>
+      <c r="L153" s="258" t="s">
+        <v>389</v>
+      </c>
+      <c r="M153" s="289">
         <v>6</v>
       </c>
-      <c r="N153" s="301">
+      <c r="N153" s="289">
         <v>2</v>
       </c>
-      <c r="O153" s="301">
+      <c r="O153" s="289">
         <v>12</v>
       </c>
-      <c r="P153" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q153" s="300">
+      <c r="P153" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q153" s="288">
         <v>25</v>
       </c>
-      <c r="R153" s="344">
+      <c r="R153" s="329">
         <v>300</v>
       </c>
-      <c r="S153" s="322" t="str">
+      <c r="S153" s="307" t="str">
         <f>IF(R153="","",IF(AND(R153&gt;=600,R153&lt;=4000),"I",IF(AND(R153&gt;=150,R153&lt;=500),"II",IF(AND(R153&gt;=40,R153&lt;=120),"III",IF(OR(R153&lt;=20,R153&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T153" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V153" s="317">
+      <c r="T153" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U153" s="258" t="s">
+        <v>390</v>
+      </c>
+      <c r="V153" s="302">
         <v>31</v>
       </c>
-      <c r="W153" s="261" t="s">
+      <c r="W153" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X153" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE153" s="442"/>
+      <c r="X153" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y153" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z153" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA153" s="137" t="s">
+        <v>391</v>
+      </c>
+      <c r="AB153" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC153" s="420" t="s">
+        <v>243</v>
+      </c>
+      <c r="AD153" s="421"/>
+      <c r="AE153" s="422"/>
     </row>
     <row r="154" spans="1:31" ht="177" customHeight="1">
-      <c r="A154" s="313" t="s">
-[...12 lines deleted...]
-        <v>475</v>
+      <c r="A154" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B154" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C154" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D154" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E154" s="300" t="s">
+        <v>483</v>
       </c>
       <c r="F154" s="4" t="s">
         <v>95</v>
       </c>
       <c r="G154" s="2" t="s">
-        <v>607</v>
-[...7 lines deleted...]
-      <c r="J154" s="317" t="s">
+        <v>614</v>
+      </c>
+      <c r="H154" s="304" t="s">
+        <v>615</v>
+      </c>
+      <c r="I154" s="304" t="s">
+        <v>616</v>
+      </c>
+      <c r="J154" s="302" t="s">
         <v>99</v>
       </c>
-      <c r="K154" s="214" t="s">
-[...5 lines deleted...]
-      <c r="M154" s="317">
+      <c r="K154" s="211" t="s">
+        <v>617</v>
+      </c>
+      <c r="L154" s="211" t="s">
+        <v>240</v>
+      </c>
+      <c r="M154" s="302">
         <v>6</v>
       </c>
-      <c r="N154" s="317">
+      <c r="N154" s="302">
         <v>2</v>
       </c>
-      <c r="O154" s="317">
+      <c r="O154" s="302">
         <f t="shared" ref="O154" si="43">M154*N154</f>
         <v>12</v>
       </c>
-      <c r="P154" s="323" t="str">
+      <c r="P154" s="308" t="str">
         <f t="shared" ref="P154" si="44">IF(OR(O154="",O154=0),"",IF(O154&lt;5,"B",IF(O154&lt;9,"M",IF(O154&lt;21,"A","MA"))))</f>
         <v>A</v>
       </c>
-      <c r="Q154" s="320">
+      <c r="Q154" s="305">
         <v>25</v>
       </c>
-      <c r="R154" s="344">
+      <c r="R154" s="329">
         <f t="shared" ref="R154" si="45">O154*Q154</f>
         <v>300</v>
       </c>
-      <c r="S154" s="322" t="str">
+      <c r="S154" s="307" t="str">
         <f t="shared" ref="S154:S234" si="46">IF(R154="","",IF(AND(R154&gt;=600,R154&lt;=4000),"I",IF(AND(R154&gt;=150,R154&lt;=500),"II",IF(AND(R154&gt;=40,R154&lt;=120),"III",IF(OR(R154&lt;=20,R154&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T154" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V154" s="317">
+      <c r="T154" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U154" s="211" t="s">
+        <v>390</v>
+      </c>
+      <c r="V154" s="302">
         <v>31</v>
       </c>
-      <c r="W154" s="214" t="s">
+      <c r="W154" s="211" t="s">
         <v>104</v>
       </c>
-      <c r="X154" s="317" t="s">
-[...18 lines deleted...]
-      <c r="AE154" s="453"/>
+      <c r="X154" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y154" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z154" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA154" s="304" t="s">
+        <v>618</v>
+      </c>
+      <c r="AB154" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC154" s="420" t="s">
+        <v>243</v>
+      </c>
+      <c r="AD154" s="421"/>
+      <c r="AE154" s="422"/>
     </row>
     <row r="155" spans="1:31" ht="180">
-      <c r="A155" s="313" t="s">
-[...29 lines deleted...]
-      <c r="K155" s="184" t="s">
+      <c r="A155" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B155" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C155" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D155" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E155" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F155" s="133" t="s">
+        <v>170</v>
+      </c>
+      <c r="G155" s="149" t="s">
+        <v>619</v>
+      </c>
+      <c r="H155" s="293" t="s">
+        <v>620</v>
+      </c>
+      <c r="I155" s="293" t="s">
+        <v>621</v>
+      </c>
+      <c r="J155" s="183" t="s">
+        <v>622</v>
+      </c>
+      <c r="K155" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="L155" s="184" t="s">
+      <c r="L155" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="M155" s="306">
+      <c r="M155" s="294">
         <v>2</v>
       </c>
-      <c r="N155" s="306">
+      <c r="N155" s="294">
         <v>3</v>
       </c>
-      <c r="O155" s="301">
+      <c r="O155" s="289">
         <v>6</v>
       </c>
-      <c r="P155" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q155" s="306">
+      <c r="P155" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q155" s="294">
         <v>10</v>
       </c>
-      <c r="R155" s="344">
+      <c r="R155" s="329">
         <v>60</v>
       </c>
       <c r="S155" s="101" t="str">
         <f t="shared" si="46"/>
         <v>III</v>
       </c>
-      <c r="T155" s="307" t="s">
-[...5 lines deleted...]
-      <c r="V155" s="317">
+      <c r="T155" s="295" t="s">
+        <v>123</v>
+      </c>
+      <c r="U155" s="295" t="s">
+        <v>623</v>
+      </c>
+      <c r="V155" s="302">
         <v>31</v>
       </c>
-      <c r="W155" s="261" t="s">
+      <c r="W155" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X155" s="184" t="s">
-[...16 lines deleted...]
-      <c r="AE155" s="445"/>
+      <c r="X155" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y155" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z155" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA155" s="183" t="s">
+        <v>624</v>
+      </c>
+      <c r="AB155" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC155" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD155" s="421"/>
+      <c r="AE155" s="421"/>
     </row>
     <row r="156" spans="1:31" ht="180">
-      <c r="A156" s="313" t="s">
-[...29 lines deleted...]
-      <c r="K156" s="184" t="s">
+      <c r="A156" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B156" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C156" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D156" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E156" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F156" s="133" t="s">
+        <v>170</v>
+      </c>
+      <c r="G156" s="149" t="s">
+        <v>625</v>
+      </c>
+      <c r="H156" s="293" t="s">
+        <v>626</v>
+      </c>
+      <c r="I156" s="293" t="s">
+        <v>627</v>
+      </c>
+      <c r="J156" s="183" t="s">
+        <v>628</v>
+      </c>
+      <c r="K156" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="L156" s="184" t="s">
+      <c r="L156" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="M156" s="306">
+      <c r="M156" s="294">
         <v>2</v>
       </c>
-      <c r="N156" s="306">
+      <c r="N156" s="294">
         <v>3</v>
       </c>
-      <c r="O156" s="301">
+      <c r="O156" s="289">
         <v>6</v>
       </c>
-      <c r="P156" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q156" s="306">
+      <c r="P156" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q156" s="294">
         <v>10</v>
       </c>
-      <c r="R156" s="344">
+      <c r="R156" s="329">
         <v>60</v>
       </c>
       <c r="S156" s="101" t="str">
         <f t="shared" si="46"/>
         <v>III</v>
       </c>
-      <c r="T156" s="307" t="s">
-[...5 lines deleted...]
-      <c r="V156" s="317">
+      <c r="T156" s="295" t="s">
+        <v>123</v>
+      </c>
+      <c r="U156" s="295" t="s">
+        <v>629</v>
+      </c>
+      <c r="V156" s="302">
         <v>31</v>
       </c>
-      <c r="W156" s="261" t="s">
+      <c r="W156" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X156" s="184" t="s">
-[...18 lines deleted...]
-      <c r="AE156" s="445"/>
+      <c r="X156" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y156" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z156" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA156" s="183" t="s">
+        <v>630</v>
+      </c>
+      <c r="AB156" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC156" s="420" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD156" s="421"/>
+      <c r="AE156" s="422"/>
     </row>
     <row r="157" spans="1:31" ht="180">
-      <c r="A157" s="313" t="s">
-[...26 lines deleted...]
-      <c r="J157" s="184" t="s">
+      <c r="A157" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B157" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C157" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D157" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E157" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F157" s="133" t="s">
+        <v>170</v>
+      </c>
+      <c r="G157" s="149" t="s">
+        <v>631</v>
+      </c>
+      <c r="H157" s="293" t="s">
+        <v>632</v>
+      </c>
+      <c r="I157" s="293" t="s">
+        <v>633</v>
+      </c>
+      <c r="J157" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="K157" s="184" t="s">
+      <c r="K157" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="L157" s="184" t="s">
+      <c r="L157" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="M157" s="306">
+      <c r="M157" s="294">
         <v>2</v>
       </c>
-      <c r="N157" s="306">
+      <c r="N157" s="294">
         <v>2</v>
       </c>
-      <c r="O157" s="301">
+      <c r="O157" s="289">
         <v>4</v>
       </c>
-      <c r="P157" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q157" s="306">
+      <c r="P157" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q157" s="294">
         <v>25</v>
       </c>
-      <c r="R157" s="344">
+      <c r="R157" s="329">
         <v>100</v>
       </c>
       <c r="S157" s="101" t="str">
         <f t="shared" si="46"/>
         <v>III</v>
       </c>
-      <c r="T157" s="307" t="s">
-[...5 lines deleted...]
-      <c r="V157" s="317">
+      <c r="T157" s="295" t="s">
+        <v>123</v>
+      </c>
+      <c r="U157" s="295" t="s">
+        <v>634</v>
+      </c>
+      <c r="V157" s="302">
         <v>31</v>
       </c>
-      <c r="W157" s="261" t="s">
+      <c r="W157" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X157" s="184" t="s">
-[...16 lines deleted...]
-      <c r="AE157" s="445"/>
+      <c r="X157" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y157" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z157" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA157" s="183" t="s">
+        <v>635</v>
+      </c>
+      <c r="AB157" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC157" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD157" s="421"/>
+      <c r="AE157" s="421"/>
     </row>
     <row r="158" spans="1:31" ht="191.25">
-      <c r="A158" s="313" t="s">
-[...26 lines deleted...]
-      <c r="J158" s="138" t="s">
+      <c r="A158" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B158" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C158" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D158" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E158" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F158" s="133" t="s">
+        <v>170</v>
+      </c>
+      <c r="G158" s="149" t="s">
+        <v>636</v>
+      </c>
+      <c r="H158" s="292" t="s">
+        <v>434</v>
+      </c>
+      <c r="I158" s="287" t="s">
+        <v>637</v>
+      </c>
+      <c r="J158" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="K158" s="138" t="s">
+      <c r="K158" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L158" s="299" t="s">
+      <c r="L158" s="287" t="s">
         <v>99</v>
       </c>
-      <c r="M158" s="136">
+      <c r="M158" s="135">
         <v>2</v>
       </c>
-      <c r="N158" s="136">
+      <c r="N158" s="135">
         <v>3</v>
       </c>
-      <c r="O158" s="323">
+      <c r="O158" s="308">
         <v>4</v>
       </c>
-      <c r="P158" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q158" s="136">
+      <c r="P158" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q158" s="135">
         <v>25</v>
       </c>
-      <c r="R158" s="344">
+      <c r="R158" s="329">
         <v>100</v>
       </c>
       <c r="S158" s="101" t="str">
         <f t="shared" si="46"/>
         <v>III</v>
       </c>
-      <c r="T158" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V158" s="317">
+      <c r="T158" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U158" s="258" t="s">
+        <v>200</v>
+      </c>
+      <c r="V158" s="302">
         <v>31</v>
       </c>
-      <c r="W158" s="261" t="s">
+      <c r="W158" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X158" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE158" s="445"/>
+      <c r="X158" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y158" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z158" s="258" t="s">
+        <v>638</v>
+      </c>
+      <c r="AA158" s="258" t="s">
+        <v>639</v>
+      </c>
+      <c r="AB158" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC158" s="420" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD158" s="421"/>
+      <c r="AE158" s="422"/>
     </row>
     <row r="159" spans="1:31" ht="191.25">
-      <c r="A159" s="313" t="s">
-[...26 lines deleted...]
-      <c r="J159" s="138" t="s">
+      <c r="A159" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B159" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C159" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D159" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E159" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F159" s="133" t="s">
+        <v>170</v>
+      </c>
+      <c r="G159" s="149" t="s">
+        <v>640</v>
+      </c>
+      <c r="H159" s="292" t="s">
+        <v>434</v>
+      </c>
+      <c r="I159" s="287" t="s">
+        <v>637</v>
+      </c>
+      <c r="J159" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="K159" s="138" t="s">
+      <c r="K159" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L159" s="299" t="s">
+      <c r="L159" s="287" t="s">
         <v>99</v>
       </c>
-      <c r="M159" s="136">
+      <c r="M159" s="135">
         <v>2</v>
       </c>
-      <c r="N159" s="136">
+      <c r="N159" s="135">
         <v>3</v>
       </c>
-      <c r="O159" s="323">
+      <c r="O159" s="308">
         <v>4</v>
       </c>
-      <c r="P159" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q159" s="136">
+      <c r="P159" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q159" s="135">
         <v>25</v>
       </c>
-      <c r="R159" s="344">
+      <c r="R159" s="329">
         <v>100</v>
       </c>
       <c r="S159" s="101" t="str">
         <f t="shared" si="46"/>
         <v>III</v>
       </c>
-      <c r="T159" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V159" s="317">
+      <c r="T159" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U159" s="258" t="s">
+        <v>200</v>
+      </c>
+      <c r="V159" s="302">
         <v>31</v>
       </c>
-      <c r="W159" s="261" t="s">
+      <c r="W159" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X159" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE159" s="445"/>
+      <c r="X159" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y159" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z159" s="258" t="s">
+        <v>638</v>
+      </c>
+      <c r="AA159" s="258" t="s">
+        <v>639</v>
+      </c>
+      <c r="AB159" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC159" s="420" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD159" s="421"/>
+      <c r="AE159" s="422"/>
     </row>
     <row r="160" spans="1:31" ht="180">
-      <c r="A160" s="313" t="s">
-[...14 lines deleted...]
-      <c r="F160" s="346" t="s">
+      <c r="A160" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B160" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C160" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D160" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E160" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F160" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G160" s="367" t="s">
-[...14 lines deleted...]
-      <c r="L160" s="301" t="s">
+      <c r="G160" s="351" t="s">
+        <v>641</v>
+      </c>
+      <c r="H160" s="332" t="s">
+        <v>217</v>
+      </c>
+      <c r="I160" s="333" t="s">
+        <v>218</v>
+      </c>
+      <c r="J160" s="258" t="s">
+        <v>219</v>
+      </c>
+      <c r="K160" s="331" t="s">
+        <v>220</v>
+      </c>
+      <c r="L160" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="M160" s="301">
+      <c r="M160" s="289">
         <v>6</v>
       </c>
-      <c r="N160" s="301">
+      <c r="N160" s="289">
         <v>2</v>
       </c>
-      <c r="O160" s="301">
+      <c r="O160" s="289">
         <v>12</v>
       </c>
-      <c r="P160" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q160" s="300">
+      <c r="P160" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q160" s="288">
         <v>25</v>
       </c>
-      <c r="R160" s="344">
+      <c r="R160" s="329">
         <v>300</v>
       </c>
       <c r="S160" s="101" t="str">
         <f t="shared" si="46"/>
         <v>II</v>
       </c>
-      <c r="T160" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V160" s="317">
+      <c r="T160" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U160" s="331" t="s">
+        <v>222</v>
+      </c>
+      <c r="V160" s="302">
         <v>31</v>
       </c>
-      <c r="W160" s="261" t="s">
+      <c r="W160" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X160" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE160" s="445"/>
+      <c r="X160" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y160" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z160" s="258" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA160" s="189" t="s">
+        <v>224</v>
+      </c>
+      <c r="AB160" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC160" s="420" t="s">
+        <v>225</v>
+      </c>
+      <c r="AD160" s="421"/>
+      <c r="AE160" s="422"/>
     </row>
     <row r="161" spans="1:31" ht="180">
-      <c r="A161" s="313" t="s">
-[...14 lines deleted...]
-      <c r="F161" s="346" t="s">
+      <c r="A161" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B161" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C161" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D161" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E161" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F161" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G161" s="367" t="s">
-[...17 lines deleted...]
-      <c r="M161" s="301">
+      <c r="G161" s="351" t="s">
+        <v>642</v>
+      </c>
+      <c r="H161" s="332" t="s">
+        <v>227</v>
+      </c>
+      <c r="I161" s="333" t="s">
+        <v>228</v>
+      </c>
+      <c r="J161" s="258" t="s">
+        <v>229</v>
+      </c>
+      <c r="K161" s="331" t="s">
+        <v>220</v>
+      </c>
+      <c r="L161" s="258" t="s">
+        <v>230</v>
+      </c>
+      <c r="M161" s="289">
         <v>6</v>
       </c>
-      <c r="N161" s="301">
+      <c r="N161" s="289">
         <v>2</v>
       </c>
-      <c r="O161" s="301">
+      <c r="O161" s="289">
         <v>12</v>
       </c>
-      <c r="P161" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q161" s="300">
+      <c r="P161" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q161" s="288">
         <v>25</v>
       </c>
-      <c r="R161" s="344">
+      <c r="R161" s="329">
         <v>300</v>
       </c>
       <c r="S161" s="101" t="str">
         <f t="shared" si="46"/>
         <v>II</v>
       </c>
-      <c r="T161" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V161" s="317">
+      <c r="T161" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U161" s="331" t="s">
+        <v>222</v>
+      </c>
+      <c r="V161" s="302">
         <v>31</v>
       </c>
-      <c r="W161" s="261" t="s">
+      <c r="W161" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X161" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE161" s="445"/>
+      <c r="X161" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y161" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z161" s="258" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA161" s="189" t="s">
+        <v>224</v>
+      </c>
+      <c r="AB161" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC161" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD161" s="421"/>
+      <c r="AE161" s="422"/>
     </row>
     <row r="162" spans="1:31" ht="180">
-      <c r="A162" s="313" t="s">
-[...14 lines deleted...]
-      <c r="F162" s="346" t="s">
+      <c r="A162" s="298" t="s">
+        <v>440</v>
+      </c>
+      <c r="B162" s="299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C162" s="300" t="s">
+        <v>481</v>
+      </c>
+      <c r="D162" s="300" t="s">
+        <v>482</v>
+      </c>
+      <c r="E162" s="300" t="s">
+        <v>483</v>
+      </c>
+      <c r="F162" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G162" s="367" t="s">
-[...14 lines deleted...]
-      <c r="L162" s="140" t="s">
+      <c r="G162" s="351" t="s">
+        <v>642</v>
+      </c>
+      <c r="H162" s="332" t="s">
+        <v>231</v>
+      </c>
+      <c r="I162" s="333" t="s">
+        <v>232</v>
+      </c>
+      <c r="J162" s="258" t="s">
+        <v>233</v>
+      </c>
+      <c r="K162" s="139" t="s">
+        <v>234</v>
+      </c>
+      <c r="L162" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="M162" s="136">
+      <c r="M162" s="135">
         <v>2</v>
       </c>
-      <c r="N162" s="136">
+      <c r="N162" s="135">
         <v>3</v>
       </c>
-      <c r="O162" s="323">
+      <c r="O162" s="308">
         <v>6</v>
       </c>
-      <c r="P162" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q162" s="136">
+      <c r="P162" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q162" s="135">
         <v>10</v>
       </c>
-      <c r="R162" s="323">
+      <c r="R162" s="308">
         <v>60</v>
       </c>
       <c r="S162" s="101" t="str">
         <f t="shared" si="46"/>
         <v>III</v>
       </c>
-      <c r="T162" s="137" t="s">
-[...2 lines deleted...]
-      <c r="U162" s="140" t="s">
+      <c r="T162" s="136" t="s">
         <v>123</v>
       </c>
-      <c r="V162" s="317">
+      <c r="U162" s="139" t="s">
+        <v>124</v>
+      </c>
+      <c r="V162" s="302">
         <v>31</v>
       </c>
-      <c r="W162" s="140" t="s">
+      <c r="W162" s="139" t="s">
         <v>104</v>
       </c>
-      <c r="X162" s="140" t="s">
-[...16 lines deleted...]
-      <c r="AE162" s="445"/>
+      <c r="X162" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y162" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z162" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA162" s="139" t="s">
+        <v>125</v>
+      </c>
+      <c r="AB162" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC162" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD162" s="421"/>
+      <c r="AE162" s="422"/>
     </row>
     <row r="163" spans="1:31" ht="161.25" customHeight="1">
-      <c r="A163" s="349" t="s">
-[...12 lines deleted...]
-        <v>641</v>
+      <c r="A163" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B163" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C163" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D163" s="335" t="s">
+        <v>645</v>
+      </c>
+      <c r="E163" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G163" s="2" t="s">
-        <v>642</v>
-[...16 lines deleted...]
-      <c r="M163" s="320">
+        <v>647</v>
+      </c>
+      <c r="H163" s="303" t="s">
+        <v>488</v>
+      </c>
+      <c r="I163" s="304" t="s">
+        <v>110</v>
+      </c>
+      <c r="J163" s="211" t="s">
+        <v>489</v>
+      </c>
+      <c r="K163" s="211" t="s">
+        <v>490</v>
+      </c>
+      <c r="L163" s="185" t="s">
+        <v>491</v>
+      </c>
+      <c r="M163" s="305">
         <v>6</v>
       </c>
-      <c r="N163" s="320">
+      <c r="N163" s="305">
         <v>3</v>
       </c>
-      <c r="O163" s="320">
+      <c r="O163" s="305">
         <f>M163*N163</f>
         <v>18</v>
       </c>
-      <c r="P163" s="321" t="str">
+      <c r="P163" s="306" t="str">
         <f>IF(OR(O163="",O163=0),"",IF(O163&lt;5,"B",IF(O163&lt;9,"M",IF(O163&lt;21,"A","MA"))))</f>
         <v>A</v>
       </c>
-      <c r="Q163" s="320">
+      <c r="Q163" s="305">
         <v>25</v>
       </c>
-      <c r="R163" s="320">
+      <c r="R163" s="305">
         <f>O163*Q163</f>
         <v>450</v>
       </c>
-      <c r="S163" s="322" t="str">
+      <c r="S163" s="307" t="str">
         <f>IF(R163="","",IF(AND(R163&gt;=600,R163&lt;=4000),"I",IF(AND(R163&gt;=150,R163&lt;=500),"II",IF(AND(R163&gt;=40,R163&lt;=120),"III",IF(OR(R163&lt;=20,R163&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T163" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V163" s="317">
+      <c r="T163" s="139" t="s">
+        <v>161</v>
+      </c>
+      <c r="U163" s="185" t="s">
+        <v>259</v>
+      </c>
+      <c r="V163" s="302">
         <v>2</v>
       </c>
-      <c r="W163" s="214" t="s">
+      <c r="W163" s="211" t="s">
         <v>104</v>
       </c>
-      <c r="X163" s="317" t="s">
-[...16 lines deleted...]
-      <c r="AE163" s="446"/>
+      <c r="X163" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y163" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z163" s="211" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA163" s="304" t="s">
+        <v>492</v>
+      </c>
+      <c r="AB163" s="211" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC163" s="420" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD163" s="421"/>
+      <c r="AE163" s="421"/>
     </row>
     <row r="164" spans="1:31" ht="161.25" customHeight="1">
-      <c r="A164" s="349" t="s">
-[...8 lines deleted...]
-      <c r="D164" s="350" t="s">
+      <c r="A164" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B164" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E164" s="354" t="s">
-        <v>641</v>
+      <c r="C164" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D164" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E164" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F164" s="4" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G164" s="2" t="s">
-        <v>644</v>
-[...10 lines deleted...]
-      <c r="K164" s="214" t="s">
+        <v>649</v>
+      </c>
+      <c r="H164" s="303" t="s">
+        <v>494</v>
+      </c>
+      <c r="I164" s="304" t="s">
+        <v>495</v>
+      </c>
+      <c r="J164" s="211" t="s">
+        <v>496</v>
+      </c>
+      <c r="K164" s="211" t="s">
         <v>99</v>
       </c>
-      <c r="L164" s="186" t="s">
-[...2 lines deleted...]
-      <c r="M164" s="320">
+      <c r="L164" s="185" t="s">
+        <v>497</v>
+      </c>
+      <c r="M164" s="305">
         <v>6</v>
       </c>
-      <c r="N164" s="320">
+      <c r="N164" s="305">
         <v>3</v>
       </c>
-      <c r="O164" s="320">
+      <c r="O164" s="305">
         <f t="shared" ref="O164" si="47">M164*N164</f>
         <v>18</v>
       </c>
-      <c r="P164" s="323" t="str">
+      <c r="P164" s="308" t="str">
         <f t="shared" ref="P164" si="48">IF(OR(O164="",O164=0),"",IF(O164&lt;5,"B",IF(O164&lt;9,"M",IF(O164&lt;21,"A","MA"))))</f>
         <v>A</v>
       </c>
-      <c r="Q164" s="320">
+      <c r="Q164" s="305">
         <v>25</v>
       </c>
-      <c r="R164" s="320">
+      <c r="R164" s="305">
         <f t="shared" ref="R164" si="49">O164*Q164</f>
         <v>450</v>
       </c>
-      <c r="S164" s="322" t="str">
+      <c r="S164" s="307" t="str">
         <f t="shared" ref="S164" si="50">IF(R164="","",IF(AND(R164&gt;=600,R164&lt;=4000),"I",IF(AND(R164&gt;=150,R164&lt;=500),"II",IF(AND(R164&gt;=40,R164&lt;=120),"III",IF(OR(R164&lt;=20,R164&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T164" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V164" s="317">
+      <c r="T164" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U164" s="152" t="s">
+        <v>259</v>
+      </c>
+      <c r="V164" s="302">
         <v>2</v>
       </c>
-      <c r="W164" s="214" t="s">
+      <c r="W164" s="211" t="s">
         <v>104</v>
       </c>
-      <c r="X164" s="317" t="s">
-[...16 lines deleted...]
-      <c r="AE164" s="446"/>
+      <c r="X164" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y164" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z164" s="211" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA164" s="304" t="s">
+        <v>498</v>
+      </c>
+      <c r="AB164" s="211" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC164" s="420" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD164" s="421"/>
+      <c r="AE164" s="421"/>
     </row>
     <row r="165" spans="1:31" ht="198.75" customHeight="1">
-      <c r="A165" s="349" t="s">
-[...8 lines deleted...]
-      <c r="D165" s="350" t="s">
+      <c r="A165" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B165" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E165" s="354" t="s">
-        <v>641</v>
+      <c r="C165" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D165" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E165" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G165" s="2" t="s">
-        <v>645</v>
-[...7 lines deleted...]
-      <c r="J165" s="214" t="s">
+        <v>650</v>
+      </c>
+      <c r="H165" s="303" t="s">
+        <v>651</v>
+      </c>
+      <c r="I165" s="304" t="s">
+        <v>500</v>
+      </c>
+      <c r="J165" s="211" t="s">
         <v>99</v>
       </c>
-      <c r="K165" s="214" t="s">
-[...5 lines deleted...]
-      <c r="M165" s="320">
+      <c r="K165" s="211" t="s">
+        <v>652</v>
+      </c>
+      <c r="L165" s="185" t="s">
+        <v>497</v>
+      </c>
+      <c r="M165" s="305">
         <v>6</v>
       </c>
-      <c r="N165" s="320">
+      <c r="N165" s="305">
         <v>3</v>
       </c>
-      <c r="O165" s="320">
+      <c r="O165" s="305">
         <f>M165*N165</f>
         <v>18</v>
       </c>
-      <c r="P165" s="321" t="str">
+      <c r="P165" s="306" t="str">
         <f>IF(OR(O165="",O165=0),"",IF(O165&lt;5,"B",IF(O165&lt;9,"M",IF(O165&lt;21,"A","MA"))))</f>
         <v>A</v>
       </c>
-      <c r="Q165" s="320">
+      <c r="Q165" s="305">
         <v>25</v>
       </c>
-      <c r="R165" s="320">
+      <c r="R165" s="305">
         <f>O165*Q165</f>
         <v>450</v>
       </c>
-      <c r="S165" s="322" t="str">
+      <c r="S165" s="307" t="str">
         <f>IF(R165="","",IF(AND(R165&gt;=600,R165&lt;=4000),"I",IF(AND(R165&gt;=150,R165&lt;=500),"II",IF(AND(R165&gt;=40,R165&lt;=120),"III",IF(OR(R165&lt;=20,R165&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T165" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V165" s="317">
+      <c r="T165" s="139" t="s">
+        <v>161</v>
+      </c>
+      <c r="U165" s="185" t="s">
+        <v>259</v>
+      </c>
+      <c r="V165" s="302">
         <v>2</v>
       </c>
-      <c r="W165" s="214" t="s">
+      <c r="W165" s="211" t="s">
         <v>104</v>
       </c>
-      <c r="X165" s="317" t="s">
-[...2 lines deleted...]
-      <c r="Y165" s="214" t="s">
+      <c r="X165" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y165" s="211" t="s">
+        <v>653</v>
+      </c>
+      <c r="Z165" s="211" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA165" s="304" t="s">
+        <v>501</v>
+      </c>
+      <c r="AB165" s="211" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC165" s="420" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD165" s="421"/>
+      <c r="AE165" s="421"/>
+    </row>
+    <row r="166" spans="1:31" ht="151.5" customHeight="1">
+      <c r="A166" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B166" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C166" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D166" s="335" t="s">
         <v>648</v>
       </c>
-      <c r="Z165" s="214" t="s">
-[...26 lines deleted...]
-        <v>641</v>
+      <c r="E166" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G166" s="2" t="s">
-        <v>649</v>
-[...7 lines deleted...]
-      <c r="J166" s="214" t="s">
+        <v>654</v>
+      </c>
+      <c r="H166" s="303" t="s">
+        <v>655</v>
+      </c>
+      <c r="I166" s="304" t="s">
+        <v>258</v>
+      </c>
+      <c r="J166" s="211" t="s">
         <v>99</v>
       </c>
-      <c r="K166" s="214" t="s">
+      <c r="K166" s="211" t="s">
         <v>99</v>
       </c>
-      <c r="L166" s="186" t="s">
-[...2 lines deleted...]
-      <c r="M166" s="320">
+      <c r="L166" s="185" t="s">
+        <v>497</v>
+      </c>
+      <c r="M166" s="305">
         <v>6</v>
       </c>
-      <c r="N166" s="320">
+      <c r="N166" s="305">
         <v>3</v>
       </c>
-      <c r="O166" s="320">
+      <c r="O166" s="305">
         <f>M166*N166</f>
         <v>18</v>
       </c>
-      <c r="P166" s="321" t="str">
+      <c r="P166" s="306" t="str">
         <f>IF(OR(O166="",O166=0),"",IF(O166&lt;5,"B",IF(O166&lt;9,"M",IF(O166&lt;21,"A","MA"))))</f>
         <v>A</v>
       </c>
-      <c r="Q166" s="320">
+      <c r="Q166" s="305">
         <v>25</v>
       </c>
-      <c r="R166" s="320">
+      <c r="R166" s="305">
         <f>O166*Q166</f>
         <v>450</v>
       </c>
-      <c r="S166" s="322" t="str">
+      <c r="S166" s="307" t="str">
         <f>IF(R166="","",IF(AND(R166&gt;=600,R166&lt;=4000),"I",IF(AND(R166&gt;=150,R166&lt;=500),"II",IF(AND(R166&gt;=40,R166&lt;=120),"III",IF(OR(R166&lt;=20,R166&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T166" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V166" s="317">
+      <c r="T166" s="139" t="s">
+        <v>161</v>
+      </c>
+      <c r="U166" s="185" t="s">
+        <v>259</v>
+      </c>
+      <c r="V166" s="302">
         <v>2</v>
       </c>
-      <c r="W166" s="214" t="s">
+      <c r="W166" s="211" t="s">
         <v>104</v>
       </c>
-      <c r="X166" s="317" t="s">
-[...16 lines deleted...]
-      <c r="AE166" s="446"/>
+      <c r="X166" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y166" s="211" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z166" s="211" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA166" s="304" t="s">
+        <v>656</v>
+      </c>
+      <c r="AB166" s="211" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC166" s="420" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD166" s="421"/>
+      <c r="AE166" s="421"/>
     </row>
     <row r="167" spans="1:31" ht="114.75" customHeight="1">
-      <c r="A167" s="349" t="s">
-[...8 lines deleted...]
-      <c r="D167" s="350" t="s">
+      <c r="A167" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B167" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E167" s="354" t="s">
-        <v>641</v>
+      <c r="C167" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D167" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E167" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F167" s="3" t="s">
         <v>95</v>
       </c>
       <c r="G167" s="2" t="s">
-        <v>652</v>
-[...7 lines deleted...]
-      <c r="J167" s="140" t="s">
+        <v>657</v>
+      </c>
+      <c r="H167" s="301" t="s">
+        <v>504</v>
+      </c>
+      <c r="I167" s="292" t="s">
+        <v>505</v>
+      </c>
+      <c r="J167" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K167" s="140" t="s">
-[...2 lines deleted...]
-      <c r="L167" s="140" t="s">
+      <c r="K167" s="139" t="s">
+        <v>658</v>
+      </c>
+      <c r="L167" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="M167" s="189">
+      <c r="M167" s="188">
         <v>2</v>
       </c>
-      <c r="N167" s="189">
+      <c r="N167" s="188">
         <v>3</v>
       </c>
-      <c r="O167" s="321">
+      <c r="O167" s="306">
         <f>M167*N167</f>
         <v>6</v>
       </c>
-      <c r="P167" s="321" t="str">
+      <c r="P167" s="306" t="str">
         <f>IF(OR(O167="",O167=0),"",IF(O167&lt;5,"B",IF(O167&lt;9,"M",IF(O167&lt;21,"A","MA"))))</f>
         <v>M</v>
       </c>
-      <c r="Q167" s="189">
+      <c r="Q167" s="188">
         <v>10</v>
       </c>
-      <c r="R167" s="321">
+      <c r="R167" s="306">
         <f>O167*Q167</f>
         <v>60</v>
       </c>
-      <c r="S167" s="322" t="str">
+      <c r="S167" s="307" t="str">
         <f>IF(R167="","",IF(AND(R167&gt;=600,R167&lt;=4000),"I",IF(AND(R167&gt;=150,R167&lt;=500),"II",IF(AND(R167&gt;=40,R167&lt;=120),"III",IF(OR(R167&lt;=20,R167&gt;=0),"IV")))))</f>
         <v>III</v>
       </c>
-      <c r="T167" s="140" t="s">
-[...2 lines deleted...]
-      <c r="U167" s="140" t="s">
+      <c r="T167" s="139" t="s">
         <v>123</v>
       </c>
-      <c r="V167" s="317">
+      <c r="U167" s="139" t="s">
+        <v>124</v>
+      </c>
+      <c r="V167" s="302">
         <v>2</v>
       </c>
-      <c r="W167" s="140" t="s">
+      <c r="W167" s="139" t="s">
         <v>104</v>
       </c>
-      <c r="X167" s="140" t="s">
-[...16 lines deleted...]
-      <c r="AE167" s="452"/>
+      <c r="X167" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y167" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z167" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA167" s="292" t="s">
+        <v>659</v>
+      </c>
+      <c r="AB167" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC167" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD167" s="421"/>
+      <c r="AE167" s="422"/>
     </row>
     <row r="168" spans="1:31" ht="231.75" customHeight="1">
-      <c r="A168" s="349" t="s">
-[...8 lines deleted...]
-      <c r="D168" s="350" t="s">
+      <c r="A168" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B168" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E168" s="354" t="s">
-        <v>641</v>
+      <c r="C168" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D168" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E168" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G168" s="2" t="s">
-        <v>655</v>
-[...7 lines deleted...]
-      <c r="J168" s="140" t="s">
+        <v>660</v>
+      </c>
+      <c r="H168" s="292" t="s">
+        <v>128</v>
+      </c>
+      <c r="I168" s="292" t="s">
+        <v>508</v>
+      </c>
+      <c r="J168" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K168" s="140" t="s">
-[...5 lines deleted...]
-      <c r="M168" s="189">
+      <c r="K168" s="139" t="s">
+        <v>661</v>
+      </c>
+      <c r="L168" s="139" t="s">
+        <v>662</v>
+      </c>
+      <c r="M168" s="188">
         <v>2</v>
       </c>
-      <c r="N168" s="189">
+      <c r="N168" s="188">
         <v>3</v>
       </c>
-      <c r="O168" s="321">
+      <c r="O168" s="306">
         <f t="shared" ref="O168:O169" si="51">M168*N168</f>
         <v>6</v>
       </c>
-      <c r="P168" s="321" t="str">
+      <c r="P168" s="306" t="str">
         <f t="shared" ref="P168" si="52">IF(OR(O168="",O168=0),"",IF(O168&lt;5,"B",IF(O168&lt;9,"M",IF(O168&lt;21,"A","MA"))))</f>
         <v>M</v>
       </c>
-      <c r="Q168" s="189">
+      <c r="Q168" s="188">
         <v>10</v>
       </c>
-      <c r="R168" s="321">
+      <c r="R168" s="306">
         <f t="shared" ref="R168" si="53">O168*Q168</f>
         <v>60</v>
       </c>
-      <c r="S168" s="322" t="str">
+      <c r="S168" s="307" t="str">
         <f t="shared" ref="S168" si="54">IF(R168="","",IF(AND(R168&gt;=600,R168&lt;=4000),"I",IF(AND(R168&gt;=150,R168&lt;=500),"II",IF(AND(R168&gt;=40,R168&lt;=120),"III",IF(OR(R168&lt;=20,R168&gt;=0),"IV")))))</f>
         <v>III</v>
       </c>
-      <c r="T168" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V168" s="317">
+      <c r="T168" s="139" t="s">
+        <v>123</v>
+      </c>
+      <c r="U168" s="139" t="s">
+        <v>131</v>
+      </c>
+      <c r="V168" s="302">
         <v>2</v>
       </c>
-      <c r="W168" s="261" t="s">
+      <c r="W168" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X168" s="140" t="s">
-[...16 lines deleted...]
-      <c r="AE168" s="580"/>
+      <c r="X168" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y168" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z168" s="139" t="s">
+        <v>663</v>
+      </c>
+      <c r="AA168" s="292" t="s">
+        <v>664</v>
+      </c>
+      <c r="AB168" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC168" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD168" s="421"/>
+      <c r="AE168" s="422"/>
     </row>
     <row r="169" spans="1:31" ht="147" customHeight="1">
-      <c r="A169" s="349" t="s">
-[...8 lines deleted...]
-      <c r="D169" s="350" t="s">
+      <c r="A169" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B169" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E169" s="354" t="s">
-        <v>641</v>
+      <c r="C169" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D169" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E169" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G169" s="2" t="s">
-        <v>660</v>
-[...7 lines deleted...]
-      <c r="J169" s="140" t="s">
+        <v>665</v>
+      </c>
+      <c r="H169" s="292" t="s">
+        <v>513</v>
+      </c>
+      <c r="I169" s="292" t="s">
+        <v>269</v>
+      </c>
+      <c r="J169" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K169" s="140" t="s">
-[...2 lines deleted...]
-      <c r="L169" s="140" t="s">
+      <c r="K169" s="139" t="s">
+        <v>666</v>
+      </c>
+      <c r="L169" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="M169" s="136">
+      <c r="M169" s="135">
         <v>2</v>
       </c>
-      <c r="N169" s="136">
+      <c r="N169" s="135">
         <v>3</v>
       </c>
-      <c r="O169" s="323">
+      <c r="O169" s="308">
         <f t="shared" si="51"/>
         <v>6</v>
       </c>
-      <c r="P169" s="323" t="str">
+      <c r="P169" s="308" t="str">
         <f>IF(OR(O169="",O169=0),"",IF(O169&lt;5,"B",IF(O169&lt;9,"M",IF(O169&lt;21,"A","MA"))))</f>
         <v>M</v>
       </c>
-      <c r="Q169" s="136">
+      <c r="Q169" s="135">
         <v>25</v>
       </c>
-      <c r="R169" s="323">
+      <c r="R169" s="308">
         <f>O169*Q169</f>
         <v>150</v>
       </c>
-      <c r="S169" s="322" t="str">
+      <c r="S169" s="307" t="str">
         <f>IF(R169="","",IF(AND(R169&gt;=600,R169&lt;=4000),"I",IF(AND(R169&gt;=150,R169&lt;=500),"II",IF(AND(R169&gt;=40,R169&lt;=120),"III",IF(OR(R169&lt;=20,R169&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T169" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V169" s="317">
+      <c r="T169" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U169" s="139" t="s">
+        <v>137</v>
+      </c>
+      <c r="V169" s="302">
         <v>2</v>
       </c>
-      <c r="W169" s="261" t="s">
+      <c r="W169" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X169" s="140" t="s">
-[...16 lines deleted...]
-      <c r="AE169" s="580"/>
+      <c r="X169" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y169" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z169" s="139" t="s">
+        <v>667</v>
+      </c>
+      <c r="AA169" s="292" t="s">
+        <v>668</v>
+      </c>
+      <c r="AB169" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC169" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD169" s="421"/>
+      <c r="AE169" s="422"/>
     </row>
     <row r="170" spans="1:31" ht="182.25" customHeight="1">
-      <c r="A170" s="349" t="s">
-[...8 lines deleted...]
-      <c r="D170" s="350" t="s">
+      <c r="A170" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B170" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E170" s="354" t="s">
-        <v>641</v>
+      <c r="C170" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D170" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E170" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F170" s="3" t="s">
         <v>95</v>
       </c>
       <c r="G170" s="2" t="s">
-        <v>664</v>
-[...5 lines deleted...]
-        <v>510</v>
+        <v>669</v>
+      </c>
+      <c r="H170" s="296" t="s">
+        <v>362</v>
+      </c>
+      <c r="I170" s="296" t="s">
+        <v>518</v>
       </c>
       <c r="J170" s="3" t="s">
         <v>99</v>
       </c>
       <c r="K170" s="3" t="s">
         <v>99</v>
       </c>
       <c r="L170" s="3" t="s">
-        <v>511</v>
-[...1 lines deleted...]
-      <c r="M170" s="324">
+        <v>519</v>
+      </c>
+      <c r="M170" s="309">
         <v>2</v>
       </c>
-      <c r="N170" s="324">
+      <c r="N170" s="309">
         <v>3</v>
       </c>
-      <c r="O170" s="325">
+      <c r="O170" s="310">
         <f>M170*N170</f>
         <v>6</v>
       </c>
-      <c r="P170" s="325" t="str">
+      <c r="P170" s="310" t="str">
         <f>IF(OR(O170="",O170=0),"",IF(O170&lt;5,"B",IF(O170&lt;9,"M",IF(O170&lt;21,"A","MA"))))</f>
         <v>M</v>
       </c>
-      <c r="Q170" s="324">
+      <c r="Q170" s="309">
         <v>25</v>
       </c>
-      <c r="R170" s="325">
+      <c r="R170" s="310">
         <f>O170*Q170</f>
         <v>150</v>
       </c>
       <c r="S170" s="101" t="str">
         <f>IF(R170="","",IF(AND(R170&gt;=600,R170&lt;=4000),"I",IF(AND(R170&gt;=150,R170&lt;=500),"II",IF(AND(R170&gt;=40,R170&lt;=120),"III",IF(OR(R170&lt;=20,R170&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T170" s="140" t="s">
-        <v>158</v>
+      <c r="T170" s="139" t="s">
+        <v>161</v>
       </c>
       <c r="U170" s="3" t="s">
-        <v>354</v>
-[...1 lines deleted...]
-      <c r="V170" s="317">
+        <v>365</v>
+      </c>
+      <c r="V170" s="302">
         <v>2</v>
       </c>
-      <c r="W170" s="261" t="s">
+      <c r="W170" s="258" t="s">
         <v>104</v>
       </c>
       <c r="X170" s="3" t="s">
         <v>105</v>
       </c>
       <c r="Y170" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="Z170" s="140" t="s">
-[...2 lines deleted...]
-      <c r="AA170" s="311" t="s">
+      <c r="Z170" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA170" s="296" t="s">
         <v>105</v>
       </c>
       <c r="AB170" s="3" t="s">
-        <v>513</v>
-[...3 lines deleted...]
-      <c r="AE170" s="581"/>
+        <v>521</v>
+      </c>
+      <c r="AC170" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD170" s="421"/>
+      <c r="AE170" s="422"/>
     </row>
     <row r="171" spans="1:31" ht="124.5" customHeight="1">
-      <c r="A171" s="349" t="s">
-[...8 lines deleted...]
-      <c r="D171" s="350" t="s">
+      <c r="A171" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B171" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E171" s="354" t="s">
-        <v>641</v>
+      <c r="C171" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D171" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E171" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F171" s="3" t="s">
         <v>95</v>
       </c>
       <c r="G171" s="2" t="s">
-        <v>665</v>
-[...7 lines deleted...]
-      <c r="J171" s="301" t="s">
+        <v>670</v>
+      </c>
+      <c r="H171" s="296" t="s">
+        <v>284</v>
+      </c>
+      <c r="I171" s="287" t="s">
+        <v>279</v>
+      </c>
+      <c r="J171" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="K171" s="301" t="s">
+      <c r="K171" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="L171" s="261" t="s">
-[...2 lines deleted...]
-      <c r="M171" s="301">
+      <c r="L171" s="258" t="s">
+        <v>280</v>
+      </c>
+      <c r="M171" s="289">
         <v>6</v>
       </c>
-      <c r="N171" s="301">
+      <c r="N171" s="289">
         <v>3</v>
       </c>
-      <c r="O171" s="325">
+      <c r="O171" s="310">
         <f>M171*N171</f>
         <v>18</v>
       </c>
-      <c r="P171" s="321" t="str">
+      <c r="P171" s="306" t="str">
         <f t="shared" ref="P171:P177" si="55">IF(OR(O171="",O171=0),"",IF(O171&lt;5,"B",IF(O171&lt;9,"M",IF(O171&lt;21,"A","MA"))))</f>
         <v>A</v>
       </c>
-      <c r="Q171" s="301">
+      <c r="Q171" s="289">
         <v>25</v>
       </c>
-      <c r="R171" s="325">
+      <c r="R171" s="310">
         <f>O171*Q171</f>
         <v>450</v>
       </c>
-      <c r="S171" s="322" t="str">
+      <c r="S171" s="307" t="str">
         <f t="shared" ref="S171:S180" si="56">IF(R171="","",IF(AND(R171&gt;=600,R171&lt;=4000),"I",IF(AND(R171&gt;=150,R171&lt;=500),"II",IF(AND(R171&gt;=40,R171&lt;=120),"III",IF(OR(R171&lt;=20,R171&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T171" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V171" s="317">
+      <c r="T171" s="139" t="s">
+        <v>161</v>
+      </c>
+      <c r="U171" s="137" t="s">
+        <v>281</v>
+      </c>
+      <c r="V171" s="302">
         <v>2</v>
       </c>
-      <c r="W171" s="261" t="s">
+      <c r="W171" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X171" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE171" s="452"/>
+      <c r="X171" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y171" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z171" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA171" s="287" t="s">
+        <v>671</v>
+      </c>
+      <c r="AB171" s="211" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC171" s="420" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD171" s="421"/>
+      <c r="AE171" s="421"/>
     </row>
     <row r="172" spans="1:31" ht="155.25" customHeight="1">
-      <c r="A172" s="349" t="s">
-[...8 lines deleted...]
-      <c r="D172" s="350" t="s">
+      <c r="A172" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B172" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E172" s="354" t="s">
-        <v>641</v>
+      <c r="C172" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D172" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E172" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F172" s="4" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G172" s="2" t="s">
-        <v>667</v>
-[...7 lines deleted...]
-      <c r="J172" s="301" t="s">
+        <v>672</v>
+      </c>
+      <c r="H172" s="296" t="s">
+        <v>673</v>
+      </c>
+      <c r="I172" s="287" t="s">
+        <v>674</v>
+      </c>
+      <c r="J172" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="K172" s="261" t="s">
-[...5 lines deleted...]
-      <c r="M172" s="301">
+      <c r="K172" s="258" t="s">
+        <v>675</v>
+      </c>
+      <c r="L172" s="258" t="s">
+        <v>280</v>
+      </c>
+      <c r="M172" s="289">
         <v>2</v>
       </c>
-      <c r="N172" s="301">
+      <c r="N172" s="289">
         <v>2</v>
       </c>
-      <c r="O172" s="301">
+      <c r="O172" s="289">
         <v>4</v>
       </c>
-      <c r="P172" s="323" t="str">
+      <c r="P172" s="308" t="str">
         <f t="shared" si="55"/>
         <v>B</v>
       </c>
-      <c r="Q172" s="301">
+      <c r="Q172" s="289">
         <v>10</v>
       </c>
-      <c r="R172" s="301">
+      <c r="R172" s="289">
         <v>40</v>
       </c>
-      <c r="S172" s="322" t="str">
+      <c r="S172" s="307" t="str">
         <f t="shared" si="56"/>
         <v>III</v>
       </c>
-      <c r="T172" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V172" s="317">
+      <c r="T172" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U172" s="143" t="s">
+        <v>291</v>
+      </c>
+      <c r="V172" s="302">
         <v>2</v>
       </c>
-      <c r="W172" s="261" t="s">
+      <c r="W172" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X172" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE172" s="452"/>
+      <c r="X172" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y172" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z172" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA172" s="287" t="s">
+        <v>676</v>
+      </c>
+      <c r="AB172" s="211" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC172" s="420" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD172" s="421"/>
+      <c r="AE172" s="421"/>
     </row>
     <row r="173" spans="1:31" ht="155.25" customHeight="1">
-      <c r="A173" s="349" t="s">
-[...8 lines deleted...]
-      <c r="D173" s="350" t="s">
+      <c r="A173" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B173" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E173" s="354" t="s">
-        <v>641</v>
+      <c r="C173" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D173" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E173" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G173" s="2" t="s">
-        <v>672</v>
-[...7 lines deleted...]
-      <c r="J173" s="301" t="s">
+        <v>677</v>
+      </c>
+      <c r="H173" s="296" t="s">
+        <v>536</v>
+      </c>
+      <c r="I173" s="287" t="s">
+        <v>532</v>
+      </c>
+      <c r="J173" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="K173" s="261" t="s">
+      <c r="K173" s="258" t="s">
         <v>99</v>
       </c>
-      <c r="L173" s="261" t="s">
-[...2 lines deleted...]
-      <c r="M173" s="301">
+      <c r="L173" s="258" t="s">
+        <v>280</v>
+      </c>
+      <c r="M173" s="289">
         <v>2</v>
       </c>
-      <c r="N173" s="301">
+      <c r="N173" s="289">
         <v>2</v>
       </c>
-      <c r="O173" s="301">
+      <c r="O173" s="289">
         <v>4</v>
       </c>
-      <c r="P173" s="321" t="str">
+      <c r="P173" s="306" t="str">
         <f t="shared" si="55"/>
         <v>B</v>
       </c>
-      <c r="Q173" s="301">
+      <c r="Q173" s="289">
         <v>10</v>
       </c>
-      <c r="R173" s="301">
+      <c r="R173" s="289">
         <v>40</v>
       </c>
-      <c r="S173" s="322" t="str">
+      <c r="S173" s="307" t="str">
         <f t="shared" si="56"/>
         <v>III</v>
       </c>
-      <c r="T173" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V173" s="317">
+      <c r="T173" s="139" t="s">
+        <v>123</v>
+      </c>
+      <c r="U173" s="137" t="s">
+        <v>291</v>
+      </c>
+      <c r="V173" s="302">
         <v>2</v>
       </c>
-      <c r="W173" s="261" t="s">
+      <c r="W173" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X173" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE173" s="452"/>
+      <c r="X173" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y173" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z173" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA173" s="287" t="s">
+        <v>533</v>
+      </c>
+      <c r="AB173" s="211" t="s">
+        <v>534</v>
+      </c>
+      <c r="AC173" s="420" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD173" s="421"/>
+      <c r="AE173" s="421"/>
     </row>
     <row r="174" spans="1:31" ht="153" customHeight="1">
-      <c r="A174" s="349" t="s">
-[...8 lines deleted...]
-      <c r="D174" s="350" t="s">
+      <c r="A174" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B174" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E174" s="354" t="s">
-        <v>641</v>
+      <c r="C174" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D174" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E174" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G174" s="2" t="s">
-        <v>673</v>
-[...7 lines deleted...]
-      <c r="J174" s="140" t="s">
+        <v>678</v>
+      </c>
+      <c r="H174" s="292" t="s">
+        <v>538</v>
+      </c>
+      <c r="I174" s="292" t="s">
+        <v>539</v>
+      </c>
+      <c r="J174" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K174" s="140" t="s">
-[...5 lines deleted...]
-      <c r="M174" s="189">
+      <c r="K174" s="139" t="s">
+        <v>540</v>
+      </c>
+      <c r="L174" s="139" t="s">
+        <v>541</v>
+      </c>
+      <c r="M174" s="188">
         <v>2</v>
       </c>
-      <c r="N174" s="189">
+      <c r="N174" s="188">
         <v>3</v>
       </c>
-      <c r="O174" s="325">
+      <c r="O174" s="310">
         <f t="shared" ref="O174:O177" si="57">M174*N174</f>
         <v>6</v>
       </c>
-      <c r="P174" s="321" t="str">
+      <c r="P174" s="306" t="str">
         <f t="shared" si="55"/>
         <v>M</v>
       </c>
-      <c r="Q174" s="189">
+      <c r="Q174" s="188">
         <v>25</v>
       </c>
-      <c r="R174" s="325">
+      <c r="R174" s="310">
         <f t="shared" ref="R174:R187" si="58">O174*Q174</f>
         <v>150</v>
       </c>
-      <c r="S174" s="322" t="str">
+      <c r="S174" s="307" t="str">
         <f t="shared" si="56"/>
         <v>II</v>
       </c>
-      <c r="T174" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V174" s="317">
+      <c r="T174" s="139" t="s">
+        <v>161</v>
+      </c>
+      <c r="U174" s="139" t="s">
+        <v>542</v>
+      </c>
+      <c r="V174" s="302">
         <v>2</v>
       </c>
-      <c r="W174" s="261" t="s">
+      <c r="W174" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X174" s="140" t="s">
-[...16 lines deleted...]
-      <c r="AE174" s="452"/>
+      <c r="X174" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y174" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z174" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA174" s="292" t="s">
+        <v>679</v>
+      </c>
+      <c r="AB174" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC174" s="420" t="s">
+        <v>164</v>
+      </c>
+      <c r="AD174" s="421"/>
+      <c r="AE174" s="422"/>
     </row>
     <row r="175" spans="1:31" ht="175.5" customHeight="1">
-      <c r="A175" s="349" t="s">
-[...12 lines deleted...]
-        <v>641</v>
+      <c r="A175" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B175" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C175" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D175" s="335" t="s">
+        <v>645</v>
+      </c>
+      <c r="E175" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G175" s="2" t="s">
-        <v>675</v>
-[...7 lines deleted...]
-      <c r="J175" s="140" t="s">
+        <v>680</v>
+      </c>
+      <c r="H175" s="292" t="s">
+        <v>681</v>
+      </c>
+      <c r="I175" s="292" t="s">
+        <v>682</v>
+      </c>
+      <c r="J175" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K175" s="140" t="s">
-[...5 lines deleted...]
-      <c r="M175" s="136">
+      <c r="K175" s="139" t="s">
+        <v>683</v>
+      </c>
+      <c r="L175" s="139" t="s">
+        <v>541</v>
+      </c>
+      <c r="M175" s="135">
         <v>2</v>
       </c>
-      <c r="N175" s="136">
+      <c r="N175" s="135">
         <v>3</v>
       </c>
-      <c r="O175" s="323">
+      <c r="O175" s="308">
         <f t="shared" si="57"/>
         <v>6</v>
       </c>
-      <c r="P175" s="323" t="str">
+      <c r="P175" s="308" t="str">
         <f t="shared" si="55"/>
         <v>M</v>
       </c>
-      <c r="Q175" s="136">
+      <c r="Q175" s="135">
         <v>25</v>
       </c>
       <c r="R175" s="100">
         <f t="shared" si="58"/>
         <v>150</v>
       </c>
-      <c r="S175" s="322" t="str">
+      <c r="S175" s="307" t="str">
         <f t="shared" si="56"/>
         <v>II</v>
       </c>
-      <c r="T175" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V175" s="317">
+      <c r="T175" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U175" s="139" t="s">
+        <v>542</v>
+      </c>
+      <c r="V175" s="302">
         <v>2</v>
       </c>
-      <c r="W175" s="261" t="s">
+      <c r="W175" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X175" s="140" t="s">
-[...16 lines deleted...]
-      <c r="AE175" s="452"/>
+      <c r="X175" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y175" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z175" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA175" s="292" t="s">
+        <v>684</v>
+      </c>
+      <c r="AB175" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC175" s="420" t="s">
+        <v>164</v>
+      </c>
+      <c r="AD175" s="421"/>
+      <c r="AE175" s="422"/>
     </row>
     <row r="176" spans="1:31" ht="153" customHeight="1">
-      <c r="A176" s="349" t="s">
-[...12 lines deleted...]
-        <v>641</v>
+      <c r="A176" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B176" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C176" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D176" s="335" t="s">
+        <v>685</v>
+      </c>
+      <c r="E176" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G176" s="2" t="s">
-        <v>681</v>
-[...7 lines deleted...]
-      <c r="J176" s="140" t="s">
+        <v>686</v>
+      </c>
+      <c r="H176" s="292" t="s">
+        <v>687</v>
+      </c>
+      <c r="I176" s="292" t="s">
+        <v>688</v>
+      </c>
+      <c r="J176" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K176" s="140" t="s">
-[...5 lines deleted...]
-      <c r="M176" s="189">
+      <c r="K176" s="139" t="s">
+        <v>540</v>
+      </c>
+      <c r="L176" s="139" t="s">
+        <v>689</v>
+      </c>
+      <c r="M176" s="188">
         <v>2</v>
       </c>
-      <c r="N176" s="189">
+      <c r="N176" s="188">
         <v>3</v>
       </c>
-      <c r="O176" s="321">
+      <c r="O176" s="306">
         <f t="shared" si="57"/>
         <v>6</v>
       </c>
-      <c r="P176" s="321" t="str">
+      <c r="P176" s="306" t="str">
         <f t="shared" si="55"/>
         <v>M</v>
       </c>
-      <c r="Q176" s="189">
+      <c r="Q176" s="188">
         <v>25</v>
       </c>
-      <c r="R176" s="325">
+      <c r="R176" s="310">
         <f t="shared" si="58"/>
         <v>150</v>
       </c>
-      <c r="S176" s="322" t="str">
+      <c r="S176" s="307" t="str">
         <f t="shared" si="56"/>
         <v>II</v>
       </c>
-      <c r="T176" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V176" s="317">
+      <c r="T176" s="139" t="s">
+        <v>161</v>
+      </c>
+      <c r="U176" s="139" t="s">
+        <v>542</v>
+      </c>
+      <c r="V176" s="302">
         <v>2</v>
       </c>
-      <c r="W176" s="261" t="s">
+      <c r="W176" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X176" s="140" t="s">
-[...16 lines deleted...]
-      <c r="AE176" s="452"/>
+      <c r="X176" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y176" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z176" s="136" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA176" s="292" t="s">
+        <v>690</v>
+      </c>
+      <c r="AB176" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC176" s="420" t="s">
+        <v>164</v>
+      </c>
+      <c r="AD176" s="421"/>
+      <c r="AE176" s="422"/>
     </row>
     <row r="177" spans="1:32" ht="168" customHeight="1">
-      <c r="A177" s="349" t="s">
-[...12 lines deleted...]
-        <v>641</v>
+      <c r="A177" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B177" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C177" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D177" s="335" t="s">
+        <v>645</v>
+      </c>
+      <c r="E177" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G177" s="2" t="s">
-        <v>686</v>
-[...7 lines deleted...]
-      <c r="J177" s="140" t="s">
+        <v>691</v>
+      </c>
+      <c r="H177" s="292" t="s">
+        <v>552</v>
+      </c>
+      <c r="I177" s="292" t="s">
+        <v>688</v>
+      </c>
+      <c r="J177" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K177" s="140" t="s">
-[...5 lines deleted...]
-      <c r="M177" s="189">
+      <c r="K177" s="139" t="s">
+        <v>540</v>
+      </c>
+      <c r="L177" s="139" t="s">
+        <v>689</v>
+      </c>
+      <c r="M177" s="188">
         <v>2</v>
       </c>
-      <c r="N177" s="189">
+      <c r="N177" s="188">
         <v>3</v>
       </c>
-      <c r="O177" s="321">
+      <c r="O177" s="306">
         <f t="shared" si="57"/>
         <v>6</v>
       </c>
-      <c r="P177" s="321" t="str">
+      <c r="P177" s="306" t="str">
         <f t="shared" si="55"/>
         <v>M</v>
       </c>
-      <c r="Q177" s="189">
+      <c r="Q177" s="188">
         <v>25</v>
       </c>
-      <c r="R177" s="325">
+      <c r="R177" s="310">
         <f t="shared" si="58"/>
         <v>150</v>
       </c>
-      <c r="S177" s="322" t="str">
+      <c r="S177" s="307" t="str">
         <f t="shared" si="56"/>
         <v>II</v>
       </c>
-      <c r="T177" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V177" s="317">
+      <c r="T177" s="139" t="s">
+        <v>161</v>
+      </c>
+      <c r="U177" s="139" t="s">
+        <v>542</v>
+      </c>
+      <c r="V177" s="302">
         <v>2</v>
       </c>
-      <c r="W177" s="261" t="s">
+      <c r="W177" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X177" s="140" t="s">
-[...16 lines deleted...]
-      <c r="AE177" s="452"/>
+      <c r="X177" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y177" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z177" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA177" s="292" t="s">
+        <v>692</v>
+      </c>
+      <c r="AB177" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC177" s="420" t="s">
+        <v>164</v>
+      </c>
+      <c r="AD177" s="421"/>
+      <c r="AE177" s="422"/>
     </row>
     <row r="178" spans="1:32" ht="161.25" customHeight="1">
-      <c r="A178" s="349" t="s">
-[...26 lines deleted...]
-      <c r="J178" s="317" t="s">
+      <c r="A178" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B178" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C178" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D178" s="335" t="s">
+        <v>645</v>
+      </c>
+      <c r="E178" s="339" t="s">
+        <v>646</v>
+      </c>
+      <c r="F178" s="315" t="s">
+        <v>170</v>
+      </c>
+      <c r="G178" s="350" t="s">
+        <v>693</v>
+      </c>
+      <c r="H178" s="316" t="s">
+        <v>559</v>
+      </c>
+      <c r="I178" s="304" t="s">
+        <v>182</v>
+      </c>
+      <c r="J178" s="302" t="s">
         <v>99</v>
       </c>
-      <c r="K178" s="214" t="s">
-[...5 lines deleted...]
-      <c r="M178" s="332">
+      <c r="K178" s="211" t="s">
+        <v>332</v>
+      </c>
+      <c r="L178" s="211" t="s">
+        <v>333</v>
+      </c>
+      <c r="M178" s="317">
         <v>2</v>
       </c>
-      <c r="N178" s="332">
+      <c r="N178" s="317">
         <v>3</v>
       </c>
-      <c r="O178" s="333">
+      <c r="O178" s="318">
         <f>M178*N178</f>
         <v>6</v>
       </c>
-      <c r="P178" s="333" t="str">
+      <c r="P178" s="318" t="str">
         <f>IF(OR(O178="",O178=0),"",IF(O178&lt;5,"B",IF(O178&lt;9,"M",IF(O178&lt;21,"A","MA"))))</f>
         <v>M</v>
       </c>
-      <c r="Q178" s="332">
+      <c r="Q178" s="317">
         <v>25</v>
       </c>
-      <c r="R178" s="334">
+      <c r="R178" s="319">
         <f t="shared" si="58"/>
         <v>150</v>
       </c>
-      <c r="S178" s="335" t="str">
+      <c r="S178" s="320" t="str">
         <f t="shared" si="56"/>
         <v>II</v>
       </c>
-      <c r="T178" s="336" t="s">
-[...5 lines deleted...]
-      <c r="V178" s="317">
+      <c r="T178" s="321" t="s">
+        <v>161</v>
+      </c>
+      <c r="U178" s="152" t="s">
+        <v>177</v>
+      </c>
+      <c r="V178" s="302">
         <v>2</v>
       </c>
-      <c r="W178" s="214" t="s">
+      <c r="W178" s="211" t="s">
         <v>104</v>
       </c>
-      <c r="X178" s="337" t="s">
-[...16 lines deleted...]
-      <c r="AE178" s="452"/>
+      <c r="X178" s="322" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y178" s="322" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z178" s="322" t="s">
+        <v>334</v>
+      </c>
+      <c r="AA178" s="303" t="s">
+        <v>560</v>
+      </c>
+      <c r="AB178" s="322" t="s">
+        <v>561</v>
+      </c>
+      <c r="AC178" s="435" t="s">
+        <v>185</v>
+      </c>
+      <c r="AD178" s="436"/>
+      <c r="AE178" s="436"/>
     </row>
     <row r="179" spans="1:32" ht="130.5" customHeight="1">
-      <c r="A179" s="349" t="s">
-[...8 lines deleted...]
-      <c r="D179" s="350" t="s">
+      <c r="A179" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B179" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E179" s="354" t="s">
-        <v>641</v>
+      <c r="C179" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D179" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E179" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F179" s="4" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G179" s="2" t="s">
-        <v>689</v>
-[...7 lines deleted...]
-      <c r="J179" s="140" t="s">
+        <v>694</v>
+      </c>
+      <c r="H179" s="292" t="s">
+        <v>695</v>
+      </c>
+      <c r="I179" s="292" t="s">
+        <v>338</v>
+      </c>
+      <c r="J179" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K179" s="261" t="s">
+      <c r="K179" s="258" t="s">
         <v>99</v>
       </c>
-      <c r="L179" s="261" t="s">
-[...2 lines deleted...]
-      <c r="M179" s="136">
+      <c r="L179" s="258" t="s">
+        <v>564</v>
+      </c>
+      <c r="M179" s="135">
         <v>6</v>
       </c>
-      <c r="N179" s="136">
+      <c r="N179" s="135">
         <v>3</v>
       </c>
-      <c r="O179" s="323">
+      <c r="O179" s="308">
         <f>M179*N179</f>
         <v>18</v>
       </c>
-      <c r="P179" s="323" t="str">
+      <c r="P179" s="308" t="str">
         <f>IF(OR(O179="",O179=0),"",IF(O179&lt;5,"B",IF(O179&lt;9,"M",IF(O179&lt;21,"A","MA"))))</f>
         <v>A</v>
       </c>
-      <c r="Q179" s="136">
+      <c r="Q179" s="135">
         <v>25</v>
       </c>
       <c r="R179" s="100">
         <f t="shared" si="58"/>
         <v>450</v>
       </c>
-      <c r="S179" s="322" t="str">
+      <c r="S179" s="307" t="str">
         <f t="shared" si="56"/>
         <v>II</v>
       </c>
-      <c r="T179" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V179" s="317">
+      <c r="T179" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U179" s="139" t="s">
+        <v>177</v>
+      </c>
+      <c r="V179" s="302">
         <v>2</v>
       </c>
-      <c r="W179" s="261" t="s">
+      <c r="W179" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X179" s="140" t="s">
-[...16 lines deleted...]
-      <c r="AE179" s="452"/>
+      <c r="X179" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y179" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z179" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA179" s="292" t="s">
+        <v>565</v>
+      </c>
+      <c r="AB179" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC179" s="418" t="s">
+        <v>179</v>
+      </c>
+      <c r="AD179" s="419"/>
+      <c r="AE179" s="419"/>
     </row>
     <row r="180" spans="1:32" ht="100.5" customHeight="1">
-      <c r="A180" s="349" t="s">
-[...12 lines deleted...]
-        <v>641</v>
+      <c r="A180" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B180" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C180" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D180" s="335" t="s">
+        <v>645</v>
+      </c>
+      <c r="E180" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F180" s="4" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G180" s="2" t="s">
-        <v>691</v>
-[...7 lines deleted...]
-      <c r="J180" s="140" t="s">
+        <v>696</v>
+      </c>
+      <c r="H180" s="292" t="s">
+        <v>567</v>
+      </c>
+      <c r="I180" s="292" t="s">
+        <v>568</v>
+      </c>
+      <c r="J180" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K180" s="261" t="s">
+      <c r="K180" s="258" t="s">
         <v>99</v>
       </c>
-      <c r="L180" s="261" t="s">
-[...2 lines deleted...]
-      <c r="M180" s="136">
+      <c r="L180" s="258" t="s">
+        <v>564</v>
+      </c>
+      <c r="M180" s="135">
         <v>6</v>
       </c>
-      <c r="N180" s="136">
+      <c r="N180" s="135">
         <v>3</v>
       </c>
-      <c r="O180" s="323">
+      <c r="O180" s="308">
         <f>M180*N180</f>
         <v>18</v>
       </c>
-      <c r="P180" s="323" t="str">
+      <c r="P180" s="308" t="str">
         <f>IF(OR(O180="",O180=0),"",IF(O180&lt;5,"B",IF(O180&lt;9,"M",IF(O180&lt;21,"A","MA"))))</f>
         <v>A</v>
       </c>
-      <c r="Q180" s="136">
+      <c r="Q180" s="135">
         <v>25</v>
       </c>
       <c r="R180" s="100">
         <f t="shared" si="58"/>
         <v>450</v>
       </c>
-      <c r="S180" s="322" t="str">
+      <c r="S180" s="307" t="str">
         <f t="shared" si="56"/>
         <v>II</v>
       </c>
-      <c r="T180" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V180" s="317">
+      <c r="T180" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U180" s="139" t="s">
+        <v>177</v>
+      </c>
+      <c r="V180" s="302">
         <v>2</v>
       </c>
-      <c r="W180" s="261" t="s">
+      <c r="W180" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X180" s="140" t="s">
-[...16 lines deleted...]
-      <c r="AE180" s="452"/>
+      <c r="X180" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y180" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z180" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA180" s="292" t="s">
+        <v>565</v>
+      </c>
+      <c r="AB180" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC180" s="435" t="s">
+        <v>185</v>
+      </c>
+      <c r="AD180" s="436"/>
+      <c r="AE180" s="436"/>
     </row>
     <row r="181" spans="1:32" ht="100.5" customHeight="1">
-      <c r="A181" s="349" t="s">
-[...8 lines deleted...]
-      <c r="D181" s="350" t="s">
+      <c r="A181" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B181" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E181" s="354" t="s">
-        <v>641</v>
+      <c r="C181" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D181" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E181" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F181" s="4" t="s">
-        <v>166</v>
-[...10 lines deleted...]
-      <c r="J181" s="339" t="s">
+        <v>170</v>
+      </c>
+      <c r="G181" s="350" t="s">
+        <v>697</v>
+      </c>
+      <c r="H181" s="323" t="s">
+        <v>327</v>
+      </c>
+      <c r="I181" s="323" t="s">
+        <v>698</v>
+      </c>
+      <c r="J181" s="324" t="s">
         <v>99</v>
       </c>
-      <c r="K181" s="339" t="s">
+      <c r="K181" s="324" t="s">
         <v>99</v>
       </c>
-      <c r="L181" s="339" t="s">
+      <c r="L181" s="324" t="s">
         <v>99</v>
       </c>
-      <c r="M181" s="340">
+      <c r="M181" s="325">
         <v>2</v>
       </c>
-      <c r="N181" s="340">
+      <c r="N181" s="325">
         <v>3</v>
       </c>
-      <c r="O181" s="340">
+      <c r="O181" s="325">
         <v>6</v>
       </c>
-      <c r="P181" s="333" t="str">
+      <c r="P181" s="318" t="str">
         <f t="shared" ref="P181:P187" si="59">IF(OR(O181="",O181=0),"",IF(O181&lt;5,"B",IF(O181&lt;9,"M",IF(O181&lt;21,"A","MA"))))</f>
         <v>M</v>
       </c>
-      <c r="Q181" s="340">
+      <c r="Q181" s="325">
         <v>10</v>
       </c>
-      <c r="R181" s="341">
+      <c r="R181" s="326">
         <f t="shared" si="58"/>
         <v>60</v>
       </c>
-      <c r="S181" s="342" t="s">
-[...8 lines deleted...]
-      <c r="V181" s="317">
+      <c r="S181" s="327" t="s">
+        <v>462</v>
+      </c>
+      <c r="T181" s="328" t="s">
+        <v>123</v>
+      </c>
+      <c r="U181" s="328" t="s">
+        <v>304</v>
+      </c>
+      <c r="V181" s="302">
         <v>2</v>
       </c>
-      <c r="W181" s="214" t="s">
+      <c r="W181" s="211" t="s">
         <v>104</v>
       </c>
-      <c r="X181" s="339" t="s">
-[...17 lines deleted...]
-      <c r="AF181" s="302"/>
+      <c r="X181" s="324" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y181" s="324" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z181" s="324" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA181" s="323" t="s">
+        <v>699</v>
+      </c>
+      <c r="AB181" s="322" t="s">
+        <v>561</v>
+      </c>
+      <c r="AC181" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD181" s="421"/>
+      <c r="AE181" s="421"/>
+      <c r="AF181" s="290"/>
     </row>
     <row r="182" spans="1:32" ht="140.25" customHeight="1">
-      <c r="A182" s="349" t="s">
-[...8 lines deleted...]
-      <c r="D182" s="350" t="s">
+      <c r="A182" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B182" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E182" s="354" t="s">
-        <v>641</v>
+      <c r="C182" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D182" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E182" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F182" s="4" t="s">
         <v>95</v>
       </c>
       <c r="G182" s="2" t="s">
-        <v>695</v>
-[...7 lines deleted...]
-      <c r="J182" s="140" t="s">
+        <v>700</v>
+      </c>
+      <c r="H182" s="292" t="s">
+        <v>575</v>
+      </c>
+      <c r="I182" s="292" t="s">
+        <v>701</v>
+      </c>
+      <c r="J182" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K182" s="261" t="s">
-[...5 lines deleted...]
-      <c r="M182" s="136">
+      <c r="K182" s="258" t="s">
+        <v>577</v>
+      </c>
+      <c r="L182" s="258" t="s">
+        <v>308</v>
+      </c>
+      <c r="M182" s="135">
         <v>6</v>
       </c>
-      <c r="N182" s="136">
+      <c r="N182" s="135">
         <v>1</v>
       </c>
-      <c r="O182" s="323">
+      <c r="O182" s="308">
         <f t="shared" ref="O182:O187" si="60">M182*N182</f>
         <v>6</v>
       </c>
-      <c r="P182" s="323" t="str">
+      <c r="P182" s="308" t="str">
         <f t="shared" si="59"/>
         <v>M</v>
       </c>
-      <c r="Q182" s="136">
+      <c r="Q182" s="135">
         <v>10</v>
       </c>
-      <c r="R182" s="344">
+      <c r="R182" s="329">
         <f t="shared" si="58"/>
         <v>60</v>
       </c>
-      <c r="S182" s="322" t="str">
+      <c r="S182" s="307" t="str">
         <f t="shared" ref="S182:S184" si="61">IF(R182="","",IF(AND(R182&gt;=600,R182&lt;=4000),"I",IF(AND(R182&gt;=150,R182&lt;=500),"II",IF(AND(R182&gt;=40,R182&lt;=120),"III",IF(OR(R182&lt;=20,R182&gt;=0),"IV")))))</f>
         <v>III</v>
       </c>
-      <c r="T182" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V182" s="317">
+      <c r="T182" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U182" s="258" t="s">
+        <v>309</v>
+      </c>
+      <c r="V182" s="302">
         <v>2</v>
       </c>
-      <c r="W182" s="261" t="s">
+      <c r="W182" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X182" s="140" t="s">
-[...18 lines deleted...]
-      <c r="AE182" s="592"/>
+      <c r="X182" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y182" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z182" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA182" s="287" t="s">
+        <v>578</v>
+      </c>
+      <c r="AB182" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC182" s="426" t="s">
+        <v>702</v>
+      </c>
+      <c r="AD182" s="426"/>
+      <c r="AE182" s="426"/>
     </row>
     <row r="183" spans="1:32" ht="154.5" customHeight="1">
-      <c r="A183" s="349" t="s">
-[...8 lines deleted...]
-      <c r="D183" s="350" t="s">
+      <c r="A183" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B183" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E183" s="354" t="s">
-        <v>641</v>
+      <c r="C183" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D183" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E183" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F183" s="4" t="s">
         <v>95</v>
       </c>
       <c r="G183" s="2" t="s">
-        <v>293</v>
-[...7 lines deleted...]
-      <c r="J183" s="140" t="s">
+        <v>306</v>
+      </c>
+      <c r="H183" s="292" t="s">
+        <v>581</v>
+      </c>
+      <c r="I183" s="292" t="s">
+        <v>307</v>
+      </c>
+      <c r="J183" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K183" s="261" t="s">
+      <c r="K183" s="258" t="s">
         <v>99</v>
       </c>
-      <c r="L183" s="261" t="s">
-[...2 lines deleted...]
-      <c r="M183" s="136">
+      <c r="L183" s="258" t="s">
+        <v>308</v>
+      </c>
+      <c r="M183" s="135">
         <v>6</v>
       </c>
-      <c r="N183" s="136">
+      <c r="N183" s="135">
         <v>1</v>
       </c>
-      <c r="O183" s="323">
+      <c r="O183" s="308">
         <f t="shared" si="60"/>
         <v>6</v>
       </c>
-      <c r="P183" s="323" t="str">
+      <c r="P183" s="308" t="str">
         <f t="shared" si="59"/>
         <v>M</v>
       </c>
-      <c r="Q183" s="136">
+      <c r="Q183" s="135">
         <v>10</v>
       </c>
-      <c r="R183" s="344">
+      <c r="R183" s="329">
         <f t="shared" si="58"/>
         <v>60</v>
       </c>
-      <c r="S183" s="322" t="str">
+      <c r="S183" s="307" t="str">
         <f t="shared" si="61"/>
         <v>III</v>
       </c>
-      <c r="T183" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V183" s="317">
+      <c r="T183" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U183" s="258" t="s">
+        <v>309</v>
+      </c>
+      <c r="V183" s="302">
         <v>2</v>
       </c>
-      <c r="W183" s="261" t="s">
+      <c r="W183" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X183" s="140" t="s">
-[...18 lines deleted...]
-      <c r="AE183" s="592"/>
+      <c r="X183" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y183" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z183" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA183" s="287" t="s">
+        <v>582</v>
+      </c>
+      <c r="AB183" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC183" s="420" t="s">
+        <v>191</v>
+      </c>
+      <c r="AD183" s="421"/>
+      <c r="AE183" s="422"/>
     </row>
     <row r="184" spans="1:32" ht="112.5" customHeight="1">
-      <c r="A184" s="349" t="s">
-[...8 lines deleted...]
-      <c r="D184" s="350" t="s">
+      <c r="A184" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B184" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E184" s="354" t="s">
-        <v>641</v>
+      <c r="C184" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D184" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E184" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F184" s="4" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G184" s="2" t="s">
-        <v>697</v>
-[...7 lines deleted...]
-      <c r="J184" s="138" t="s">
+        <v>703</v>
+      </c>
+      <c r="H184" s="292" t="s">
+        <v>434</v>
+      </c>
+      <c r="I184" s="287" t="s">
+        <v>167</v>
+      </c>
+      <c r="J184" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="K184" s="138" t="s">
-[...2 lines deleted...]
-      <c r="L184" s="261" t="s">
+      <c r="K184" s="137" t="s">
+        <v>584</v>
+      </c>
+      <c r="L184" s="258" t="s">
         <v>99</v>
       </c>
-      <c r="M184" s="136">
+      <c r="M184" s="135">
         <v>6</v>
       </c>
-      <c r="N184" s="136">
+      <c r="N184" s="135">
         <v>3</v>
       </c>
-      <c r="O184" s="323">
+      <c r="O184" s="308">
         <f t="shared" si="60"/>
         <v>18</v>
       </c>
-      <c r="P184" s="323" t="str">
+      <c r="P184" s="308" t="str">
         <f t="shared" si="59"/>
         <v>A</v>
       </c>
-      <c r="Q184" s="136">
+      <c r="Q184" s="135">
         <v>25</v>
       </c>
-      <c r="R184" s="344">
+      <c r="R184" s="329">
         <f t="shared" si="58"/>
         <v>450</v>
       </c>
-      <c r="S184" s="322" t="str">
+      <c r="S184" s="307" t="str">
         <f t="shared" si="61"/>
         <v>II</v>
       </c>
-      <c r="T184" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V184" s="317">
+      <c r="T184" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U184" s="258" t="s">
+        <v>200</v>
+      </c>
+      <c r="V184" s="302">
         <v>2</v>
       </c>
-      <c r="W184" s="261" t="s">
+      <c r="W184" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X184" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE184" s="452"/>
+      <c r="X184" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y184" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z184" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA184" s="287" t="s">
+        <v>585</v>
+      </c>
+      <c r="AB184" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC184" s="420" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD184" s="421"/>
+      <c r="AE184" s="422"/>
     </row>
     <row r="185" spans="1:32" ht="156.75" customHeight="1">
-      <c r="A185" s="349" t="s">
-[...12 lines deleted...]
-        <v>641</v>
+      <c r="A185" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B185" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C185" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D185" s="335" t="s">
+        <v>685</v>
+      </c>
+      <c r="E185" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F185" s="4" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G185" s="2" t="s">
-        <v>698</v>
-[...10 lines deleted...]
-      <c r="K185" s="184" t="s">
+        <v>704</v>
+      </c>
+      <c r="H185" s="293" t="s">
+        <v>705</v>
+      </c>
+      <c r="I185" s="293" t="s">
+        <v>706</v>
+      </c>
+      <c r="J185" s="183" t="s">
+        <v>707</v>
+      </c>
+      <c r="K185" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="L185" s="184" t="s">
+      <c r="L185" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="M185" s="306">
+      <c r="M185" s="294">
         <v>2</v>
       </c>
-      <c r="N185" s="306">
+      <c r="N185" s="294">
         <v>3</v>
       </c>
-      <c r="O185" s="317">
+      <c r="O185" s="302">
         <f t="shared" si="60"/>
         <v>6</v>
       </c>
-      <c r="P185" s="323" t="str">
+      <c r="P185" s="308" t="str">
         <f t="shared" si="59"/>
         <v>M</v>
       </c>
-      <c r="Q185" s="306">
+      <c r="Q185" s="294">
         <v>10</v>
       </c>
-      <c r="R185" s="344">
+      <c r="R185" s="329">
         <f t="shared" si="58"/>
         <v>60</v>
       </c>
-      <c r="S185" s="351" t="s">
-[...8 lines deleted...]
-      <c r="V185" s="317">
+      <c r="S185" s="336" t="s">
+        <v>462</v>
+      </c>
+      <c r="T185" s="295" t="s">
+        <v>123</v>
+      </c>
+      <c r="U185" s="295" t="s">
+        <v>708</v>
+      </c>
+      <c r="V185" s="302">
         <v>2</v>
       </c>
-      <c r="W185" s="214" t="s">
+      <c r="W185" s="211" t="s">
         <v>104</v>
       </c>
-      <c r="X185" s="184" t="s">
-[...16 lines deleted...]
-      <c r="AE185" s="591"/>
+      <c r="X185" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y185" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z185" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA185" s="293" t="s">
+        <v>709</v>
+      </c>
+      <c r="AB185" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC185" s="420" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD185" s="421"/>
+      <c r="AE185" s="422"/>
     </row>
     <row r="186" spans="1:32" ht="144.75" customHeight="1">
-      <c r="A186" s="349" t="s">
-[...12 lines deleted...]
-        <v>641</v>
+      <c r="A186" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B186" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C186" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D186" s="335" t="s">
+        <v>645</v>
+      </c>
+      <c r="E186" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F186" s="4" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G186" s="2" t="s">
-        <v>704</v>
-[...7 lines deleted...]
-      <c r="J186" s="301" t="s">
+        <v>710</v>
+      </c>
+      <c r="H186" s="292" t="s">
+        <v>711</v>
+      </c>
+      <c r="I186" s="287" t="s">
+        <v>205</v>
+      </c>
+      <c r="J186" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="K186" s="138" t="s">
-[...5 lines deleted...]
-      <c r="M186" s="136">
+      <c r="K186" s="137" t="s">
+        <v>206</v>
+      </c>
+      <c r="L186" s="143" t="s">
+        <v>318</v>
+      </c>
+      <c r="M186" s="135">
         <v>6</v>
       </c>
-      <c r="N186" s="136">
+      <c r="N186" s="135">
         <v>3</v>
       </c>
-      <c r="O186" s="323">
+      <c r="O186" s="308">
         <f t="shared" si="60"/>
         <v>18</v>
       </c>
-      <c r="P186" s="323" t="str">
+      <c r="P186" s="308" t="str">
         <f t="shared" si="59"/>
         <v>A</v>
       </c>
-      <c r="Q186" s="136">
+      <c r="Q186" s="135">
         <v>25</v>
       </c>
-      <c r="R186" s="344">
+      <c r="R186" s="329">
         <f t="shared" si="58"/>
         <v>450</v>
       </c>
-      <c r="S186" s="322" t="str">
+      <c r="S186" s="307" t="str">
         <f>IF(R186="","",IF(AND(R186&gt;=600,R186&lt;=4000),"I",IF(AND(R186&gt;=150,R186&lt;=500),"II",IF(AND(R186&gt;=40,R186&lt;=120),"III",IF(OR(R186&lt;=20,R186&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T186" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V186" s="317">
+      <c r="T186" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U186" s="143" t="s">
+        <v>319</v>
+      </c>
+      <c r="V186" s="302">
         <v>2</v>
       </c>
-      <c r="W186" s="261" t="s">
+      <c r="W186" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X186" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE186" s="452"/>
+      <c r="X186" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y186" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z186" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA186" s="286" t="s">
+        <v>712</v>
+      </c>
+      <c r="AB186" s="322" t="s">
+        <v>561</v>
+      </c>
+      <c r="AC186" s="420" t="s">
+        <v>209</v>
+      </c>
+      <c r="AD186" s="421"/>
+      <c r="AE186" s="421"/>
     </row>
     <row r="187" spans="1:32" ht="154.5" customHeight="1">
-      <c r="A187" s="349" t="s">
-[...12 lines deleted...]
-        <v>641</v>
+      <c r="A187" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B187" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C187" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D187" s="335" t="s">
+        <v>645</v>
+      </c>
+      <c r="E187" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="F187" s="4" t="s">
         <v>95</v>
       </c>
       <c r="G187" s="2" t="s">
-        <v>707</v>
-[...7 lines deleted...]
-      <c r="J187" s="317" t="s">
+        <v>713</v>
+      </c>
+      <c r="H187" s="304" t="s">
+        <v>615</v>
+      </c>
+      <c r="I187" s="304" t="s">
+        <v>616</v>
+      </c>
+      <c r="J187" s="302" t="s">
         <v>99</v>
       </c>
-      <c r="K187" s="214" t="s">
-[...5 lines deleted...]
-      <c r="M187" s="317">
+      <c r="K187" s="211" t="s">
+        <v>617</v>
+      </c>
+      <c r="L187" s="211" t="s">
+        <v>240</v>
+      </c>
+      <c r="M187" s="302">
         <v>6</v>
       </c>
-      <c r="N187" s="317">
+      <c r="N187" s="302">
         <v>2</v>
       </c>
-      <c r="O187" s="317">
+      <c r="O187" s="302">
         <f t="shared" si="60"/>
         <v>12</v>
       </c>
-      <c r="P187" s="323" t="str">
+      <c r="P187" s="308" t="str">
         <f t="shared" si="59"/>
         <v>A</v>
       </c>
-      <c r="Q187" s="320">
+      <c r="Q187" s="305">
         <v>25</v>
       </c>
-      <c r="R187" s="344">
+      <c r="R187" s="329">
         <f t="shared" si="58"/>
         <v>300</v>
       </c>
-      <c r="S187" s="322" t="str">
+      <c r="S187" s="307" t="str">
         <f t="shared" ref="S187" si="62">IF(R187="","",IF(AND(R187&gt;=600,R187&lt;=4000),"I",IF(AND(R187&gt;=150,R187&lt;=500),"II",IF(AND(R187&gt;=40,R187&lt;=120),"III",IF(OR(R187&lt;=20,R187&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T187" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V187" s="317">
+      <c r="T187" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U187" s="211" t="s">
+        <v>390</v>
+      </c>
+      <c r="V187" s="302">
         <v>2</v>
       </c>
-      <c r="W187" s="214" t="s">
+      <c r="W187" s="211" t="s">
         <v>104</v>
       </c>
-      <c r="X187" s="317" t="s">
-[...18 lines deleted...]
-      <c r="AE187" s="447"/>
+      <c r="X187" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y187" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z187" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA187" s="304" t="s">
+        <v>618</v>
+      </c>
+      <c r="AB187" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC187" s="420" t="s">
+        <v>243</v>
+      </c>
+      <c r="AD187" s="421"/>
+      <c r="AE187" s="422"/>
     </row>
     <row r="188" spans="1:32" ht="153" customHeight="1">
-      <c r="A188" s="349" t="s">
-[...14 lines deleted...]
-      <c r="F188" s="134" t="s">
+      <c r="A188" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B188" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C188" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D188" s="335" t="s">
+        <v>645</v>
+      </c>
+      <c r="E188" s="339" t="s">
+        <v>646</v>
+      </c>
+      <c r="F188" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G188" s="150" t="s">
-[...11 lines deleted...]
-      <c r="K188" s="138" t="s">
+      <c r="G188" s="149" t="s">
+        <v>714</v>
+      </c>
+      <c r="H188" s="292" t="s">
+        <v>587</v>
+      </c>
+      <c r="I188" s="287" t="s">
+        <v>588</v>
+      </c>
+      <c r="J188" s="137" t="s">
+        <v>589</v>
+      </c>
+      <c r="K188" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L188" s="138" t="s">
-[...2 lines deleted...]
-      <c r="M188" s="301">
+      <c r="L188" s="137" t="s">
+        <v>590</v>
+      </c>
+      <c r="M188" s="289">
         <v>6</v>
       </c>
-      <c r="N188" s="301">
+      <c r="N188" s="289">
         <v>2</v>
       </c>
-      <c r="O188" s="301">
+      <c r="O188" s="289">
         <v>12</v>
       </c>
-      <c r="P188" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q188" s="300">
+      <c r="P188" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q188" s="288">
         <v>25</v>
       </c>
-      <c r="R188" s="344">
+      <c r="R188" s="329">
         <v>300</v>
       </c>
-      <c r="S188" s="322" t="s">
-[...8 lines deleted...]
-      <c r="V188" s="317">
+      <c r="S188" s="307" t="s">
+        <v>446</v>
+      </c>
+      <c r="T188" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U188" s="258" t="s">
+        <v>200</v>
+      </c>
+      <c r="V188" s="302">
         <v>2</v>
       </c>
-      <c r="W188" s="261" t="s">
+      <c r="W188" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X188" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE188" s="212"/>
+      <c r="X188" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y188" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z188" s="258" t="s">
+        <v>591</v>
+      </c>
+      <c r="AA188" s="258" t="s">
+        <v>592</v>
+      </c>
+      <c r="AB188" s="258" t="s">
+        <v>593</v>
+      </c>
+      <c r="AC188" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD188" s="421"/>
+      <c r="AE188" s="421"/>
     </row>
     <row r="189" spans="1:32" ht="153">
-      <c r="A189" s="349" t="s">
-[...14 lines deleted...]
-      <c r="F189" s="134" t="s">
+      <c r="A189" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B189" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C189" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D189" s="335" t="s">
+        <v>645</v>
+      </c>
+      <c r="E189" s="339" t="s">
+        <v>646</v>
+      </c>
+      <c r="F189" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G189" s="150" t="s">
-[...8 lines deleted...]
-      <c r="J189" s="138" t="s">
+      <c r="G189" s="149" t="s">
+        <v>714</v>
+      </c>
+      <c r="H189" s="292" t="s">
+        <v>594</v>
+      </c>
+      <c r="I189" s="287" t="s">
         <v>588</v>
       </c>
-      <c r="K189" s="138" t="s">
+      <c r="J189" s="137" t="s">
+        <v>595</v>
+      </c>
+      <c r="K189" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L189" s="138" t="s">
-[...2 lines deleted...]
-      <c r="M189" s="301">
+      <c r="L189" s="137" t="s">
+        <v>590</v>
+      </c>
+      <c r="M189" s="289">
         <v>6</v>
       </c>
-      <c r="N189" s="301">
+      <c r="N189" s="289">
         <v>2</v>
       </c>
-      <c r="O189" s="301">
+      <c r="O189" s="289">
         <v>12</v>
       </c>
-      <c r="P189" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q189" s="300">
+      <c r="P189" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q189" s="288">
         <v>25</v>
       </c>
-      <c r="R189" s="344">
+      <c r="R189" s="329">
         <v>300</v>
       </c>
-      <c r="S189" s="322" t="s">
-[...8 lines deleted...]
-      <c r="V189" s="317">
+      <c r="S189" s="307" t="s">
+        <v>446</v>
+      </c>
+      <c r="T189" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U189" s="258" t="s">
+        <v>200</v>
+      </c>
+      <c r="V189" s="302">
         <v>2</v>
       </c>
-      <c r="W189" s="261" t="s">
+      <c r="W189" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X189" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE189" s="212"/>
+      <c r="X189" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y189" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z189" s="258" t="s">
+        <v>591</v>
+      </c>
+      <c r="AA189" s="258" t="s">
+        <v>592</v>
+      </c>
+      <c r="AB189" s="258" t="s">
+        <v>593</v>
+      </c>
+      <c r="AC189" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD189" s="421"/>
+      <c r="AE189" s="421"/>
     </row>
     <row r="190" spans="1:32" ht="157.5" customHeight="1">
-      <c r="A190" s="349" t="s">
-[...8 lines deleted...]
-      <c r="D190" s="350" t="s">
+      <c r="A190" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B190" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E190" s="354" t="s">
-[...2 lines deleted...]
-      <c r="F190" s="134" t="s">
+      <c r="C190" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D190" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E190" s="339" t="s">
+        <v>646</v>
+      </c>
+      <c r="F190" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G190" s="150" t="s">
-[...11 lines deleted...]
-      <c r="K190" s="138" t="s">
+      <c r="G190" s="149" t="s">
+        <v>714</v>
+      </c>
+      <c r="H190" s="292" t="s">
+        <v>596</v>
+      </c>
+      <c r="I190" s="287" t="s">
+        <v>377</v>
+      </c>
+      <c r="J190" s="137" t="s">
+        <v>595</v>
+      </c>
+      <c r="K190" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L190" s="138" t="s">
-[...2 lines deleted...]
-      <c r="M190" s="301">
+      <c r="L190" s="137" t="s">
+        <v>597</v>
+      </c>
+      <c r="M190" s="289">
         <v>2</v>
       </c>
-      <c r="N190" s="301">
+      <c r="N190" s="289">
         <v>2</v>
       </c>
-      <c r="O190" s="323">
+      <c r="O190" s="308">
         <v>4</v>
       </c>
-      <c r="P190" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q190" s="136">
+      <c r="P190" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q190" s="135">
         <v>25</v>
       </c>
-      <c r="R190" s="344">
+      <c r="R190" s="329">
         <v>100</v>
       </c>
-      <c r="S190" s="322" t="s">
-[...8 lines deleted...]
-      <c r="V190" s="317">
+      <c r="S190" s="307" t="s">
+        <v>462</v>
+      </c>
+      <c r="T190" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U190" s="258" t="s">
+        <v>200</v>
+      </c>
+      <c r="V190" s="302">
         <v>2</v>
       </c>
-      <c r="W190" s="261" t="s">
+      <c r="W190" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X190" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE190" s="212"/>
+      <c r="X190" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y190" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z190" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA190" s="258" t="s">
+        <v>592</v>
+      </c>
+      <c r="AB190" s="258" t="s">
+        <v>593</v>
+      </c>
+      <c r="AC190" s="420" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD190" s="421"/>
+      <c r="AE190" s="422"/>
     </row>
     <row r="191" spans="1:32" ht="140.25" customHeight="1">
-      <c r="A191" s="349" t="s">
-[...8 lines deleted...]
-      <c r="D191" s="350" t="s">
+      <c r="A191" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B191" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E191" s="354" t="s">
-[...2 lines deleted...]
-      <c r="F191" s="134" t="s">
+      <c r="C191" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D191" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E191" s="339" t="s">
+        <v>646</v>
+      </c>
+      <c r="F191" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G191" s="150" t="s">
-[...11 lines deleted...]
-      <c r="K191" s="138" t="s">
+      <c r="G191" s="149" t="s">
+        <v>714</v>
+      </c>
+      <c r="H191" s="292" t="s">
+        <v>598</v>
+      </c>
+      <c r="I191" s="287" t="s">
+        <v>377</v>
+      </c>
+      <c r="J191" s="137" t="s">
+        <v>595</v>
+      </c>
+      <c r="K191" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L191" s="138" t="s">
-[...2 lines deleted...]
-      <c r="M191" s="301">
+      <c r="L191" s="137" t="s">
+        <v>597</v>
+      </c>
+      <c r="M191" s="289">
         <v>2</v>
       </c>
-      <c r="N191" s="301">
+      <c r="N191" s="289">
         <v>2</v>
       </c>
-      <c r="O191" s="323">
+      <c r="O191" s="308">
         <v>4</v>
       </c>
-      <c r="P191" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q191" s="136">
+      <c r="P191" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q191" s="135">
         <v>25</v>
       </c>
-      <c r="R191" s="344">
+      <c r="R191" s="329">
         <v>100</v>
       </c>
-      <c r="S191" s="322" t="s">
-[...8 lines deleted...]
-      <c r="V191" s="317">
+      <c r="S191" s="307" t="s">
+        <v>462</v>
+      </c>
+      <c r="T191" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U191" s="258" t="s">
+        <v>200</v>
+      </c>
+      <c r="V191" s="302">
         <v>2</v>
       </c>
-      <c r="W191" s="261" t="s">
+      <c r="W191" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X191" s="301" t="s">
-[...28 lines deleted...]
-      <c r="D192" s="350" t="s">
+      <c r="X191" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y191" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z191" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA191" s="258" t="s">
+        <v>592</v>
+      </c>
+      <c r="AB191" s="258" t="s">
+        <v>593</v>
+      </c>
+      <c r="AC191" s="420" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD191" s="421"/>
+      <c r="AE191" s="422"/>
+    </row>
+    <row r="192" spans="1:32" s="337" customFormat="1" ht="95.25" customHeight="1">
+      <c r="A192" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B192" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E192" s="354" t="s">
-[...2 lines deleted...]
-      <c r="F192" s="134" t="s">
+      <c r="C192" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D192" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E192" s="339" t="s">
+        <v>646</v>
+      </c>
+      <c r="F192" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G192" s="150" t="s">
-[...2 lines deleted...]
-      <c r="H192" s="304" t="s">
+      <c r="G192" s="149" t="s">
+        <v>714</v>
+      </c>
+      <c r="H192" s="292" t="s">
+        <v>599</v>
+      </c>
+      <c r="I192" s="287" t="s">
+        <v>600</v>
+      </c>
+      <c r="J192" s="137" t="s">
+        <v>595</v>
+      </c>
+      <c r="K192" s="137" t="s">
+        <v>99</v>
+      </c>
+      <c r="L192" s="137" t="s">
+        <v>597</v>
+      </c>
+      <c r="M192" s="289">
+        <v>2</v>
+      </c>
+      <c r="N192" s="289">
+        <v>2</v>
+      </c>
+      <c r="O192" s="308">
+        <v>4</v>
+      </c>
+      <c r="P192" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q192" s="135">
+        <v>25</v>
+      </c>
+      <c r="R192" s="329">
+        <v>100</v>
+      </c>
+      <c r="S192" s="307" t="s">
+        <v>462</v>
+      </c>
+      <c r="T192" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U192" s="258" t="s">
+        <v>200</v>
+      </c>
+      <c r="V192" s="302">
+        <v>2</v>
+      </c>
+      <c r="W192" s="258" t="s">
+        <v>104</v>
+      </c>
+      <c r="X192" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y192" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z192" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA192" s="258" t="s">
         <v>592</v>
       </c>
-      <c r="I192" s="299" t="s">
+      <c r="AB192" s="258" t="s">
         <v>593</v>
       </c>
-      <c r="J192" s="138" t="s">
-[...2 lines deleted...]
-      <c r="K192" s="138" t="s">
+      <c r="AC192" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD192" s="421"/>
+      <c r="AE192" s="434"/>
+    </row>
+    <row r="193" spans="1:31" s="337" customFormat="1" ht="128.25" customHeight="1">
+      <c r="A193" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B193" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C193" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D193" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E193" s="339" t="s">
+        <v>646</v>
+      </c>
+      <c r="F193" s="133" t="s">
+        <v>95</v>
+      </c>
+      <c r="G193" s="149" t="s">
+        <v>619</v>
+      </c>
+      <c r="H193" s="293" t="s">
+        <v>620</v>
+      </c>
+      <c r="I193" s="293" t="s">
+        <v>621</v>
+      </c>
+      <c r="J193" s="183" t="s">
+        <v>622</v>
+      </c>
+      <c r="K193" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="L192" s="138" t="s">
-[...2 lines deleted...]
-      <c r="M192" s="301">
+      <c r="L193" s="183" t="s">
+        <v>99</v>
+      </c>
+      <c r="M193" s="294">
         <v>2</v>
       </c>
-      <c r="N192" s="301">
-[...88 lines deleted...]
-      <c r="N193" s="306">
+      <c r="N193" s="294">
         <v>3</v>
       </c>
-      <c r="O193" s="301">
+      <c r="O193" s="289">
         <v>6</v>
       </c>
-      <c r="P193" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q193" s="306">
+      <c r="P193" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q193" s="294">
         <v>10</v>
       </c>
-      <c r="R193" s="344">
+      <c r="R193" s="329">
         <v>60</v>
       </c>
       <c r="S193" s="101" t="str">
         <f t="shared" ref="S193:S201" si="63">IF(R193="","",IF(AND(R193&gt;=600,R193&lt;=4000),"I",IF(AND(R193&gt;=150,R193&lt;=500),"II",IF(AND(R193&gt;=40,R193&lt;=120),"III",IF(OR(R193&lt;=20,R193&gt;=0),"IV")))))</f>
         <v>III</v>
       </c>
-      <c r="T193" s="307" t="s">
-[...5 lines deleted...]
-      <c r="V193" s="317">
+      <c r="T193" s="295" t="s">
+        <v>123</v>
+      </c>
+      <c r="U193" s="295" t="s">
+        <v>623</v>
+      </c>
+      <c r="V193" s="302">
         <v>2</v>
       </c>
-      <c r="W193" s="261" t="s">
+      <c r="W193" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X193" s="184" t="s">
-[...28 lines deleted...]
-      <c r="D194" s="350" t="s">
+      <c r="X193" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y193" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z193" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA193" s="183" t="s">
+        <v>624</v>
+      </c>
+      <c r="AB193" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC193" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD193" s="421"/>
+      <c r="AE193" s="434"/>
+    </row>
+    <row r="194" spans="1:31" s="337" customFormat="1" ht="58.5" customHeight="1">
+      <c r="A194" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B194" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E194" s="354" t="s">
-[...2 lines deleted...]
-      <c r="F194" s="134" t="s">
+      <c r="C194" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D194" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E194" s="339" t="s">
+        <v>646</v>
+      </c>
+      <c r="F194" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G194" s="150" t="s">
-[...11 lines deleted...]
-      <c r="K194" s="184" t="s">
+      <c r="G194" s="149" t="s">
+        <v>625</v>
+      </c>
+      <c r="H194" s="293" t="s">
+        <v>626</v>
+      </c>
+      <c r="I194" s="293" t="s">
+        <v>627</v>
+      </c>
+      <c r="J194" s="183" t="s">
+        <v>628</v>
+      </c>
+      <c r="K194" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="L194" s="184" t="s">
+      <c r="L194" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="M194" s="306">
+      <c r="M194" s="294">
         <v>2</v>
       </c>
-      <c r="N194" s="306">
+      <c r="N194" s="294">
         <v>3</v>
       </c>
-      <c r="O194" s="301">
+      <c r="O194" s="289">
         <v>6</v>
       </c>
-      <c r="P194" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q194" s="306">
+      <c r="P194" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q194" s="294">
         <v>10</v>
       </c>
-      <c r="R194" s="344">
+      <c r="R194" s="329">
         <v>60</v>
       </c>
       <c r="S194" s="101" t="str">
         <f t="shared" si="63"/>
         <v>III</v>
       </c>
-      <c r="T194" s="307" t="s">
-[...5 lines deleted...]
-      <c r="V194" s="317">
+      <c r="T194" s="295" t="s">
+        <v>123</v>
+      </c>
+      <c r="U194" s="295" t="s">
+        <v>629</v>
+      </c>
+      <c r="V194" s="302">
         <v>2</v>
       </c>
-      <c r="W194" s="261" t="s">
+      <c r="W194" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X194" s="184" t="s">
-[...30 lines deleted...]
-      <c r="D195" s="350" t="s">
+      <c r="X194" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y194" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z194" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA194" s="183" t="s">
+        <v>630</v>
+      </c>
+      <c r="AB194" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC194" s="420" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD194" s="421"/>
+      <c r="AE194" s="434"/>
+    </row>
+    <row r="195" spans="1:31" s="337" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A195" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B195" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E195" s="354" t="s">
-[...2 lines deleted...]
-      <c r="F195" s="346" t="s">
+      <c r="C195" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D195" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E195" s="339" t="s">
+        <v>646</v>
+      </c>
+      <c r="F195" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G195" s="372" t="s">
-[...14 lines deleted...]
-      <c r="L195" s="301" t="s">
+      <c r="G195" s="356" t="s">
+        <v>216</v>
+      </c>
+      <c r="H195" s="332" t="s">
+        <v>217</v>
+      </c>
+      <c r="I195" s="333" t="s">
+        <v>218</v>
+      </c>
+      <c r="J195" s="258" t="s">
+        <v>219</v>
+      </c>
+      <c r="K195" s="331" t="s">
+        <v>220</v>
+      </c>
+      <c r="L195" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="M195" s="301">
+      <c r="M195" s="289">
         <v>6</v>
       </c>
-      <c r="N195" s="301">
+      <c r="N195" s="289">
         <v>2</v>
       </c>
-      <c r="O195" s="301">
+      <c r="O195" s="289">
         <v>12</v>
       </c>
-      <c r="P195" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q195" s="300">
+      <c r="P195" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q195" s="288">
         <v>25</v>
       </c>
-      <c r="R195" s="344">
+      <c r="R195" s="329">
         <v>300</v>
       </c>
       <c r="S195" s="101" t="str">
         <f t="shared" si="63"/>
         <v>II</v>
       </c>
-      <c r="T195" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V195" s="317">
+      <c r="T195" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U195" s="331" t="s">
+        <v>222</v>
+      </c>
+      <c r="V195" s="302">
         <v>2</v>
       </c>
-      <c r="W195" s="261" t="s">
+      <c r="W195" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X195" s="301" t="s">
-[...28 lines deleted...]
-      <c r="D196" s="350" t="s">
+      <c r="X195" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y195" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z195" s="258" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA195" s="189" t="s">
+        <v>224</v>
+      </c>
+      <c r="AB195" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC195" s="420" t="s">
+        <v>225</v>
+      </c>
+      <c r="AD195" s="421"/>
+      <c r="AE195" s="434"/>
+    </row>
+    <row r="196" spans="1:31" s="337" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A196" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B196" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E196" s="354" t="s">
-[...2 lines deleted...]
-      <c r="F196" s="346" t="s">
+      <c r="C196" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D196" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E196" s="339" t="s">
+        <v>646</v>
+      </c>
+      <c r="F196" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G196" s="372" t="s">
-[...17 lines deleted...]
-      <c r="M196" s="301">
+      <c r="G196" s="356" t="s">
+        <v>226</v>
+      </c>
+      <c r="H196" s="332" t="s">
+        <v>227</v>
+      </c>
+      <c r="I196" s="333" t="s">
+        <v>228</v>
+      </c>
+      <c r="J196" s="258" t="s">
+        <v>229</v>
+      </c>
+      <c r="K196" s="331" t="s">
+        <v>220</v>
+      </c>
+      <c r="L196" s="258" t="s">
+        <v>230</v>
+      </c>
+      <c r="M196" s="289">
         <v>6</v>
       </c>
-      <c r="N196" s="301">
+      <c r="N196" s="289">
         <v>2</v>
       </c>
-      <c r="O196" s="301">
+      <c r="O196" s="289">
         <v>12</v>
       </c>
-      <c r="P196" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q196" s="300">
+      <c r="P196" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q196" s="288">
         <v>25</v>
       </c>
-      <c r="R196" s="344">
+      <c r="R196" s="329">
         <v>300</v>
       </c>
       <c r="S196" s="101" t="str">
         <f t="shared" si="63"/>
         <v>II</v>
       </c>
-      <c r="T196" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V196" s="317">
+      <c r="T196" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U196" s="331" t="s">
+        <v>222</v>
+      </c>
+      <c r="V196" s="302">
         <v>2</v>
       </c>
-      <c r="W196" s="261" t="s">
+      <c r="W196" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X196" s="301" t="s">
-[...28 lines deleted...]
-      <c r="D197" s="350" t="s">
+      <c r="X196" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y196" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z196" s="258" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA196" s="189" t="s">
+        <v>224</v>
+      </c>
+      <c r="AB196" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC196" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD196" s="421"/>
+      <c r="AE196" s="434"/>
+    </row>
+    <row r="197" spans="1:31" s="290" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A197" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B197" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E197" s="354" t="s">
-[...2 lines deleted...]
-      <c r="F197" s="346" t="s">
+      <c r="C197" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D197" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E197" s="339" t="s">
+        <v>646</v>
+      </c>
+      <c r="F197" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G197" s="372" t="s">
-[...14 lines deleted...]
-      <c r="L197" s="140" t="s">
+      <c r="G197" s="356" t="s">
+        <v>226</v>
+      </c>
+      <c r="H197" s="332" t="s">
+        <v>231</v>
+      </c>
+      <c r="I197" s="333" t="s">
+        <v>232</v>
+      </c>
+      <c r="J197" s="258" t="s">
+        <v>233</v>
+      </c>
+      <c r="K197" s="139" t="s">
+        <v>234</v>
+      </c>
+      <c r="L197" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="M197" s="136">
+      <c r="M197" s="135">
         <v>2</v>
       </c>
-      <c r="N197" s="136">
+      <c r="N197" s="135">
         <v>3</v>
       </c>
-      <c r="O197" s="323">
+      <c r="O197" s="308">
         <v>6</v>
       </c>
-      <c r="P197" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q197" s="136">
+      <c r="P197" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q197" s="135">
         <v>10</v>
       </c>
-      <c r="R197" s="323">
+      <c r="R197" s="308">
         <v>60</v>
       </c>
       <c r="S197" s="101" t="str">
         <f t="shared" si="63"/>
         <v>III</v>
       </c>
-      <c r="T197" s="137" t="s">
-[...2 lines deleted...]
-      <c r="U197" s="140" t="s">
+      <c r="T197" s="136" t="s">
         <v>123</v>
       </c>
-      <c r="V197" s="317">
+      <c r="U197" s="139" t="s">
+        <v>124</v>
+      </c>
+      <c r="V197" s="302">
         <v>2</v>
       </c>
-      <c r="W197" s="140" t="s">
+      <c r="W197" s="139" t="s">
         <v>104</v>
       </c>
-      <c r="X197" s="140" t="s">
-[...28 lines deleted...]
-      <c r="D198" s="350" t="s">
+      <c r="X197" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y197" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z197" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA197" s="139" t="s">
+        <v>125</v>
+      </c>
+      <c r="AB197" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC197" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD197" s="421"/>
+      <c r="AE197" s="422"/>
+    </row>
+    <row r="198" spans="1:31" s="337" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A198" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B198" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E198" s="354" t="s">
-[...2 lines deleted...]
-      <c r="F198" s="134" t="s">
+      <c r="C198" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D198" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E198" s="339" t="s">
+        <v>646</v>
+      </c>
+      <c r="F198" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G198" s="150" t="s">
-[...8 lines deleted...]
-      <c r="J198" s="184" t="s">
+      <c r="G198" s="149" t="s">
+        <v>631</v>
+      </c>
+      <c r="H198" s="293" t="s">
+        <v>632</v>
+      </c>
+      <c r="I198" s="293" t="s">
+        <v>633</v>
+      </c>
+      <c r="J198" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="K198" s="184" t="s">
+      <c r="K198" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="L198" s="184" t="s">
+      <c r="L198" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="M198" s="306">
+      <c r="M198" s="294">
         <v>2</v>
       </c>
-      <c r="N198" s="306">
+      <c r="N198" s="294">
         <v>2</v>
       </c>
-      <c r="O198" s="301">
+      <c r="O198" s="289">
         <v>4</v>
       </c>
-      <c r="P198" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q198" s="306">
+      <c r="P198" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q198" s="294">
         <v>25</v>
       </c>
-      <c r="R198" s="344">
+      <c r="R198" s="329">
         <v>100</v>
       </c>
       <c r="S198" s="101" t="str">
         <f t="shared" si="63"/>
         <v>III</v>
       </c>
-      <c r="T198" s="307" t="s">
-[...5 lines deleted...]
-      <c r="V198" s="317">
+      <c r="T198" s="295" t="s">
+        <v>123</v>
+      </c>
+      <c r="U198" s="295" t="s">
+        <v>634</v>
+      </c>
+      <c r="V198" s="302">
         <v>2</v>
       </c>
-      <c r="W198" s="261" t="s">
+      <c r="W198" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X198" s="184" t="s">
-[...28 lines deleted...]
-      <c r="D199" s="350" t="s">
+      <c r="X198" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y198" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z198" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA198" s="183" t="s">
+        <v>635</v>
+      </c>
+      <c r="AB198" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC198" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD198" s="421"/>
+      <c r="AE198" s="434"/>
+    </row>
+    <row r="199" spans="1:31" s="337" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A199" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B199" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E199" s="354" t="s">
+      <c r="C199" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D199" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E199" s="339" t="s">
+        <v>646</v>
+      </c>
+      <c r="F199" s="331" t="s">
+        <v>95</v>
+      </c>
+      <c r="G199" s="351" t="s">
         <v>641</v>
       </c>
-      <c r="F199" s="346" t="s">
-[...17 lines deleted...]
-      <c r="L199" s="301" t="s">
+      <c r="H199" s="332" t="s">
+        <v>217</v>
+      </c>
+      <c r="I199" s="333" t="s">
+        <v>218</v>
+      </c>
+      <c r="J199" s="258" t="s">
+        <v>219</v>
+      </c>
+      <c r="K199" s="331" t="s">
+        <v>220</v>
+      </c>
+      <c r="L199" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="M199" s="301">
+      <c r="M199" s="289">
         <v>6</v>
       </c>
-      <c r="N199" s="301">
+      <c r="N199" s="289">
         <v>2</v>
       </c>
-      <c r="O199" s="301">
+      <c r="O199" s="289">
         <v>12</v>
       </c>
-      <c r="P199" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q199" s="300">
+      <c r="P199" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q199" s="288">
         <v>25</v>
       </c>
-      <c r="R199" s="344">
+      <c r="R199" s="329">
         <v>300</v>
       </c>
       <c r="S199" s="101" t="str">
         <f t="shared" si="63"/>
         <v>II</v>
       </c>
-      <c r="T199" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V199" s="317">
+      <c r="T199" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U199" s="331" t="s">
+        <v>222</v>
+      </c>
+      <c r="V199" s="302">
         <v>2</v>
       </c>
-      <c r="W199" s="261" t="s">
+      <c r="W199" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X199" s="301" t="s">
-[...28 lines deleted...]
-      <c r="D200" s="350" t="s">
+      <c r="X199" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y199" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z199" s="258" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA199" s="189" t="s">
+        <v>224</v>
+      </c>
+      <c r="AB199" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC199" s="420" t="s">
+        <v>225</v>
+      </c>
+      <c r="AD199" s="421"/>
+      <c r="AE199" s="434"/>
+    </row>
+    <row r="200" spans="1:31" s="290" customFormat="1" ht="82.5" customHeight="1">
+      <c r="A200" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B200" s="299" t="s">
         <v>643</v>
       </c>
-      <c r="E200" s="354" t="s">
-[...2 lines deleted...]
-      <c r="F200" s="346" t="s">
+      <c r="C200" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D200" s="335" t="s">
+        <v>648</v>
+      </c>
+      <c r="E200" s="339" t="s">
+        <v>646</v>
+      </c>
+      <c r="F200" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G200" s="367" t="s">
-[...17 lines deleted...]
-      <c r="M200" s="301">
+      <c r="G200" s="351" t="s">
+        <v>642</v>
+      </c>
+      <c r="H200" s="332" t="s">
+        <v>227</v>
+      </c>
+      <c r="I200" s="333" t="s">
+        <v>228</v>
+      </c>
+      <c r="J200" s="258" t="s">
+        <v>229</v>
+      </c>
+      <c r="K200" s="331" t="s">
+        <v>220</v>
+      </c>
+      <c r="L200" s="258" t="s">
+        <v>230</v>
+      </c>
+      <c r="M200" s="289">
         <v>6</v>
       </c>
-      <c r="N200" s="301">
+      <c r="N200" s="289">
         <v>2</v>
       </c>
-      <c r="O200" s="301">
+      <c r="O200" s="289">
         <v>12</v>
       </c>
-      <c r="P200" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q200" s="300">
+      <c r="P200" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q200" s="288">
         <v>25</v>
       </c>
-      <c r="R200" s="344">
+      <c r="R200" s="329">
         <v>300</v>
       </c>
       <c r="S200" s="101" t="str">
         <f t="shared" si="63"/>
         <v>II</v>
       </c>
-      <c r="T200" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V200" s="317">
+      <c r="T200" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U200" s="331" t="s">
+        <v>222</v>
+      </c>
+      <c r="V200" s="302">
         <v>2</v>
       </c>
-      <c r="W200" s="261" t="s">
+      <c r="W200" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X200" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE200" s="445"/>
+      <c r="X200" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y200" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z200" s="258" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA200" s="189" t="s">
+        <v>224</v>
+      </c>
+      <c r="AB200" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC200" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD200" s="421"/>
+      <c r="AE200" s="422"/>
     </row>
     <row r="201" spans="1:31" ht="163.5" customHeight="1">
-      <c r="A201" s="349" t="s">
-[...14 lines deleted...]
-      <c r="F201" s="346" t="s">
+      <c r="A201" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B201" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C201" s="338" t="s">
+        <v>644</v>
+      </c>
+      <c r="D201" s="335" t="s">
+        <v>645</v>
+      </c>
+      <c r="E201" s="339" t="s">
+        <v>646</v>
+      </c>
+      <c r="F201" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G201" s="367" t="s">
-[...14 lines deleted...]
-      <c r="L201" s="140" t="s">
+      <c r="G201" s="351" t="s">
+        <v>642</v>
+      </c>
+      <c r="H201" s="332" t="s">
+        <v>231</v>
+      </c>
+      <c r="I201" s="333" t="s">
+        <v>232</v>
+      </c>
+      <c r="J201" s="258" t="s">
+        <v>233</v>
+      </c>
+      <c r="K201" s="139" t="s">
+        <v>234</v>
+      </c>
+      <c r="L201" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="M201" s="136">
+      <c r="M201" s="135">
         <v>2</v>
       </c>
-      <c r="N201" s="136">
+      <c r="N201" s="135">
         <v>3</v>
       </c>
-      <c r="O201" s="323">
+      <c r="O201" s="308">
         <v>6</v>
       </c>
-      <c r="P201" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q201" s="136">
+      <c r="P201" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q201" s="135">
         <v>10</v>
       </c>
-      <c r="R201" s="323">
+      <c r="R201" s="308">
         <v>60</v>
       </c>
       <c r="S201" s="101" t="str">
         <f t="shared" si="63"/>
         <v>III</v>
       </c>
-      <c r="T201" s="137" t="s">
-[...2 lines deleted...]
-      <c r="U201" s="140" t="s">
+      <c r="T201" s="136" t="s">
         <v>123</v>
       </c>
-      <c r="V201" s="317">
+      <c r="U201" s="139" t="s">
+        <v>124</v>
+      </c>
+      <c r="V201" s="302">
         <v>2</v>
       </c>
-      <c r="W201" s="140" t="s">
+      <c r="W201" s="139" t="s">
         <v>104</v>
       </c>
-      <c r="X201" s="140" t="s">
-[...16 lines deleted...]
-      <c r="AE201" s="445"/>
+      <c r="X201" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y201" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z201" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA201" s="139" t="s">
+        <v>125</v>
+      </c>
+      <c r="AB201" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC201" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD201" s="421"/>
+      <c r="AE201" s="422"/>
     </row>
     <row r="202" spans="1:31" ht="204" customHeight="1">
-      <c r="A202" s="349" t="s">
-[...12 lines deleted...]
-        <v>711</v>
+      <c r="A202" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B202" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C202" s="338" t="s">
+        <v>715</v>
+      </c>
+      <c r="D202" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E202" s="339" t="s">
+        <v>717</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G202" s="2" t="s">
-        <v>712</v>
-[...16 lines deleted...]
-      <c r="M202" s="320">
+        <v>718</v>
+      </c>
+      <c r="H202" s="303" t="s">
+        <v>488</v>
+      </c>
+      <c r="I202" s="304" t="s">
+        <v>110</v>
+      </c>
+      <c r="J202" s="211" t="s">
+        <v>489</v>
+      </c>
+      <c r="K202" s="211" t="s">
+        <v>490</v>
+      </c>
+      <c r="L202" s="185" t="s">
+        <v>491</v>
+      </c>
+      <c r="M202" s="305">
         <v>6</v>
       </c>
-      <c r="N202" s="320">
+      <c r="N202" s="305">
         <v>3</v>
       </c>
-      <c r="O202" s="320">
+      <c r="O202" s="305">
         <f>M202*N202</f>
         <v>18</v>
       </c>
-      <c r="P202" s="321" t="str">
+      <c r="P202" s="306" t="str">
         <f>IF(OR(O202="",O202=0),"",IF(O202&lt;5,"B",IF(O202&lt;9,"M",IF(O202&lt;21,"A","MA"))))</f>
         <v>A</v>
       </c>
-      <c r="Q202" s="320">
+      <c r="Q202" s="305">
         <v>25</v>
       </c>
-      <c r="R202" s="320">
+      <c r="R202" s="305">
         <f>O202*Q202</f>
         <v>450</v>
       </c>
-      <c r="S202" s="322" t="str">
+      <c r="S202" s="307" t="str">
         <f>IF(R202="","",IF(AND(R202&gt;=600,R202&lt;=4000),"I",IF(AND(R202&gt;=150,R202&lt;=500),"II",IF(AND(R202&gt;=40,R202&lt;=120),"III",IF(OR(R202&lt;=20,R202&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T202" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V202" s="317">
+      <c r="T202" s="139" t="s">
+        <v>161</v>
+      </c>
+      <c r="U202" s="185" t="s">
+        <v>259</v>
+      </c>
+      <c r="V202" s="302">
         <v>1</v>
       </c>
-      <c r="W202" s="214" t="s">
+      <c r="W202" s="211" t="s">
         <v>104</v>
       </c>
-      <c r="X202" s="317" t="s">
-[...16 lines deleted...]
-      <c r="AE202" s="450"/>
+      <c r="X202" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y202" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z202" s="211" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA202" s="304" t="s">
+        <v>492</v>
+      </c>
+      <c r="AB202" s="211" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC202" s="420" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD202" s="421"/>
+      <c r="AE202" s="421"/>
     </row>
     <row r="203" spans="1:31" ht="162" customHeight="1">
-      <c r="A203" s="349" t="s">
-[...12 lines deleted...]
-        <v>711</v>
+      <c r="A203" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B203" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C203" s="338" t="s">
+        <v>715</v>
+      </c>
+      <c r="D203" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E203" s="339" t="s">
+        <v>717</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G203" s="2" t="s">
-        <v>713</v>
-[...7 lines deleted...]
-      <c r="J203" s="214" t="s">
+        <v>719</v>
+      </c>
+      <c r="H203" s="303" t="s">
+        <v>651</v>
+      </c>
+      <c r="I203" s="304" t="s">
+        <v>500</v>
+      </c>
+      <c r="J203" s="211" t="s">
         <v>99</v>
       </c>
-      <c r="K203" s="214" t="s">
-[...5 lines deleted...]
-      <c r="M203" s="320">
+      <c r="K203" s="211" t="s">
+        <v>652</v>
+      </c>
+      <c r="L203" s="185" t="s">
+        <v>497</v>
+      </c>
+      <c r="M203" s="305">
         <v>6</v>
       </c>
-      <c r="N203" s="320">
+      <c r="N203" s="305">
         <v>3</v>
       </c>
-      <c r="O203" s="320">
+      <c r="O203" s="305">
         <f>M203*N203</f>
         <v>18</v>
       </c>
-      <c r="P203" s="321" t="str">
+      <c r="P203" s="306" t="str">
         <f>IF(OR(O203="",O203=0),"",IF(O203&lt;5,"B",IF(O203&lt;9,"M",IF(O203&lt;21,"A","MA"))))</f>
         <v>A</v>
       </c>
-      <c r="Q203" s="320">
+      <c r="Q203" s="305">
         <v>25</v>
       </c>
-      <c r="R203" s="320">
+      <c r="R203" s="305">
         <f>O203*Q203</f>
         <v>450</v>
       </c>
-      <c r="S203" s="322" t="str">
+      <c r="S203" s="307" t="str">
         <f>IF(R203="","",IF(AND(R203&gt;=600,R203&lt;=4000),"I",IF(AND(R203&gt;=150,R203&lt;=500),"II",IF(AND(R203&gt;=40,R203&lt;=120),"III",IF(OR(R203&lt;=20,R203&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T203" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V203" s="317">
+      <c r="T203" s="139" t="s">
+        <v>161</v>
+      </c>
+      <c r="U203" s="185" t="s">
+        <v>259</v>
+      </c>
+      <c r="V203" s="302">
         <v>1</v>
       </c>
-      <c r="W203" s="214" t="s">
+      <c r="W203" s="211" t="s">
         <v>104</v>
       </c>
-      <c r="X203" s="317" t="s">
-[...16 lines deleted...]
-      <c r="AE203" s="446"/>
+      <c r="X203" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y203" s="211" t="s">
+        <v>653</v>
+      </c>
+      <c r="Z203" s="211" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA203" s="304" t="s">
+        <v>501</v>
+      </c>
+      <c r="AB203" s="211" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC203" s="420" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD203" s="421"/>
+      <c r="AE203" s="421"/>
     </row>
     <row r="204" spans="1:31" ht="182.25" customHeight="1">
-      <c r="A204" s="349" t="s">
-[...12 lines deleted...]
-        <v>711</v>
+      <c r="A204" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B204" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C204" s="338" t="s">
+        <v>715</v>
+      </c>
+      <c r="D204" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E204" s="339" t="s">
+        <v>717</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G204" s="2" t="s">
-        <v>649</v>
-[...7 lines deleted...]
-      <c r="J204" s="214" t="s">
+        <v>654</v>
+      </c>
+      <c r="H204" s="303" t="s">
+        <v>655</v>
+      </c>
+      <c r="I204" s="304" t="s">
+        <v>258</v>
+      </c>
+      <c r="J204" s="211" t="s">
         <v>99</v>
       </c>
-      <c r="K204" s="214" t="s">
+      <c r="K204" s="211" t="s">
         <v>99</v>
       </c>
-      <c r="L204" s="186" t="s">
-[...2 lines deleted...]
-      <c r="M204" s="320">
+      <c r="L204" s="185" t="s">
+        <v>497</v>
+      </c>
+      <c r="M204" s="305">
         <v>6</v>
       </c>
-      <c r="N204" s="320">
+      <c r="N204" s="305">
         <v>3</v>
       </c>
-      <c r="O204" s="320">
+      <c r="O204" s="305">
         <f>M204*N204</f>
         <v>18</v>
       </c>
-      <c r="P204" s="321" t="str">
+      <c r="P204" s="306" t="str">
         <f>IF(OR(O204="",O204=0),"",IF(O204&lt;5,"B",IF(O204&lt;9,"M",IF(O204&lt;21,"A","MA"))))</f>
         <v>A</v>
       </c>
-      <c r="Q204" s="320">
+      <c r="Q204" s="305">
         <v>25</v>
       </c>
-      <c r="R204" s="320">
+      <c r="R204" s="305">
         <f>O204*Q204</f>
         <v>450</v>
       </c>
-      <c r="S204" s="322" t="str">
+      <c r="S204" s="307" t="str">
         <f>IF(R204="","",IF(AND(R204&gt;=600,R204&lt;=4000),"I",IF(AND(R204&gt;=150,R204&lt;=500),"II",IF(AND(R204&gt;=40,R204&lt;=120),"III",IF(OR(R204&lt;=20,R204&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T204" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V204" s="317">
+      <c r="T204" s="139" t="s">
+        <v>161</v>
+      </c>
+      <c r="U204" s="185" t="s">
+        <v>259</v>
+      </c>
+      <c r="V204" s="302">
         <v>1</v>
       </c>
-      <c r="W204" s="214" t="s">
+      <c r="W204" s="211" t="s">
         <v>104</v>
       </c>
-      <c r="X204" s="317" t="s">
-[...16 lines deleted...]
-      <c r="AE204" s="446"/>
+      <c r="X204" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y204" s="211" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z204" s="211" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA204" s="304" t="s">
+        <v>656</v>
+      </c>
+      <c r="AB204" s="211" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC204" s="420" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD204" s="421"/>
+      <c r="AE204" s="421"/>
     </row>
     <row r="205" spans="1:31" ht="155.25" customHeight="1">
-      <c r="A205" s="349" t="s">
-[...12 lines deleted...]
-        <v>711</v>
+      <c r="A205" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B205" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C205" s="338" t="s">
+        <v>715</v>
+      </c>
+      <c r="D205" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E205" s="339" t="s">
+        <v>717</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G205" s="2" t="s">
-        <v>714</v>
-[...7 lines deleted...]
-      <c r="J205" s="301" t="s">
+        <v>720</v>
+      </c>
+      <c r="H205" s="296" t="s">
+        <v>284</v>
+      </c>
+      <c r="I205" s="287" t="s">
+        <v>279</v>
+      </c>
+      <c r="J205" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="K205" s="301" t="s">
+      <c r="K205" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="L205" s="261" t="s">
-[...2 lines deleted...]
-      <c r="M205" s="301">
+      <c r="L205" s="258" t="s">
+        <v>280</v>
+      </c>
+      <c r="M205" s="289">
         <v>6</v>
       </c>
-      <c r="N205" s="301">
+      <c r="N205" s="289">
         <v>3</v>
       </c>
-      <c r="O205" s="325">
+      <c r="O205" s="310">
         <f>M205*N205</f>
         <v>18</v>
       </c>
-      <c r="P205" s="321" t="str">
+      <c r="P205" s="306" t="str">
         <f t="shared" ref="P205:P206" si="64">IF(OR(O205="",O205=0),"",IF(O205&lt;5,"B",IF(O205&lt;9,"M",IF(O205&lt;21,"A","MA"))))</f>
         <v>A</v>
       </c>
-      <c r="Q205" s="301">
+      <c r="Q205" s="289">
         <v>25</v>
       </c>
-      <c r="R205" s="325">
+      <c r="R205" s="310">
         <f>O205*Q205</f>
         <v>450</v>
       </c>
-      <c r="S205" s="322" t="str">
+      <c r="S205" s="307" t="str">
         <f t="shared" ref="S205:S211" si="65">IF(R205="","",IF(AND(R205&gt;=600,R205&lt;=4000),"I",IF(AND(R205&gt;=150,R205&lt;=500),"II",IF(AND(R205&gt;=40,R205&lt;=120),"III",IF(OR(R205&lt;=20,R205&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T205" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V205" s="317">
+      <c r="T205" s="139" t="s">
+        <v>161</v>
+      </c>
+      <c r="U205" s="137" t="s">
+        <v>281</v>
+      </c>
+      <c r="V205" s="302">
         <v>1</v>
       </c>
-      <c r="W205" s="261" t="s">
+      <c r="W205" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X205" s="301" t="s">
-[...8 lines deleted...]
-      <c r="AA205" s="299" t="s">
+      <c r="X205" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y205" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z205" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA205" s="287" t="s">
+        <v>721</v>
+      </c>
+      <c r="AB205" s="211" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC205" s="420" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD205" s="421"/>
+      <c r="AE205" s="421"/>
+    </row>
+    <row r="206" spans="1:31" ht="169.5" customHeight="1">
+      <c r="A206" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B206" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C206" s="338" t="s">
         <v>715</v>
       </c>
-      <c r="AB205" s="214" t="s">
-[...20 lines deleted...]
-        <v>711</v>
+      <c r="D206" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E206" s="339" t="s">
+        <v>717</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G206" s="2" t="s">
-        <v>716</v>
-[...7 lines deleted...]
-      <c r="J206" s="140" t="s">
+        <v>722</v>
+      </c>
+      <c r="H206" s="292" t="s">
+        <v>538</v>
+      </c>
+      <c r="I206" s="292" t="s">
+        <v>539</v>
+      </c>
+      <c r="J206" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K206" s="140" t="s">
-[...5 lines deleted...]
-      <c r="M206" s="189">
+      <c r="K206" s="139" t="s">
+        <v>540</v>
+      </c>
+      <c r="L206" s="139" t="s">
+        <v>541</v>
+      </c>
+      <c r="M206" s="188">
         <v>2</v>
       </c>
-      <c r="N206" s="189">
+      <c r="N206" s="188">
         <v>3</v>
       </c>
-      <c r="O206" s="325">
+      <c r="O206" s="310">
         <f t="shared" ref="O206" si="66">M206*N206</f>
         <v>6</v>
       </c>
-      <c r="P206" s="321" t="str">
+      <c r="P206" s="306" t="str">
         <f t="shared" si="64"/>
         <v>M</v>
       </c>
-      <c r="Q206" s="189">
+      <c r="Q206" s="188">
         <v>25</v>
       </c>
-      <c r="R206" s="325">
+      <c r="R206" s="310">
         <f t="shared" ref="R206:R214" si="67">O206*Q206</f>
         <v>150</v>
       </c>
-      <c r="S206" s="322" t="str">
+      <c r="S206" s="307" t="str">
         <f t="shared" si="65"/>
         <v>II</v>
       </c>
-      <c r="T206" s="140" t="s">
-[...5 lines deleted...]
-      <c r="V206" s="317">
+      <c r="T206" s="139" t="s">
+        <v>161</v>
+      </c>
+      <c r="U206" s="139" t="s">
+        <v>542</v>
+      </c>
+      <c r="V206" s="302">
         <v>1</v>
       </c>
-      <c r="W206" s="261" t="s">
+      <c r="W206" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X206" s="140" t="s">
-[...8 lines deleted...]
-      <c r="AA206" s="304" t="s">
+      <c r="X206" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y206" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z206" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA206" s="292" t="s">
+        <v>723</v>
+      </c>
+      <c r="AB206" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC206" s="420" t="s">
+        <v>164</v>
+      </c>
+      <c r="AD206" s="421"/>
+      <c r="AE206" s="422"/>
+    </row>
+    <row r="207" spans="1:31" ht="154.5" customHeight="1">
+      <c r="A207" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B207" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C207" s="338" t="s">
+        <v>715</v>
+      </c>
+      <c r="D207" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E207" s="339" t="s">
         <v>717</v>
       </c>
-      <c r="AB206" s="140" t="s">
-[...34 lines deleted...]
-      <c r="J207" s="317" t="s">
+      <c r="F207" s="315" t="s">
+        <v>170</v>
+      </c>
+      <c r="G207" s="350" t="s">
+        <v>724</v>
+      </c>
+      <c r="H207" s="316" t="s">
+        <v>559</v>
+      </c>
+      <c r="I207" s="304" t="s">
+        <v>182</v>
+      </c>
+      <c r="J207" s="302" t="s">
         <v>99</v>
       </c>
-      <c r="K207" s="214" t="s">
-[...5 lines deleted...]
-      <c r="M207" s="332">
+      <c r="K207" s="211" t="s">
+        <v>332</v>
+      </c>
+      <c r="L207" s="211" t="s">
+        <v>333</v>
+      </c>
+      <c r="M207" s="317">
         <v>2</v>
       </c>
-      <c r="N207" s="332">
+      <c r="N207" s="317">
         <v>3</v>
       </c>
-      <c r="O207" s="333">
+      <c r="O207" s="318">
         <f>M207*N207</f>
         <v>6</v>
       </c>
-      <c r="P207" s="333" t="str">
+      <c r="P207" s="318" t="str">
         <f>IF(OR(O207="",O207=0),"",IF(O207&lt;5,"B",IF(O207&lt;9,"M",IF(O207&lt;21,"A","MA"))))</f>
         <v>M</v>
       </c>
-      <c r="Q207" s="332">
+      <c r="Q207" s="317">
         <v>25</v>
       </c>
-      <c r="R207" s="334">
+      <c r="R207" s="319">
         <f t="shared" si="67"/>
         <v>150</v>
       </c>
-      <c r="S207" s="335" t="str">
+      <c r="S207" s="320" t="str">
         <f t="shared" si="65"/>
         <v>II</v>
       </c>
-      <c r="T207" s="336" t="s">
-[...5 lines deleted...]
-      <c r="V207" s="317">
+      <c r="T207" s="321" t="s">
+        <v>161</v>
+      </c>
+      <c r="U207" s="152" t="s">
+        <v>177</v>
+      </c>
+      <c r="V207" s="302">
         <v>1</v>
       </c>
-      <c r="W207" s="214" t="s">
+      <c r="W207" s="211" t="s">
         <v>104</v>
       </c>
-      <c r="X207" s="337" t="s">
-[...16 lines deleted...]
-      <c r="AE207" s="452"/>
+      <c r="X207" s="322" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y207" s="322" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z207" s="322" t="s">
+        <v>334</v>
+      </c>
+      <c r="AA207" s="303" t="s">
+        <v>560</v>
+      </c>
+      <c r="AB207" s="322" t="s">
+        <v>561</v>
+      </c>
+      <c r="AC207" s="435" t="s">
+        <v>185</v>
+      </c>
+      <c r="AD207" s="436"/>
+      <c r="AE207" s="436"/>
     </row>
     <row r="208" spans="1:31" ht="190.5" customHeight="1">
-      <c r="A208" s="349" t="s">
-[...12 lines deleted...]
-        <v>711</v>
+      <c r="A208" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B208" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C208" s="338" t="s">
+        <v>715</v>
+      </c>
+      <c r="D208" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E208" s="339" t="s">
+        <v>717</v>
       </c>
       <c r="F208" s="4" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G208" s="2" t="s">
-        <v>719</v>
-[...7 lines deleted...]
-      <c r="J208" s="138" t="s">
+        <v>725</v>
+      </c>
+      <c r="H208" s="292" t="s">
+        <v>434</v>
+      </c>
+      <c r="I208" s="287" t="s">
+        <v>167</v>
+      </c>
+      <c r="J208" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="K208" s="138" t="s">
-[...2 lines deleted...]
-      <c r="L208" s="261" t="s">
+      <c r="K208" s="137" t="s">
+        <v>584</v>
+      </c>
+      <c r="L208" s="258" t="s">
         <v>99</v>
       </c>
-      <c r="M208" s="136">
+      <c r="M208" s="135">
         <v>6</v>
       </c>
-      <c r="N208" s="136">
+      <c r="N208" s="135">
         <v>3</v>
       </c>
-      <c r="O208" s="323">
+      <c r="O208" s="308">
         <f t="shared" ref="O208:O214" si="68">M208*N208</f>
         <v>18</v>
       </c>
-      <c r="P208" s="323" t="str">
+      <c r="P208" s="308" t="str">
         <f t="shared" ref="P208:P214" si="69">IF(OR(O208="",O208=0),"",IF(O208&lt;5,"B",IF(O208&lt;9,"M",IF(O208&lt;21,"A","MA"))))</f>
         <v>A</v>
       </c>
-      <c r="Q208" s="136">
+      <c r="Q208" s="135">
         <v>25</v>
       </c>
-      <c r="R208" s="344">
+      <c r="R208" s="329">
         <f t="shared" si="67"/>
         <v>450</v>
       </c>
-      <c r="S208" s="322" t="str">
+      <c r="S208" s="307" t="str">
         <f t="shared" si="65"/>
         <v>II</v>
       </c>
-      <c r="T208" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V208" s="317">
+      <c r="T208" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U208" s="258" t="s">
+        <v>200</v>
+      </c>
+      <c r="V208" s="302">
         <v>1</v>
       </c>
-      <c r="W208" s="261" t="s">
+      <c r="W208" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X208" s="301" t="s">
-[...32 lines deleted...]
-      <c r="F209" s="346" t="s">
+      <c r="X208" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y208" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z208" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA208" s="287" t="s">
+        <v>726</v>
+      </c>
+      <c r="AB208" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC208" s="420" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD208" s="421"/>
+      <c r="AE208" s="422"/>
+    </row>
+    <row r="209" spans="1:31" s="337" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A209" s="334"/>
+      <c r="B209" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C209" s="338" t="s">
+        <v>715</v>
+      </c>
+      <c r="D209" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E209" s="339" t="s">
+        <v>717</v>
+      </c>
+      <c r="F209" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G209" s="372" t="s">
-[...14 lines deleted...]
-      <c r="L209" s="301" t="s">
+      <c r="G209" s="356" t="s">
+        <v>216</v>
+      </c>
+      <c r="H209" s="332" t="s">
+        <v>217</v>
+      </c>
+      <c r="I209" s="333" t="s">
+        <v>218</v>
+      </c>
+      <c r="J209" s="258" t="s">
+        <v>219</v>
+      </c>
+      <c r="K209" s="331" t="s">
+        <v>220</v>
+      </c>
+      <c r="L209" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="M209" s="301">
+      <c r="M209" s="289">
         <v>6</v>
       </c>
-      <c r="N209" s="301">
+      <c r="N209" s="289">
         <v>2</v>
       </c>
-      <c r="O209" s="301">
+      <c r="O209" s="289">
         <v>12</v>
       </c>
-      <c r="P209" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q209" s="300">
+      <c r="P209" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q209" s="288">
         <v>25</v>
       </c>
-      <c r="R209" s="344">
+      <c r="R209" s="329">
         <v>300</v>
       </c>
       <c r="S209" s="101" t="str">
         <f t="shared" si="65"/>
         <v>II</v>
       </c>
-      <c r="T209" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V209" s="317">
+      <c r="T209" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U209" s="331" t="s">
+        <v>222</v>
+      </c>
+      <c r="V209" s="302">
         <v>1</v>
       </c>
-      <c r="W209" s="261" t="s">
+      <c r="W209" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X209" s="301" t="s">
-[...32 lines deleted...]
-      <c r="F210" s="346" t="s">
+      <c r="X209" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y209" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z209" s="258" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA209" s="189" t="s">
+        <v>224</v>
+      </c>
+      <c r="AB209" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC209" s="420" t="s">
+        <v>225</v>
+      </c>
+      <c r="AD209" s="421"/>
+      <c r="AE209" s="434"/>
+    </row>
+    <row r="210" spans="1:31" s="337" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A210" s="334"/>
+      <c r="B210" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C210" s="338" t="s">
+        <v>715</v>
+      </c>
+      <c r="D210" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E210" s="339" t="s">
+        <v>717</v>
+      </c>
+      <c r="F210" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G210" s="372" t="s">
-[...17 lines deleted...]
-      <c r="M210" s="301">
+      <c r="G210" s="356" t="s">
+        <v>226</v>
+      </c>
+      <c r="H210" s="332" t="s">
+        <v>227</v>
+      </c>
+      <c r="I210" s="333" t="s">
+        <v>228</v>
+      </c>
+      <c r="J210" s="258" t="s">
+        <v>229</v>
+      </c>
+      <c r="K210" s="331" t="s">
+        <v>220</v>
+      </c>
+      <c r="L210" s="258" t="s">
+        <v>230</v>
+      </c>
+      <c r="M210" s="289">
         <v>6</v>
       </c>
-      <c r="N210" s="301">
+      <c r="N210" s="289">
         <v>2</v>
       </c>
-      <c r="O210" s="301">
+      <c r="O210" s="289">
         <v>12</v>
       </c>
-      <c r="P210" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q210" s="300">
+      <c r="P210" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q210" s="288">
         <v>25</v>
       </c>
-      <c r="R210" s="344">
+      <c r="R210" s="329">
         <v>300</v>
       </c>
       <c r="S210" s="101" t="str">
         <f t="shared" si="65"/>
         <v>II</v>
       </c>
-      <c r="T210" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V210" s="317">
+      <c r="T210" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U210" s="331" t="s">
+        <v>222</v>
+      </c>
+      <c r="V210" s="302">
         <v>1</v>
       </c>
-      <c r="W210" s="261" t="s">
+      <c r="W210" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X210" s="301" t="s">
-[...32 lines deleted...]
-      <c r="F211" s="346" t="s">
+      <c r="X210" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y210" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z210" s="258" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA210" s="189" t="s">
+        <v>224</v>
+      </c>
+      <c r="AB210" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC210" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD210" s="421"/>
+      <c r="AE210" s="434"/>
+    </row>
+    <row r="211" spans="1:31" s="290" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A211" s="334"/>
+      <c r="B211" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C211" s="338" t="s">
+        <v>715</v>
+      </c>
+      <c r="D211" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E211" s="339" t="s">
+        <v>717</v>
+      </c>
+      <c r="F211" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G211" s="372" t="s">
-[...14 lines deleted...]
-      <c r="L211" s="140" t="s">
+      <c r="G211" s="356" t="s">
+        <v>226</v>
+      </c>
+      <c r="H211" s="332" t="s">
+        <v>231</v>
+      </c>
+      <c r="I211" s="333" t="s">
+        <v>232</v>
+      </c>
+      <c r="J211" s="258" t="s">
+        <v>233</v>
+      </c>
+      <c r="K211" s="139" t="s">
+        <v>234</v>
+      </c>
+      <c r="L211" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="M211" s="136">
+      <c r="M211" s="135">
         <v>2</v>
       </c>
-      <c r="N211" s="136">
+      <c r="N211" s="135">
         <v>3</v>
       </c>
-      <c r="O211" s="323">
+      <c r="O211" s="308">
         <v>6</v>
       </c>
-      <c r="P211" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q211" s="136">
+      <c r="P211" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q211" s="135">
         <v>10</v>
       </c>
-      <c r="R211" s="323">
+      <c r="R211" s="308">
         <v>60</v>
       </c>
       <c r="S211" s="101" t="str">
         <f t="shared" si="65"/>
         <v>III</v>
       </c>
-      <c r="T211" s="137" t="s">
-[...2 lines deleted...]
-      <c r="U211" s="140" t="s">
+      <c r="T211" s="136" t="s">
         <v>123</v>
       </c>
-      <c r="V211" s="317">
+      <c r="U211" s="139" t="s">
+        <v>124</v>
+      </c>
+      <c r="V211" s="302">
         <v>1</v>
       </c>
-      <c r="W211" s="140" t="s">
+      <c r="W211" s="139" t="s">
         <v>104</v>
       </c>
-      <c r="X211" s="140" t="s">
-[...16 lines deleted...]
-      <c r="AE211" s="445"/>
+      <c r="X211" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y211" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z211" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA211" s="139" t="s">
+        <v>125</v>
+      </c>
+      <c r="AB211" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC211" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD211" s="421"/>
+      <c r="AE211" s="422"/>
     </row>
     <row r="212" spans="1:31" ht="208.5" customHeight="1">
-      <c r="A212" s="349" t="s">
-[...12 lines deleted...]
-        <v>711</v>
+      <c r="A212" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B212" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C212" s="338" t="s">
+        <v>715</v>
+      </c>
+      <c r="D212" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E212" s="339" t="s">
+        <v>717</v>
       </c>
       <c r="F212" s="4" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G212" s="2" t="s">
-        <v>721</v>
-[...10 lines deleted...]
-      <c r="K212" s="184" t="s">
+        <v>727</v>
+      </c>
+      <c r="H212" s="293" t="s">
+        <v>705</v>
+      </c>
+      <c r="I212" s="293" t="s">
+        <v>706</v>
+      </c>
+      <c r="J212" s="183" t="s">
+        <v>707</v>
+      </c>
+      <c r="K212" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="L212" s="184" t="s">
+      <c r="L212" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="M212" s="306">
+      <c r="M212" s="294">
         <v>2</v>
       </c>
-      <c r="N212" s="306">
+      <c r="N212" s="294">
         <v>3</v>
       </c>
-      <c r="O212" s="317">
+      <c r="O212" s="302">
         <f t="shared" si="68"/>
         <v>6</v>
       </c>
-      <c r="P212" s="323" t="str">
+      <c r="P212" s="308" t="str">
         <f t="shared" si="69"/>
         <v>M</v>
       </c>
-      <c r="Q212" s="306">
+      <c r="Q212" s="294">
         <v>10</v>
       </c>
-      <c r="R212" s="344">
+      <c r="R212" s="329">
         <f t="shared" si="67"/>
         <v>60</v>
       </c>
-      <c r="S212" s="351" t="s">
-[...8 lines deleted...]
-      <c r="V212" s="317">
+      <c r="S212" s="336" t="s">
+        <v>462</v>
+      </c>
+      <c r="T212" s="295" t="s">
+        <v>123</v>
+      </c>
+      <c r="U212" s="295" t="s">
+        <v>708</v>
+      </c>
+      <c r="V212" s="302">
         <v>1</v>
       </c>
-      <c r="W212" s="214" t="s">
+      <c r="W212" s="211" t="s">
         <v>104</v>
       </c>
-      <c r="X212" s="184" t="s">
-[...16 lines deleted...]
-      <c r="AE212" s="591"/>
+      <c r="X212" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y212" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z212" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA212" s="293" t="s">
+        <v>728</v>
+      </c>
+      <c r="AB212" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC212" s="420" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD212" s="421"/>
+      <c r="AE212" s="422"/>
     </row>
     <row r="213" spans="1:31" ht="221.25" customHeight="1">
-      <c r="A213" s="349" t="s">
-[...11 lines deleted...]
-      <c r="E213" s="354" t="s">
+      <c r="A213" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B213" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C213" s="338" t="s">
+        <v>715</v>
+      </c>
+      <c r="D213" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E213" s="339" t="s">
+        <v>717</v>
+      </c>
+      <c r="F213" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="G213" s="2" t="s">
+        <v>729</v>
+      </c>
+      <c r="H213" s="292" t="s">
         <v>711</v>
       </c>
-      <c r="F213" s="4" t="s">
-[...11 lines deleted...]
-      <c r="J213" s="301" t="s">
+      <c r="I213" s="287" t="s">
+        <v>205</v>
+      </c>
+      <c r="J213" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="K213" s="138" t="s">
-[...5 lines deleted...]
-      <c r="M213" s="136">
+      <c r="K213" s="137" t="s">
+        <v>206</v>
+      </c>
+      <c r="L213" s="143" t="s">
+        <v>318</v>
+      </c>
+      <c r="M213" s="135">
         <v>6</v>
       </c>
-      <c r="N213" s="136">
+      <c r="N213" s="135">
         <v>3</v>
       </c>
-      <c r="O213" s="323">
+      <c r="O213" s="308">
         <f t="shared" si="68"/>
         <v>18</v>
       </c>
-      <c r="P213" s="323" t="str">
+      <c r="P213" s="308" t="str">
         <f t="shared" si="69"/>
         <v>A</v>
       </c>
-      <c r="Q213" s="136">
+      <c r="Q213" s="135">
         <v>25</v>
       </c>
-      <c r="R213" s="344">
+      <c r="R213" s="329">
         <f t="shared" si="67"/>
         <v>450</v>
       </c>
-      <c r="S213" s="322" t="str">
+      <c r="S213" s="307" t="str">
         <f>IF(R213="","",IF(AND(R213&gt;=600,R213&lt;=4000),"I",IF(AND(R213&gt;=150,R213&lt;=500),"II",IF(AND(R213&gt;=40,R213&lt;=120),"III",IF(OR(R213&lt;=20,R213&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T213" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V213" s="317">
+      <c r="T213" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U213" s="143" t="s">
+        <v>319</v>
+      </c>
+      <c r="V213" s="302">
         <v>1</v>
       </c>
-      <c r="W213" s="261" t="s">
+      <c r="W213" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X213" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE213" s="452"/>
+      <c r="X213" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y213" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z213" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA213" s="286" t="s">
+        <v>730</v>
+      </c>
+      <c r="AB213" s="322" t="s">
+        <v>561</v>
+      </c>
+      <c r="AC213" s="420" t="s">
+        <v>209</v>
+      </c>
+      <c r="AD213" s="421"/>
+      <c r="AE213" s="421"/>
     </row>
     <row r="214" spans="1:31" ht="203.25" customHeight="1">
-      <c r="A214" s="349" t="s">
-[...12 lines deleted...]
-        <v>711</v>
+      <c r="A214" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B214" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C214" s="338" t="s">
+        <v>715</v>
+      </c>
+      <c r="D214" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E214" s="339" t="s">
+        <v>717</v>
       </c>
       <c r="F214" s="4" t="s">
         <v>95</v>
       </c>
       <c r="G214" s="2" t="s">
-        <v>725</v>
-[...7 lines deleted...]
-      <c r="J214" s="317" t="s">
+        <v>731</v>
+      </c>
+      <c r="H214" s="304" t="s">
+        <v>615</v>
+      </c>
+      <c r="I214" s="304" t="s">
+        <v>616</v>
+      </c>
+      <c r="J214" s="302" t="s">
         <v>99</v>
       </c>
-      <c r="K214" s="214" t="s">
-[...5 lines deleted...]
-      <c r="M214" s="317">
+      <c r="K214" s="211" t="s">
+        <v>617</v>
+      </c>
+      <c r="L214" s="211" t="s">
+        <v>240</v>
+      </c>
+      <c r="M214" s="302">
         <v>6</v>
       </c>
-      <c r="N214" s="317">
+      <c r="N214" s="302">
         <v>2</v>
       </c>
-      <c r="O214" s="317">
+      <c r="O214" s="302">
         <f t="shared" si="68"/>
         <v>12</v>
       </c>
-      <c r="P214" s="323" t="str">
+      <c r="P214" s="308" t="str">
         <f t="shared" si="69"/>
         <v>A</v>
       </c>
-      <c r="Q214" s="320">
+      <c r="Q214" s="305">
         <v>25</v>
       </c>
-      <c r="R214" s="344">
+      <c r="R214" s="329">
         <f t="shared" si="67"/>
         <v>300</v>
       </c>
-      <c r="S214" s="322" t="str">
+      <c r="S214" s="307" t="str">
         <f t="shared" ref="S214" si="70">IF(R214="","",IF(AND(R214&gt;=600,R214&lt;=4000),"I",IF(AND(R214&gt;=150,R214&lt;=500),"II",IF(AND(R214&gt;=40,R214&lt;=120),"III",IF(OR(R214&lt;=20,R214&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T214" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V214" s="317">
+      <c r="T214" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U214" s="211" t="s">
+        <v>390</v>
+      </c>
+      <c r="V214" s="302">
         <v>1</v>
       </c>
-      <c r="W214" s="214" t="s">
+      <c r="W214" s="211" t="s">
         <v>104</v>
       </c>
-      <c r="X214" s="317" t="s">
-[...18 lines deleted...]
-      <c r="AE214" s="447"/>
+      <c r="X214" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y214" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z214" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA214" s="304" t="s">
+        <v>732</v>
+      </c>
+      <c r="AB214" s="302" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC214" s="420" t="s">
+        <v>243</v>
+      </c>
+      <c r="AD214" s="421"/>
+      <c r="AE214" s="422"/>
     </row>
     <row r="215" spans="1:31" ht="180">
-      <c r="A215" s="349" t="s">
-[...14 lines deleted...]
-      <c r="F215" s="134" t="s">
+      <c r="A215" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B215" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C215" s="338" t="s">
+        <v>715</v>
+      </c>
+      <c r="D215" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E215" s="339" t="s">
+        <v>717</v>
+      </c>
+      <c r="F215" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G215" s="150" t="s">
-[...11 lines deleted...]
-      <c r="K215" s="138" t="s">
+      <c r="G215" s="149" t="s">
+        <v>733</v>
+      </c>
+      <c r="H215" s="292" t="s">
+        <v>587</v>
+      </c>
+      <c r="I215" s="287" t="s">
+        <v>588</v>
+      </c>
+      <c r="J215" s="137" t="s">
+        <v>589</v>
+      </c>
+      <c r="K215" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L215" s="138" t="s">
-[...2 lines deleted...]
-      <c r="M215" s="301">
+      <c r="L215" s="137" t="s">
+        <v>590</v>
+      </c>
+      <c r="M215" s="289">
         <v>6</v>
       </c>
-      <c r="N215" s="301">
+      <c r="N215" s="289">
         <v>2</v>
       </c>
-      <c r="O215" s="301">
+      <c r="O215" s="289">
         <v>12</v>
       </c>
-      <c r="P215" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q215" s="300">
+      <c r="P215" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q215" s="288">
         <v>25</v>
       </c>
-      <c r="R215" s="344">
+      <c r="R215" s="329">
         <v>300</v>
       </c>
-      <c r="S215" s="322" t="s">
-[...8 lines deleted...]
-      <c r="V215" s="317">
+      <c r="S215" s="307" t="s">
+        <v>446</v>
+      </c>
+      <c r="T215" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U215" s="258" t="s">
+        <v>200</v>
+      </c>
+      <c r="V215" s="302">
         <v>1</v>
       </c>
-      <c r="W215" s="261" t="s">
+      <c r="W215" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X215" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE215" s="212"/>
+      <c r="X215" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y215" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z215" s="258" t="s">
+        <v>591</v>
+      </c>
+      <c r="AA215" s="258" t="s">
+        <v>592</v>
+      </c>
+      <c r="AB215" s="258" t="s">
+        <v>593</v>
+      </c>
+      <c r="AC215" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD215" s="421"/>
+      <c r="AE215" s="421"/>
     </row>
     <row r="216" spans="1:31" ht="180">
-      <c r="A216" s="349" t="s">
-[...14 lines deleted...]
-      <c r="F216" s="134" t="s">
+      <c r="A216" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B216" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C216" s="338" t="s">
+        <v>715</v>
+      </c>
+      <c r="D216" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E216" s="339" t="s">
+        <v>717</v>
+      </c>
+      <c r="F216" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G216" s="150" t="s">
-[...8 lines deleted...]
-      <c r="J216" s="138" t="s">
+      <c r="G216" s="149" t="s">
+        <v>733</v>
+      </c>
+      <c r="H216" s="292" t="s">
+        <v>594</v>
+      </c>
+      <c r="I216" s="287" t="s">
         <v>588</v>
       </c>
-      <c r="K216" s="138" t="s">
+      <c r="J216" s="137" t="s">
+        <v>595</v>
+      </c>
+      <c r="K216" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L216" s="138" t="s">
-[...2 lines deleted...]
-      <c r="M216" s="301">
+      <c r="L216" s="137" t="s">
+        <v>590</v>
+      </c>
+      <c r="M216" s="289">
         <v>6</v>
       </c>
-      <c r="N216" s="301">
+      <c r="N216" s="289">
         <v>2</v>
       </c>
-      <c r="O216" s="301">
+      <c r="O216" s="289">
         <v>12</v>
       </c>
-      <c r="P216" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q216" s="300">
+      <c r="P216" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q216" s="288">
         <v>25</v>
       </c>
-      <c r="R216" s="344">
+      <c r="R216" s="329">
         <v>300</v>
       </c>
-      <c r="S216" s="322" t="s">
-[...8 lines deleted...]
-      <c r="V216" s="317">
+      <c r="S216" s="307" t="s">
+        <v>446</v>
+      </c>
+      <c r="T216" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U216" s="258" t="s">
+        <v>200</v>
+      </c>
+      <c r="V216" s="302">
         <v>1</v>
       </c>
-      <c r="W216" s="261" t="s">
+      <c r="W216" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X216" s="301" t="s">
-[...34 lines deleted...]
-      <c r="F217" s="346" t="s">
+      <c r="X216" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y216" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z216" s="258" t="s">
+        <v>591</v>
+      </c>
+      <c r="AA216" s="258" t="s">
+        <v>592</v>
+      </c>
+      <c r="AB216" s="258" t="s">
+        <v>593</v>
+      </c>
+      <c r="AC216" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD216" s="421"/>
+      <c r="AE216" s="421"/>
+    </row>
+    <row r="217" spans="1:31" s="337" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A217" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B217" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C217" s="338" t="s">
+        <v>715</v>
+      </c>
+      <c r="D217" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E217" s="339" t="s">
+        <v>717</v>
+      </c>
+      <c r="F217" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G217" s="372" t="s">
-[...14 lines deleted...]
-      <c r="L217" s="301" t="s">
+      <c r="G217" s="356" t="s">
+        <v>216</v>
+      </c>
+      <c r="H217" s="332" t="s">
+        <v>217</v>
+      </c>
+      <c r="I217" s="333" t="s">
+        <v>218</v>
+      </c>
+      <c r="J217" s="258" t="s">
+        <v>219</v>
+      </c>
+      <c r="K217" s="331" t="s">
+        <v>220</v>
+      </c>
+      <c r="L217" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="M217" s="301">
+      <c r="M217" s="289">
         <v>6</v>
       </c>
-      <c r="N217" s="301">
+      <c r="N217" s="289">
         <v>2</v>
       </c>
-      <c r="O217" s="301">
+      <c r="O217" s="289">
         <v>12</v>
       </c>
-      <c r="P217" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q217" s="300">
+      <c r="P217" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q217" s="288">
         <v>25</v>
       </c>
-      <c r="R217" s="344">
+      <c r="R217" s="329">
         <v>300</v>
       </c>
       <c r="S217" s="101" t="str">
         <f t="shared" ref="S217:S219" si="71">IF(R217="","",IF(AND(R217&gt;=600,R217&lt;=4000),"I",IF(AND(R217&gt;=150,R217&lt;=500),"II",IF(AND(R217&gt;=40,R217&lt;=120),"III",IF(OR(R217&lt;=20,R217&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T217" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V217" s="317">
+      <c r="T217" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U217" s="331" t="s">
+        <v>222</v>
+      </c>
+      <c r="V217" s="302">
         <v>1</v>
       </c>
-      <c r="W217" s="261" t="s">
+      <c r="W217" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X217" s="301" t="s">
-[...34 lines deleted...]
-      <c r="F218" s="346" t="s">
+      <c r="X217" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y217" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z217" s="258" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA217" s="189" t="s">
+        <v>224</v>
+      </c>
+      <c r="AB217" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC217" s="420" t="s">
+        <v>225</v>
+      </c>
+      <c r="AD217" s="421"/>
+      <c r="AE217" s="434"/>
+    </row>
+    <row r="218" spans="1:31" s="337" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A218" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B218" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C218" s="338" t="s">
+        <v>715</v>
+      </c>
+      <c r="D218" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E218" s="339" t="s">
+        <v>717</v>
+      </c>
+      <c r="F218" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G218" s="372" t="s">
-[...17 lines deleted...]
-      <c r="M218" s="301">
+      <c r="G218" s="356" t="s">
+        <v>226</v>
+      </c>
+      <c r="H218" s="332" t="s">
+        <v>227</v>
+      </c>
+      <c r="I218" s="333" t="s">
+        <v>228</v>
+      </c>
+      <c r="J218" s="258" t="s">
+        <v>229</v>
+      </c>
+      <c r="K218" s="331" t="s">
+        <v>220</v>
+      </c>
+      <c r="L218" s="258" t="s">
+        <v>230</v>
+      </c>
+      <c r="M218" s="289">
         <v>6</v>
       </c>
-      <c r="N218" s="301">
+      <c r="N218" s="289">
         <v>2</v>
       </c>
-      <c r="O218" s="301">
+      <c r="O218" s="289">
         <v>12</v>
       </c>
-      <c r="P218" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q218" s="300">
+      <c r="P218" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q218" s="288">
         <v>25</v>
       </c>
-      <c r="R218" s="344">
+      <c r="R218" s="329">
         <v>300</v>
       </c>
       <c r="S218" s="101" t="str">
         <f t="shared" si="71"/>
         <v>II</v>
       </c>
-      <c r="T218" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V218" s="317">
+      <c r="T218" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U218" s="331" t="s">
+        <v>222</v>
+      </c>
+      <c r="V218" s="302">
         <v>1</v>
       </c>
-      <c r="W218" s="261" t="s">
+      <c r="W218" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X218" s="301" t="s">
-[...34 lines deleted...]
-      <c r="F219" s="346" t="s">
+      <c r="X218" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y218" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z218" s="258" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA218" s="189" t="s">
+        <v>224</v>
+      </c>
+      <c r="AB218" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC218" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD218" s="421"/>
+      <c r="AE218" s="434"/>
+    </row>
+    <row r="219" spans="1:31" s="290" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A219" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B219" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C219" s="338" t="s">
+        <v>715</v>
+      </c>
+      <c r="D219" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E219" s="339" t="s">
+        <v>717</v>
+      </c>
+      <c r="F219" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G219" s="372" t="s">
-[...14 lines deleted...]
-      <c r="L219" s="140" t="s">
+      <c r="G219" s="356" t="s">
+        <v>226</v>
+      </c>
+      <c r="H219" s="332" t="s">
+        <v>231</v>
+      </c>
+      <c r="I219" s="333" t="s">
+        <v>232</v>
+      </c>
+      <c r="J219" s="258" t="s">
+        <v>233</v>
+      </c>
+      <c r="K219" s="139" t="s">
+        <v>234</v>
+      </c>
+      <c r="L219" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="M219" s="136">
+      <c r="M219" s="135">
         <v>2</v>
       </c>
-      <c r="N219" s="136">
+      <c r="N219" s="135">
         <v>3</v>
       </c>
-      <c r="O219" s="323">
+      <c r="O219" s="308">
         <v>6</v>
       </c>
-      <c r="P219" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q219" s="136">
+      <c r="P219" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q219" s="135">
         <v>10</v>
       </c>
-      <c r="R219" s="323">
+      <c r="R219" s="308">
         <v>60</v>
       </c>
       <c r="S219" s="101" t="str">
         <f t="shared" si="71"/>
         <v>III</v>
       </c>
-      <c r="T219" s="137" t="s">
-[...2 lines deleted...]
-      <c r="U219" s="140" t="s">
+      <c r="T219" s="136" t="s">
         <v>123</v>
       </c>
-      <c r="V219" s="317">
+      <c r="U219" s="139" t="s">
+        <v>124</v>
+      </c>
+      <c r="V219" s="302">
         <v>1</v>
       </c>
-      <c r="W219" s="140" t="s">
+      <c r="W219" s="139" t="s">
         <v>104</v>
       </c>
-      <c r="X219" s="140" t="s">
-[...16 lines deleted...]
-      <c r="AE219" s="445"/>
+      <c r="X219" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y219" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z219" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA219" s="139" t="s">
+        <v>125</v>
+      </c>
+      <c r="AB219" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC219" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD219" s="421"/>
+      <c r="AE219" s="422"/>
     </row>
     <row r="220" spans="1:31" ht="134.25" customHeight="1">
-      <c r="A220" s="349" t="s">
-[...14 lines deleted...]
-      <c r="F220" s="134" t="s">
+      <c r="A220" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B220" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C220" s="338" t="s">
+        <v>715</v>
+      </c>
+      <c r="D220" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E220" s="339" t="s">
+        <v>717</v>
+      </c>
+      <c r="F220" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G220" s="150" t="s">
-[...11 lines deleted...]
-      <c r="K220" s="138" t="s">
+      <c r="G220" s="149" t="s">
+        <v>733</v>
+      </c>
+      <c r="H220" s="292" t="s">
+        <v>598</v>
+      </c>
+      <c r="I220" s="287" t="s">
+        <v>377</v>
+      </c>
+      <c r="J220" s="137" t="s">
+        <v>595</v>
+      </c>
+      <c r="K220" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L220" s="138" t="s">
-[...2 lines deleted...]
-      <c r="M220" s="301">
+      <c r="L220" s="137" t="s">
+        <v>597</v>
+      </c>
+      <c r="M220" s="289">
         <v>2</v>
       </c>
-      <c r="N220" s="301">
+      <c r="N220" s="289">
         <v>2</v>
       </c>
-      <c r="O220" s="323">
+      <c r="O220" s="308">
         <v>4</v>
       </c>
-      <c r="P220" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q220" s="136">
+      <c r="P220" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q220" s="135">
         <v>25</v>
       </c>
-      <c r="R220" s="344">
+      <c r="R220" s="329">
         <v>100</v>
       </c>
-      <c r="S220" s="322" t="s">
-[...8 lines deleted...]
-      <c r="V220" s="317">
+      <c r="S220" s="307" t="s">
+        <v>462</v>
+      </c>
+      <c r="T220" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U220" s="258" t="s">
+        <v>200</v>
+      </c>
+      <c r="V220" s="302">
         <v>1</v>
       </c>
-      <c r="W220" s="261" t="s">
+      <c r="W220" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X220" s="301" t="s">
-[...34 lines deleted...]
-      <c r="F221" s="134" t="s">
+      <c r="X220" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y220" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z220" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA220" s="258" t="s">
+        <v>592</v>
+      </c>
+      <c r="AB220" s="258" t="s">
+        <v>593</v>
+      </c>
+      <c r="AC220" s="420" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD220" s="421"/>
+      <c r="AE220" s="422"/>
+    </row>
+    <row r="221" spans="1:31" s="337" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A221" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B221" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C221" s="338" t="s">
+        <v>715</v>
+      </c>
+      <c r="D221" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E221" s="339" t="s">
+        <v>717</v>
+      </c>
+      <c r="F221" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G221" s="150" t="s">
-[...2 lines deleted...]
-      <c r="H221" s="304" t="s">
+      <c r="G221" s="149" t="s">
+        <v>733</v>
+      </c>
+      <c r="H221" s="292" t="s">
+        <v>599</v>
+      </c>
+      <c r="I221" s="287" t="s">
+        <v>600</v>
+      </c>
+      <c r="J221" s="137" t="s">
+        <v>595</v>
+      </c>
+      <c r="K221" s="137" t="s">
+        <v>99</v>
+      </c>
+      <c r="L221" s="137" t="s">
+        <v>597</v>
+      </c>
+      <c r="M221" s="289">
+        <v>2</v>
+      </c>
+      <c r="N221" s="289">
+        <v>2</v>
+      </c>
+      <c r="O221" s="308">
+        <v>4</v>
+      </c>
+      <c r="P221" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q221" s="135">
+        <v>25</v>
+      </c>
+      <c r="R221" s="329">
+        <v>100</v>
+      </c>
+      <c r="S221" s="307" t="s">
+        <v>462</v>
+      </c>
+      <c r="T221" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U221" s="258" t="s">
+        <v>200</v>
+      </c>
+      <c r="V221" s="302">
+        <v>1</v>
+      </c>
+      <c r="W221" s="258" t="s">
+        <v>104</v>
+      </c>
+      <c r="X221" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y221" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z221" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA221" s="258" t="s">
         <v>592</v>
       </c>
-      <c r="I221" s="299" t="s">
+      <c r="AB221" s="258" t="s">
         <v>593</v>
       </c>
-      <c r="J221" s="138" t="s">
-[...2 lines deleted...]
-      <c r="K221" s="138" t="s">
+      <c r="AC221" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD221" s="421"/>
+      <c r="AE221" s="434"/>
+    </row>
+    <row r="222" spans="1:31" s="337" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A222" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B222" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C222" s="338" t="s">
+        <v>715</v>
+      </c>
+      <c r="D222" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E222" s="339" t="s">
+        <v>717</v>
+      </c>
+      <c r="F222" s="133" t="s">
+        <v>170</v>
+      </c>
+      <c r="G222" s="149" t="s">
+        <v>734</v>
+      </c>
+      <c r="H222" s="293" t="s">
+        <v>735</v>
+      </c>
+      <c r="I222" s="293" t="s">
+        <v>621</v>
+      </c>
+      <c r="J222" s="183" t="s">
+        <v>622</v>
+      </c>
+      <c r="K222" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="L221" s="138" t="s">
-[...2 lines deleted...]
-      <c r="M221" s="301">
+      <c r="L222" s="183" t="s">
+        <v>99</v>
+      </c>
+      <c r="M222" s="294">
         <v>2</v>
       </c>
-      <c r="N221" s="301">
-[...88 lines deleted...]
-      <c r="N222" s="306">
+      <c r="N222" s="294">
         <v>3</v>
       </c>
-      <c r="O222" s="301">
+      <c r="O222" s="289">
         <v>6</v>
       </c>
-      <c r="P222" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q222" s="306">
+      <c r="P222" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q222" s="294">
         <v>10</v>
       </c>
-      <c r="R222" s="344">
+      <c r="R222" s="329">
         <v>60</v>
       </c>
       <c r="S222" s="101" t="str">
         <f t="shared" ref="S222:S232" si="72">IF(R222="","",IF(AND(R222&gt;=600,R222&lt;=4000),"I",IF(AND(R222&gt;=150,R222&lt;=500),"II",IF(AND(R222&gt;=40,R222&lt;=120),"III",IF(OR(R222&lt;=20,R222&gt;=0),"IV")))))</f>
         <v>III</v>
       </c>
-      <c r="T222" s="307" t="s">
-[...5 lines deleted...]
-      <c r="V222" s="317">
+      <c r="T222" s="295" t="s">
+        <v>123</v>
+      </c>
+      <c r="U222" s="295" t="s">
+        <v>623</v>
+      </c>
+      <c r="V222" s="302">
         <v>1</v>
       </c>
-      <c r="W222" s="261" t="s">
+      <c r="W222" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X222" s="184" t="s">
-[...34 lines deleted...]
-      <c r="F223" s="346" t="s">
+      <c r="X222" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y222" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z222" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA222" s="183" t="s">
+        <v>624</v>
+      </c>
+      <c r="AB222" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC222" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD222" s="421"/>
+      <c r="AE222" s="434"/>
+    </row>
+    <row r="223" spans="1:31" s="337" customFormat="1" ht="63.75" customHeight="1">
+      <c r="A223" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B223" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C223" s="338" t="s">
+        <v>715</v>
+      </c>
+      <c r="D223" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E223" s="339" t="s">
+        <v>717</v>
+      </c>
+      <c r="F223" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G223" s="367" t="s">
-[...14 lines deleted...]
-      <c r="L223" s="301" t="s">
+      <c r="G223" s="351" t="s">
+        <v>641</v>
+      </c>
+      <c r="H223" s="332" t="s">
+        <v>217</v>
+      </c>
+      <c r="I223" s="333" t="s">
+        <v>218</v>
+      </c>
+      <c r="J223" s="258" t="s">
+        <v>219</v>
+      </c>
+      <c r="K223" s="331" t="s">
+        <v>220</v>
+      </c>
+      <c r="L223" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="M223" s="301">
+      <c r="M223" s="289">
         <v>6</v>
       </c>
-      <c r="N223" s="301">
+      <c r="N223" s="289">
         <v>2</v>
       </c>
-      <c r="O223" s="301">
+      <c r="O223" s="289">
         <v>12</v>
       </c>
-      <c r="P223" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q223" s="300">
+      <c r="P223" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q223" s="288">
         <v>25</v>
       </c>
-      <c r="R223" s="344">
+      <c r="R223" s="329">
         <v>300</v>
       </c>
       <c r="S223" s="101" t="str">
         <f t="shared" si="72"/>
         <v>II</v>
       </c>
-      <c r="T223" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V223" s="317">
+      <c r="T223" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U223" s="331" t="s">
+        <v>222</v>
+      </c>
+      <c r="V223" s="302">
         <v>1</v>
       </c>
-      <c r="W223" s="261" t="s">
+      <c r="W223" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X223" s="301" t="s">
-[...34 lines deleted...]
-      <c r="F224" s="346" t="s">
+      <c r="X223" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y223" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z223" s="258" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA223" s="189" t="s">
+        <v>224</v>
+      </c>
+      <c r="AB223" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC223" s="420" t="s">
+        <v>225</v>
+      </c>
+      <c r="AD223" s="421"/>
+      <c r="AE223" s="434"/>
+    </row>
+    <row r="224" spans="1:31" s="290" customFormat="1" ht="82.5" customHeight="1">
+      <c r="A224" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B224" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C224" s="338" t="s">
+        <v>715</v>
+      </c>
+      <c r="D224" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E224" s="339" t="s">
+        <v>717</v>
+      </c>
+      <c r="F224" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G224" s="367" t="s">
-[...17 lines deleted...]
-      <c r="M224" s="301">
+      <c r="G224" s="351" t="s">
+        <v>642</v>
+      </c>
+      <c r="H224" s="332" t="s">
+        <v>227</v>
+      </c>
+      <c r="I224" s="333" t="s">
+        <v>228</v>
+      </c>
+      <c r="J224" s="258" t="s">
+        <v>229</v>
+      </c>
+      <c r="K224" s="331" t="s">
+        <v>220</v>
+      </c>
+      <c r="L224" s="258" t="s">
+        <v>230</v>
+      </c>
+      <c r="M224" s="289">
         <v>6</v>
       </c>
-      <c r="N224" s="301">
+      <c r="N224" s="289">
         <v>2</v>
       </c>
-      <c r="O224" s="301">
+      <c r="O224" s="289">
         <v>12</v>
       </c>
-      <c r="P224" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q224" s="300">
+      <c r="P224" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q224" s="288">
         <v>25</v>
       </c>
-      <c r="R224" s="344">
+      <c r="R224" s="329">
         <v>300</v>
       </c>
       <c r="S224" s="101" t="str">
         <f t="shared" si="72"/>
         <v>II</v>
       </c>
-      <c r="T224" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V224" s="317">
+      <c r="T224" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U224" s="331" t="s">
+        <v>222</v>
+      </c>
+      <c r="V224" s="302">
         <v>1</v>
       </c>
-      <c r="W224" s="261" t="s">
+      <c r="W224" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X224" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE224" s="445"/>
+      <c r="X224" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y224" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z224" s="258" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA224" s="189" t="s">
+        <v>224</v>
+      </c>
+      <c r="AB224" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC224" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD224" s="421"/>
+      <c r="AE224" s="422"/>
     </row>
     <row r="225" spans="1:31" ht="95.25" customHeight="1">
-      <c r="A225" s="349" t="s">
-[...14 lines deleted...]
-      <c r="F225" s="346" t="s">
+      <c r="A225" s="334" t="s">
+        <v>440</v>
+      </c>
+      <c r="B225" s="299" t="s">
+        <v>643</v>
+      </c>
+      <c r="C225" s="338" t="s">
+        <v>715</v>
+      </c>
+      <c r="D225" s="335" t="s">
+        <v>716</v>
+      </c>
+      <c r="E225" s="339" t="s">
+        <v>717</v>
+      </c>
+      <c r="F225" s="331" t="s">
         <v>95</v>
       </c>
-      <c r="G225" s="367" t="s">
-[...14 lines deleted...]
-      <c r="L225" s="140" t="s">
+      <c r="G225" s="351" t="s">
+        <v>642</v>
+      </c>
+      <c r="H225" s="332" t="s">
+        <v>231</v>
+      </c>
+      <c r="I225" s="333" t="s">
+        <v>232</v>
+      </c>
+      <c r="J225" s="258" t="s">
+        <v>233</v>
+      </c>
+      <c r="K225" s="139" t="s">
+        <v>234</v>
+      </c>
+      <c r="L225" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="M225" s="136">
+      <c r="M225" s="135">
         <v>2</v>
       </c>
-      <c r="N225" s="136">
+      <c r="N225" s="135">
         <v>3</v>
       </c>
-      <c r="O225" s="323">
+      <c r="O225" s="308">
         <v>6</v>
       </c>
-      <c r="P225" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q225" s="136">
+      <c r="P225" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q225" s="135">
         <v>10</v>
       </c>
-      <c r="R225" s="323">
+      <c r="R225" s="308">
         <v>60</v>
       </c>
       <c r="S225" s="101" t="str">
         <f t="shared" si="72"/>
         <v>III</v>
       </c>
-      <c r="T225" s="137" t="s">
-[...2 lines deleted...]
-      <c r="U225" s="140" t="s">
+      <c r="T225" s="136" t="s">
         <v>123</v>
       </c>
-      <c r="V225" s="317">
+      <c r="U225" s="139" t="s">
+        <v>124</v>
+      </c>
+      <c r="V225" s="302">
         <v>1</v>
       </c>
-      <c r="W225" s="140" t="s">
+      <c r="W225" s="139" t="s">
         <v>104</v>
       </c>
-      <c r="X225" s="140" t="s">
-[...16 lines deleted...]
-      <c r="AE225" s="445"/>
+      <c r="X225" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y225" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z225" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA225" s="139" t="s">
+        <v>125</v>
+      </c>
+      <c r="AB225" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC225" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD225" s="421"/>
+      <c r="AE225" s="422"/>
     </row>
     <row r="226" spans="1:31" ht="136.5" customHeight="1">
-      <c r="A226" s="314" t="s">
-[...14 lines deleted...]
-      <c r="F226" s="134" t="s">
+      <c r="A226" s="299" t="s">
+        <v>736</v>
+      </c>
+      <c r="B226" s="299" t="s">
+        <v>737</v>
+      </c>
+      <c r="C226" s="300" t="s">
+        <v>738</v>
+      </c>
+      <c r="D226" s="300" t="s">
+        <v>739</v>
+      </c>
+      <c r="E226" s="300" t="s">
+        <v>740</v>
+      </c>
+      <c r="F226" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G226" s="368" t="s">
-[...8 lines deleted...]
-      <c r="J226" s="261" t="s">
+      <c r="G226" s="352" t="s">
+        <v>741</v>
+      </c>
+      <c r="H226" s="286" t="s">
+        <v>341</v>
+      </c>
+      <c r="I226" s="287" t="s">
+        <v>342</v>
+      </c>
+      <c r="J226" s="258" t="s">
         <v>99</v>
       </c>
-      <c r="K226" s="261" t="s">
+      <c r="K226" s="258" t="s">
         <v>99</v>
       </c>
-      <c r="L226" s="138" t="s">
+      <c r="L226" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="M226" s="300">
+      <c r="M226" s="288">
         <v>6</v>
       </c>
-      <c r="N226" s="300">
+      <c r="N226" s="288">
         <v>3</v>
       </c>
-      <c r="O226" s="300">
+      <c r="O226" s="288">
         <v>18</v>
       </c>
-      <c r="P226" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q226" s="300">
+      <c r="P226" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q226" s="288">
         <v>25</v>
       </c>
-      <c r="R226" s="300">
+      <c r="R226" s="288">
         <v>450</v>
       </c>
-      <c r="S226" s="322" t="str">
+      <c r="S226" s="307" t="str">
         <f t="shared" si="72"/>
         <v>II</v>
       </c>
-      <c r="T226" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V226" s="214" t="s">
+      <c r="T226" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U226" s="143" t="s">
+        <v>259</v>
+      </c>
+      <c r="V226" s="211" t="s">
+        <v>742</v>
+      </c>
+      <c r="W226" s="258" t="s">
+        <v>104</v>
+      </c>
+      <c r="X226" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y226" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z226" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA226" s="258" t="s">
+        <v>743</v>
+      </c>
+      <c r="AB226" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC226" s="420" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD226" s="421"/>
+      <c r="AE226" s="421"/>
+    </row>
+    <row r="227" spans="1:31" ht="136.5" customHeight="1">
+      <c r="A227" s="299" t="s">
         <v>736</v>
       </c>
-      <c r="W226" s="261" t="s">
-[...11 lines deleted...]
-      <c r="AA226" s="261" t="s">
+      <c r="B227" s="299" t="s">
         <v>737</v>
       </c>
-      <c r="AB226" s="261" t="s">
-[...22 lines deleted...]
-      <c r="F227" s="134" t="s">
+      <c r="C227" s="300" t="s">
+        <v>738</v>
+      </c>
+      <c r="D227" s="300" t="s">
+        <v>739</v>
+      </c>
+      <c r="E227" s="300" t="s">
+        <v>740</v>
+      </c>
+      <c r="F227" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G227" s="368" t="s">
-[...8 lines deleted...]
-      <c r="J227" s="301" t="s">
+      <c r="G227" s="352" t="s">
+        <v>744</v>
+      </c>
+      <c r="H227" s="330" t="s">
+        <v>349</v>
+      </c>
+      <c r="I227" s="287" t="s">
+        <v>350</v>
+      </c>
+      <c r="J227" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="K227" s="261" t="s">
+      <c r="K227" s="258" t="s">
         <v>99</v>
       </c>
-      <c r="L227" s="261" t="s">
-[...2 lines deleted...]
-      <c r="M227" s="301">
+      <c r="L227" s="258" t="s">
+        <v>745</v>
+      </c>
+      <c r="M227" s="289">
         <v>2</v>
       </c>
-      <c r="N227" s="301">
+      <c r="N227" s="289">
         <v>2</v>
       </c>
-      <c r="O227" s="301">
+      <c r="O227" s="289">
         <v>4</v>
       </c>
-      <c r="P227" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q227" s="301">
+      <c r="P227" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q227" s="289">
         <v>25</v>
       </c>
-      <c r="R227" s="301">
+      <c r="R227" s="289">
         <v>100</v>
       </c>
-      <c r="S227" s="322" t="str">
+      <c r="S227" s="307" t="str">
         <f t="shared" si="72"/>
         <v>III</v>
       </c>
-      <c r="T227" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V227" s="214" t="s">
+      <c r="T227" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U227" s="143" t="s">
+        <v>177</v>
+      </c>
+      <c r="V227" s="211" t="s">
+        <v>742</v>
+      </c>
+      <c r="W227" s="258" t="s">
+        <v>104</v>
+      </c>
+      <c r="X227" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y227" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z227" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA227" s="137" t="s">
+        <v>352</v>
+      </c>
+      <c r="AB227" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC227" s="418" t="s">
+        <v>179</v>
+      </c>
+      <c r="AD227" s="419"/>
+      <c r="AE227" s="419"/>
+    </row>
+    <row r="228" spans="1:31" ht="136.5" customHeight="1">
+      <c r="A228" s="299" t="s">
         <v>736</v>
       </c>
-      <c r="W227" s="261" t="s">
-[...37 lines deleted...]
-      <c r="F228" s="134" t="s">
+      <c r="B228" s="299" t="s">
+        <v>737</v>
+      </c>
+      <c r="C228" s="300" t="s">
+        <v>738</v>
+      </c>
+      <c r="D228" s="300" t="s">
+        <v>739</v>
+      </c>
+      <c r="E228" s="300" t="s">
+        <v>740</v>
+      </c>
+      <c r="F228" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G228" s="369" t="s">
-[...8 lines deleted...]
-      <c r="J228" s="140" t="s">
+      <c r="G228" s="353" t="s">
+        <v>746</v>
+      </c>
+      <c r="H228" s="291" t="s">
+        <v>354</v>
+      </c>
+      <c r="I228" s="292" t="s">
+        <v>355</v>
+      </c>
+      <c r="J228" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K228" s="140" t="s">
+      <c r="K228" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="L228" s="140" t="s">
+      <c r="L228" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="M228" s="136">
+      <c r="M228" s="135">
         <v>2</v>
       </c>
-      <c r="N228" s="136">
+      <c r="N228" s="135">
         <v>3</v>
       </c>
-      <c r="O228" s="323">
+      <c r="O228" s="308">
         <v>6</v>
       </c>
-      <c r="P228" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q228" s="136">
+      <c r="P228" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q228" s="135">
         <v>10</v>
       </c>
-      <c r="R228" s="323">
+      <c r="R228" s="308">
         <v>60</v>
       </c>
-      <c r="S228" s="322" t="str">
+      <c r="S228" s="307" t="str">
         <f t="shared" si="72"/>
         <v>III</v>
       </c>
-      <c r="T228" s="137" t="s">
-[...2 lines deleted...]
-      <c r="U228" s="140" t="s">
+      <c r="T228" s="136" t="s">
         <v>123</v>
       </c>
-      <c r="V228" s="214" t="s">
+      <c r="U228" s="139" t="s">
+        <v>124</v>
+      </c>
+      <c r="V228" s="211" t="s">
+        <v>742</v>
+      </c>
+      <c r="W228" s="139" t="s">
+        <v>104</v>
+      </c>
+      <c r="X228" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y228" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z228" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA228" s="136" t="s">
+        <v>125</v>
+      </c>
+      <c r="AB228" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC228" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD228" s="421"/>
+      <c r="AE228" s="422"/>
+    </row>
+    <row r="229" spans="1:31" ht="136.5" customHeight="1">
+      <c r="A229" s="299" t="s">
         <v>736</v>
       </c>
-      <c r="W228" s="140" t="s">
-[...37 lines deleted...]
-      <c r="F229" s="134" t="s">
+      <c r="B229" s="299" t="s">
+        <v>737</v>
+      </c>
+      <c r="C229" s="300" t="s">
+        <v>738</v>
+      </c>
+      <c r="D229" s="300" t="s">
+        <v>739</v>
+      </c>
+      <c r="E229" s="300" t="s">
+        <v>740</v>
+      </c>
+      <c r="F229" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G229" s="368" t="s">
-[...8 lines deleted...]
-      <c r="J229" s="140" t="s">
+      <c r="G229" s="352" t="s">
+        <v>747</v>
+      </c>
+      <c r="H229" s="292" t="s">
+        <v>128</v>
+      </c>
+      <c r="I229" s="292" t="s">
+        <v>357</v>
+      </c>
+      <c r="J229" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="K229" s="140" t="s">
+      <c r="K229" s="139" t="s">
         <v>99</v>
       </c>
-      <c r="L229" s="140" t="s">
-[...2 lines deleted...]
-      <c r="M229" s="136">
+      <c r="L229" s="139" t="s">
+        <v>358</v>
+      </c>
+      <c r="M229" s="135">
         <v>2</v>
       </c>
-      <c r="N229" s="136">
+      <c r="N229" s="135">
         <v>3</v>
       </c>
-      <c r="O229" s="323">
+      <c r="O229" s="308">
         <v>6</v>
       </c>
-      <c r="P229" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q229" s="136">
+      <c r="P229" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q229" s="135">
         <v>10</v>
       </c>
-      <c r="R229" s="323">
+      <c r="R229" s="308">
         <v>60</v>
       </c>
-      <c r="S229" s="322" t="str">
+      <c r="S229" s="307" t="str">
         <f t="shared" si="72"/>
         <v>III</v>
       </c>
-      <c r="T229" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V229" s="214" t="s">
+      <c r="T229" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U229" s="139" t="s">
+        <v>131</v>
+      </c>
+      <c r="V229" s="211" t="s">
+        <v>742</v>
+      </c>
+      <c r="W229" s="258" t="s">
+        <v>104</v>
+      </c>
+      <c r="X229" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y229" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z229" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA229" s="136" t="s">
+        <v>359</v>
+      </c>
+      <c r="AB229" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC229" s="420" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD229" s="421"/>
+      <c r="AE229" s="422"/>
+    </row>
+    <row r="230" spans="1:31" ht="136.5" customHeight="1">
+      <c r="A230" s="299" t="s">
         <v>736</v>
       </c>
-      <c r="W229" s="261" t="s">
-[...39 lines deleted...]
-      <c r="F230" s="134" t="s">
+      <c r="B230" s="299" t="s">
+        <v>737</v>
+      </c>
+      <c r="C230" s="300" t="s">
+        <v>738</v>
+      </c>
+      <c r="D230" s="300" t="s">
+        <v>739</v>
+      </c>
+      <c r="E230" s="300" t="s">
+        <v>740</v>
+      </c>
+      <c r="F230" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G230" s="368" t="s">
-[...8 lines deleted...]
-      <c r="J230" s="301" t="s">
+      <c r="G230" s="352" t="s">
+        <v>748</v>
+      </c>
+      <c r="H230" s="285" t="s">
+        <v>369</v>
+      </c>
+      <c r="I230" s="287" t="s">
+        <v>370</v>
+      </c>
+      <c r="J230" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="K230" s="301" t="s">
+      <c r="K230" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="L230" s="301" t="s">
+      <c r="L230" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="M230" s="301">
+      <c r="M230" s="289">
         <v>2</v>
       </c>
-      <c r="N230" s="301">
+      <c r="N230" s="289">
         <v>2</v>
       </c>
-      <c r="O230" s="326">
+      <c r="O230" s="311">
         <v>4</v>
       </c>
-      <c r="P230" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q230" s="301">
+      <c r="P230" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q230" s="289">
         <v>10</v>
       </c>
-      <c r="R230" s="326">
+      <c r="R230" s="311">
         <v>40</v>
       </c>
-      <c r="S230" s="322" t="str">
+      <c r="S230" s="307" t="str">
         <f t="shared" si="72"/>
         <v>III</v>
       </c>
-      <c r="T230" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V230" s="214" t="s">
+      <c r="T230" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U230" s="143" t="s">
+        <v>286</v>
+      </c>
+      <c r="V230" s="211" t="s">
+        <v>742</v>
+      </c>
+      <c r="W230" s="258" t="s">
+        <v>104</v>
+      </c>
+      <c r="X230" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y230" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z230" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA230" s="258" t="s">
+        <v>287</v>
+      </c>
+      <c r="AB230" s="139" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC230" s="420" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD230" s="421"/>
+      <c r="AE230" s="421"/>
+    </row>
+    <row r="231" spans="1:31" ht="136.5" customHeight="1">
+      <c r="A231" s="299" t="s">
         <v>736</v>
       </c>
-      <c r="W230" s="261" t="s">
-[...37 lines deleted...]
-      <c r="F231" s="134" t="s">
+      <c r="B231" s="299" t="s">
+        <v>737</v>
+      </c>
+      <c r="C231" s="300" t="s">
+        <v>738</v>
+      </c>
+      <c r="D231" s="300" t="s">
+        <v>739</v>
+      </c>
+      <c r="E231" s="300" t="s">
+        <v>740</v>
+      </c>
+      <c r="F231" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G231" s="368" t="s">
-[...8 lines deleted...]
-      <c r="J231" s="184" t="s">
+      <c r="G231" s="352" t="s">
+        <v>749</v>
+      </c>
+      <c r="H231" s="293" t="s">
+        <v>372</v>
+      </c>
+      <c r="I231" s="293" t="s">
+        <v>373</v>
+      </c>
+      <c r="J231" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="K231" s="184" t="s">
+      <c r="K231" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="L231" s="184" t="s">
+      <c r="L231" s="183" t="s">
         <v>99</v>
       </c>
-      <c r="M231" s="306">
+      <c r="M231" s="294">
         <v>2</v>
       </c>
-      <c r="N231" s="306">
+      <c r="N231" s="294">
         <v>3</v>
       </c>
-      <c r="O231" s="301">
+      <c r="O231" s="289">
         <v>6</v>
       </c>
-      <c r="P231" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q231" s="306">
+      <c r="P231" s="308" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q231" s="294">
         <v>10</v>
       </c>
-      <c r="R231" s="344">
+      <c r="R231" s="329">
         <v>60</v>
       </c>
-      <c r="S231" s="322" t="str">
+      <c r="S231" s="307" t="str">
         <f t="shared" si="72"/>
         <v>III</v>
       </c>
-      <c r="T231" s="307" t="s">
-[...5 lines deleted...]
-      <c r="V231" s="214" t="s">
+      <c r="T231" s="295" t="s">
+        <v>123</v>
+      </c>
+      <c r="U231" s="295" t="s">
+        <v>374</v>
+      </c>
+      <c r="V231" s="211" t="s">
+        <v>742</v>
+      </c>
+      <c r="W231" s="258" t="s">
+        <v>104</v>
+      </c>
+      <c r="X231" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y231" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z231" s="183" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA231" s="183" t="s">
+        <v>359</v>
+      </c>
+      <c r="AB231" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC231" s="420" t="s">
+        <v>172</v>
+      </c>
+      <c r="AD231" s="421"/>
+      <c r="AE231" s="421"/>
+    </row>
+    <row r="232" spans="1:31" ht="136.5" customHeight="1">
+      <c r="A232" s="299" t="s">
         <v>736</v>
       </c>
-      <c r="W231" s="261" t="s">
-[...37 lines deleted...]
-      <c r="F232" s="134" t="s">
+      <c r="B232" s="299" t="s">
+        <v>737</v>
+      </c>
+      <c r="C232" s="300" t="s">
+        <v>738</v>
+      </c>
+      <c r="D232" s="300" t="s">
+        <v>739</v>
+      </c>
+      <c r="E232" s="300" t="s">
+        <v>740</v>
+      </c>
+      <c r="F232" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G232" s="368" t="s">
-[...8 lines deleted...]
-      <c r="J232" s="138" t="s">
+      <c r="G232" s="352" t="s">
+        <v>750</v>
+      </c>
+      <c r="H232" s="292" t="s">
+        <v>376</v>
+      </c>
+      <c r="I232" s="287" t="s">
+        <v>377</v>
+      </c>
+      <c r="J232" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="K232" s="138" t="s">
+      <c r="K232" s="137" t="s">
         <v>99</v>
       </c>
-      <c r="L232" s="299" t="s">
+      <c r="L232" s="287" t="s">
         <v>99</v>
       </c>
-      <c r="M232" s="136">
+      <c r="M232" s="135">
         <v>2</v>
       </c>
-      <c r="N232" s="136">
+      <c r="N232" s="135">
         <v>3</v>
       </c>
-      <c r="O232" s="323">
+      <c r="O232" s="308">
         <v>4</v>
       </c>
-      <c r="P232" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q232" s="136">
+      <c r="P232" s="308" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q232" s="135">
         <v>25</v>
       </c>
-      <c r="R232" s="344">
+      <c r="R232" s="329">
         <v>100</v>
       </c>
-      <c r="S232" s="322" t="str">
+      <c r="S232" s="307" t="str">
         <f t="shared" si="72"/>
         <v>III</v>
       </c>
-      <c r="T232" s="137" t="s">
-[...5 lines deleted...]
-      <c r="V232" s="214" t="s">
+      <c r="T232" s="136" t="s">
+        <v>123</v>
+      </c>
+      <c r="U232" s="258" t="s">
+        <v>200</v>
+      </c>
+      <c r="V232" s="211" t="s">
+        <v>742</v>
+      </c>
+      <c r="W232" s="258" t="s">
+        <v>104</v>
+      </c>
+      <c r="X232" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y232" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z232" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA232" s="258" t="s">
+        <v>378</v>
+      </c>
+      <c r="AB232" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC232" s="420" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD232" s="421"/>
+      <c r="AE232" s="422"/>
+    </row>
+    <row r="233" spans="1:31" ht="136.5" customHeight="1">
+      <c r="A233" s="299" t="s">
         <v>736</v>
       </c>
-      <c r="W232" s="261" t="s">
-[...37 lines deleted...]
-      <c r="F233" s="134" t="s">
+      <c r="B233" s="299" t="s">
+        <v>737</v>
+      </c>
+      <c r="C233" s="300" t="s">
+        <v>738</v>
+      </c>
+      <c r="D233" s="300" t="s">
+        <v>739</v>
+      </c>
+      <c r="E233" s="300" t="s">
+        <v>740</v>
+      </c>
+      <c r="F233" s="133" t="s">
         <v>95</v>
       </c>
-      <c r="G233" s="368" t="s">
-[...8 lines deleted...]
-      <c r="J233" s="301" t="s">
+      <c r="G233" s="352" t="s">
+        <v>751</v>
+      </c>
+      <c r="H233" s="287" t="s">
+        <v>387</v>
+      </c>
+      <c r="I233" s="287" t="s">
+        <v>388</v>
+      </c>
+      <c r="J233" s="289" t="s">
         <v>99</v>
       </c>
-      <c r="K233" s="261" t="s">
-[...5 lines deleted...]
-      <c r="M233" s="301">
+      <c r="K233" s="258" t="s">
+        <v>389</v>
+      </c>
+      <c r="L233" s="258" t="s">
+        <v>389</v>
+      </c>
+      <c r="M233" s="289">
         <v>6</v>
       </c>
-      <c r="N233" s="301">
+      <c r="N233" s="289">
         <v>2</v>
       </c>
-      <c r="O233" s="301">
+      <c r="O233" s="289">
         <v>12</v>
       </c>
-      <c r="P233" s="323" t="s">
-[...2 lines deleted...]
-      <c r="Q233" s="300">
+      <c r="P233" s="308" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q233" s="288">
         <v>25</v>
       </c>
-      <c r="R233" s="344">
+      <c r="R233" s="329">
         <v>300</v>
       </c>
-      <c r="S233" s="322" t="str">
+      <c r="S233" s="307" t="str">
         <f>IF(R233="","",IF(AND(R233&gt;=600,R233&lt;=4000),"I",IF(AND(R233&gt;=150,R233&lt;=500),"II",IF(AND(R233&gt;=40,R233&lt;=120),"III",IF(OR(R233&lt;=20,R233&gt;=0),"IV")))))</f>
         <v>II</v>
       </c>
-      <c r="T233" s="137" t="s">
-[...8 lines deleted...]
-      <c r="W233" s="261" t="s">
+      <c r="T233" s="136" t="s">
+        <v>161</v>
+      </c>
+      <c r="U233" s="258" t="s">
+        <v>390</v>
+      </c>
+      <c r="V233" s="211" t="s">
+        <v>742</v>
+      </c>
+      <c r="W233" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="X233" s="301" t="s">
-[...16 lines deleted...]
-      <c r="AE233" s="441"/>
+      <c r="X233" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y233" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z233" s="258" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA233" s="137" t="s">
+        <v>391</v>
+      </c>
+      <c r="AB233" s="289" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC233" s="420" t="s">
+        <v>243</v>
+      </c>
+      <c r="AD233" s="421"/>
+      <c r="AE233" s="422"/>
     </row>
     <row r="234" spans="1:31" ht="150.75" customHeight="1" thickBot="1">
-      <c r="A234" s="349" t="s">
-[...15 lines deleted...]
-        <v>166</v>
+      <c r="A234" s="334" t="s">
+        <v>752</v>
+      </c>
+      <c r="B234" s="299" t="s">
+        <v>753</v>
+      </c>
+      <c r="C234" s="300" t="s">
+        <v>738</v>
+      </c>
+      <c r="D234" s="335" t="s">
+        <v>754</v>
+      </c>
+      <c r="E234" s="300" t="s">
+        <v>740</v>
+      </c>
+      <c r="F234" s="297" t="s">
+        <v>170</v>
       </c>
       <c r="G234" s="2" t="s">
-        <v>749</v>
+        <v>755</v>
       </c>
       <c r="H234" s="2" t="s">
-        <v>750</v>
-[...4 lines deleted...]
-      <c r="J234" s="263" t="s">
+        <v>756</v>
+      </c>
+      <c r="I234" s="259" t="s">
+        <v>757</v>
+      </c>
+      <c r="J234" s="260" t="s">
         <v>99</v>
       </c>
-      <c r="K234" s="264" t="s">
-[...2 lines deleted...]
-      <c r="L234" s="264" t="s">
+      <c r="K234" s="261" t="s">
+        <v>758</v>
+      </c>
+      <c r="L234" s="261" t="s">
         <v>99</v>
       </c>
-      <c r="M234" s="265">
+      <c r="M234" s="262">
         <v>2</v>
       </c>
-      <c r="N234" s="265">
+      <c r="N234" s="262">
         <v>3</v>
       </c>
-      <c r="O234" s="266">
+      <c r="O234" s="263">
         <f t="shared" ref="O234" si="73">M234*N234</f>
         <v>6</v>
       </c>
-      <c r="P234" s="266" t="str">
+      <c r="P234" s="263" t="str">
         <f t="shared" ref="P234" si="74">IF(OR(O234="",O234=0),"",IF(O234&lt;5,"B",IF(O234&lt;9,"M",IF(O234&lt;21,"A","MA"))))</f>
         <v>M</v>
       </c>
-      <c r="Q234" s="265">
+      <c r="Q234" s="262">
         <v>10</v>
       </c>
-      <c r="R234" s="266">
+      <c r="R234" s="263">
         <f t="shared" ref="R234" si="75">O234*Q234</f>
         <v>60</v>
       </c>
-      <c r="S234" s="267" t="str">
+      <c r="S234" s="264" t="str">
         <f t="shared" si="46"/>
         <v>III</v>
       </c>
-      <c r="T234" s="268" t="s">
-[...30 lines deleted...]
-      <c r="AE234" s="457"/>
+      <c r="T234" s="265" t="s">
+        <v>123</v>
+      </c>
+      <c r="U234" s="266" t="s">
+        <v>759</v>
+      </c>
+      <c r="V234" s="211" t="s">
+        <v>742</v>
+      </c>
+      <c r="W234" s="258" t="s">
+        <v>550</v>
+      </c>
+      <c r="X234" s="260" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y234" s="260" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z234" s="260" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA234" s="267" t="s">
+        <v>760</v>
+      </c>
+      <c r="AB234" s="268" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC234" s="452" t="s">
+        <v>761</v>
+      </c>
+      <c r="AD234" s="453"/>
+      <c r="AE234" s="454"/>
     </row>
     <row r="235" spans="1:31">
-      <c r="A235" s="495" t="s">
-[...33 lines deleted...]
-      <c r="AE235" s="500"/>
+      <c r="A235" s="498" t="s">
+        <v>762</v>
+      </c>
+      <c r="B235" s="500" t="s">
+        <v>763</v>
+      </c>
+      <c r="C235" s="501"/>
+      <c r="D235" s="501"/>
+      <c r="E235" s="501"/>
+      <c r="F235" s="501"/>
+      <c r="G235" s="501"/>
+      <c r="H235" s="501"/>
+      <c r="I235" s="501"/>
+      <c r="J235" s="501"/>
+      <c r="K235" s="501"/>
+      <c r="L235" s="501"/>
+      <c r="M235" s="501"/>
+      <c r="N235" s="501"/>
+      <c r="O235" s="501"/>
+      <c r="P235" s="501"/>
+      <c r="Q235" s="501"/>
+      <c r="R235" s="501"/>
+      <c r="S235" s="501"/>
+      <c r="T235" s="502"/>
+      <c r="U235" s="502"/>
+      <c r="V235" s="502"/>
+      <c r="W235" s="502"/>
+      <c r="X235" s="502"/>
+      <c r="Y235" s="502"/>
+      <c r="Z235" s="502"/>
+      <c r="AA235" s="502"/>
+      <c r="AB235" s="502"/>
+      <c r="AC235" s="502"/>
+      <c r="AD235" s="502"/>
+      <c r="AE235" s="503"/>
     </row>
     <row r="236" spans="1:31" ht="13.5" thickBot="1">
-      <c r="A236" s="496"/>
-[...29 lines deleted...]
-      <c r="AE236" s="503"/>
+      <c r="A236" s="499"/>
+      <c r="B236" s="504"/>
+      <c r="C236" s="747"/>
+      <c r="D236" s="747"/>
+      <c r="E236" s="747"/>
+      <c r="F236" s="747"/>
+      <c r="G236" s="747"/>
+      <c r="H236" s="747"/>
+      <c r="I236" s="747"/>
+      <c r="J236" s="747"/>
+      <c r="K236" s="747"/>
+      <c r="L236" s="747"/>
+      <c r="M236" s="747"/>
+      <c r="N236" s="747"/>
+      <c r="O236" s="747"/>
+      <c r="P236" s="747"/>
+      <c r="Q236" s="747"/>
+      <c r="R236" s="747"/>
+      <c r="S236" s="747"/>
+      <c r="T236" s="747"/>
+      <c r="U236" s="747"/>
+      <c r="V236" s="747"/>
+      <c r="W236" s="747"/>
+      <c r="X236" s="747"/>
+      <c r="Y236" s="747"/>
+      <c r="Z236" s="747"/>
+      <c r="AA236" s="747"/>
+      <c r="AB236" s="747"/>
+      <c r="AC236" s="747"/>
+      <c r="AD236" s="747"/>
+      <c r="AE236" s="748"/>
     </row>
     <row r="237" spans="1:31" ht="13.5" thickBot="1">
-      <c r="A237" s="534"/>
-[...29 lines deleted...]
-      <c r="AE237" s="536"/>
+      <c r="A237" s="483"/>
+      <c r="B237" s="484"/>
+      <c r="C237" s="484"/>
+      <c r="D237" s="484"/>
+      <c r="E237" s="484"/>
+      <c r="F237" s="484"/>
+      <c r="G237" s="484"/>
+      <c r="H237" s="484"/>
+      <c r="I237" s="484"/>
+      <c r="J237" s="484"/>
+      <c r="K237" s="484"/>
+      <c r="L237" s="484"/>
+      <c r="M237" s="484"/>
+      <c r="N237" s="484"/>
+      <c r="O237" s="484"/>
+      <c r="P237" s="484"/>
+      <c r="Q237" s="484"/>
+      <c r="R237" s="484"/>
+      <c r="S237" s="484"/>
+      <c r="T237" s="484"/>
+      <c r="U237" s="484"/>
+      <c r="V237" s="484"/>
+      <c r="W237" s="484"/>
+      <c r="X237" s="484"/>
+      <c r="Y237" s="484"/>
+      <c r="Z237" s="484"/>
+      <c r="AA237" s="484"/>
+      <c r="AB237" s="484"/>
+      <c r="AC237" s="484"/>
+      <c r="AD237" s="484"/>
+      <c r="AE237" s="485"/>
+    </row>
+    <row r="1048576" spans="29:31" ht="63.75" customHeight="1">
+      <c r="AC1048576" s="532"/>
+      <c r="AD1048576" s="533"/>
+      <c r="AE1048576" s="534"/>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertRows="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
-  <mergeCells count="245">
+  <autoFilter ref="G16:H236" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
+  <mergeCells count="263">
+    <mergeCell ref="AC1048576:AE1048576"/>
+    <mergeCell ref="AC21:AE21"/>
+    <mergeCell ref="AC124:AE124"/>
+    <mergeCell ref="AF34:AH34"/>
+    <mergeCell ref="AC137:AE137"/>
+    <mergeCell ref="AC138:AE138"/>
+    <mergeCell ref="AC190:AE190"/>
+    <mergeCell ref="AC191:AE191"/>
+    <mergeCell ref="AC220:AE220"/>
+    <mergeCell ref="AC135:AE135"/>
+    <mergeCell ref="AC136:AE136"/>
+    <mergeCell ref="AC139:AE139"/>
+    <mergeCell ref="AC188:AE188"/>
+    <mergeCell ref="AC189:AE189"/>
+    <mergeCell ref="AC192:AE192"/>
+    <mergeCell ref="AC215:AE215"/>
+    <mergeCell ref="AC216:AE216"/>
+    <mergeCell ref="AC221:AE221"/>
+    <mergeCell ref="AC233:AE233"/>
+    <mergeCell ref="AC226:AE226"/>
+    <mergeCell ref="AC35:AE35"/>
+    <mergeCell ref="AC36:AE36"/>
+    <mergeCell ref="AC37:AE37"/>
+    <mergeCell ref="AC54:AE54"/>
+    <mergeCell ref="AC55:AE55"/>
+    <mergeCell ref="AC56:AE56"/>
+    <mergeCell ref="AC89:AE89"/>
+    <mergeCell ref="AC90:AE90"/>
+    <mergeCell ref="AC91:AE91"/>
+    <mergeCell ref="AC105:AE105"/>
+    <mergeCell ref="AC106:AE106"/>
+    <mergeCell ref="AC107:AE107"/>
+    <mergeCell ref="AC132:AE132"/>
+    <mergeCell ref="AC94:AE94"/>
+    <mergeCell ref="AC86:AE86"/>
+    <mergeCell ref="AC75:AE75"/>
+    <mergeCell ref="AC76:AE76"/>
+    <mergeCell ref="AC77:AE77"/>
+    <mergeCell ref="AC78:AE78"/>
+    <mergeCell ref="AC79:AE79"/>
+    <mergeCell ref="AC80:AE80"/>
+    <mergeCell ref="AC81:AE81"/>
+    <mergeCell ref="AC82:AE82"/>
     <mergeCell ref="AC109:AE109"/>
     <mergeCell ref="AC103:AE103"/>
     <mergeCell ref="AC104:AE104"/>
+    <mergeCell ref="AC195:AE195"/>
+    <mergeCell ref="AC196:AE196"/>
+    <mergeCell ref="AC197:AE197"/>
+    <mergeCell ref="AC209:AE209"/>
+    <mergeCell ref="AC211:AE211"/>
+    <mergeCell ref="AC227:AE227"/>
+    <mergeCell ref="AC229:AE229"/>
+    <mergeCell ref="AC147:AE147"/>
+    <mergeCell ref="AC148:AE148"/>
+    <mergeCell ref="AC149:AE149"/>
+    <mergeCell ref="AC150:AE150"/>
+    <mergeCell ref="AC151:AE151"/>
+    <mergeCell ref="AC152:AE152"/>
+    <mergeCell ref="AC153:AE153"/>
+    <mergeCell ref="AC154:AE154"/>
     <mergeCell ref="AC207:AE207"/>
     <mergeCell ref="AC208:AE208"/>
     <mergeCell ref="AC212:AE212"/>
     <mergeCell ref="AC213:AE213"/>
-    <mergeCell ref="E95:E109"/>
-[...15 lines deleted...]
-    <mergeCell ref="AC146:AE146"/>
+    <mergeCell ref="AC230:AE230"/>
+    <mergeCell ref="AC231:AE231"/>
+    <mergeCell ref="AC232:AE232"/>
+    <mergeCell ref="AC217:AE217"/>
+    <mergeCell ref="AC218:AE218"/>
+    <mergeCell ref="AC219:AE219"/>
+    <mergeCell ref="AC157:AE157"/>
+    <mergeCell ref="AC158:AE158"/>
+    <mergeCell ref="AC159:AE159"/>
+    <mergeCell ref="AC160:AE160"/>
+    <mergeCell ref="AC161:AE161"/>
+    <mergeCell ref="AC162:AE162"/>
+    <mergeCell ref="AC214:AE214"/>
+    <mergeCell ref="AC222:AE222"/>
+    <mergeCell ref="AC223:AE223"/>
+    <mergeCell ref="AC224:AE224"/>
+    <mergeCell ref="AC225:AE225"/>
+    <mergeCell ref="AC202:AE202"/>
+    <mergeCell ref="AC203:AE203"/>
+    <mergeCell ref="AC204:AE204"/>
+    <mergeCell ref="AC205:AE205"/>
+    <mergeCell ref="AC206:AE206"/>
+    <mergeCell ref="AC210:AE210"/>
+    <mergeCell ref="AC228:AE228"/>
+    <mergeCell ref="AC44:AE44"/>
+    <mergeCell ref="AC96:AE96"/>
+    <mergeCell ref="AC95:AE95"/>
+    <mergeCell ref="AC88:AE88"/>
+    <mergeCell ref="AC92:AE92"/>
+    <mergeCell ref="AC93:AE93"/>
+    <mergeCell ref="AC118:AE118"/>
+    <mergeCell ref="AC119:AE119"/>
+    <mergeCell ref="AC120:AE120"/>
+    <mergeCell ref="AC62:AE62"/>
+    <mergeCell ref="AC63:AE63"/>
+    <mergeCell ref="AC64:AE64"/>
+    <mergeCell ref="AC65:AE65"/>
+    <mergeCell ref="AC66:AE66"/>
+    <mergeCell ref="AC67:AE67"/>
+    <mergeCell ref="AC68:AE68"/>
+    <mergeCell ref="AC69:AE69"/>
+    <mergeCell ref="AC70:AE70"/>
+    <mergeCell ref="AC71:AE71"/>
+    <mergeCell ref="AC72:AE72"/>
+    <mergeCell ref="AC73:AE73"/>
+    <mergeCell ref="AC108:AE108"/>
+    <mergeCell ref="AC100:AE100"/>
+    <mergeCell ref="AC101:AE101"/>
+    <mergeCell ref="A2:C6"/>
+    <mergeCell ref="G15:H15"/>
+    <mergeCell ref="B15:B16"/>
+    <mergeCell ref="E9:K9"/>
+    <mergeCell ref="E11:K11"/>
+    <mergeCell ref="D2:AB6"/>
+    <mergeCell ref="I15:I16"/>
+    <mergeCell ref="J15:L15"/>
+    <mergeCell ref="E15:E16"/>
+    <mergeCell ref="X15:AB15"/>
+    <mergeCell ref="F15:F16"/>
+    <mergeCell ref="AC32:AE32"/>
+    <mergeCell ref="AC33:AE33"/>
+    <mergeCell ref="AC34:AE34"/>
+    <mergeCell ref="A235:A236"/>
+    <mergeCell ref="B235:AE236"/>
+    <mergeCell ref="A15:A16"/>
+    <mergeCell ref="C15:C16"/>
+    <mergeCell ref="D15:D16"/>
+    <mergeCell ref="AC20:AE20"/>
+    <mergeCell ref="AC22:AE22"/>
+    <mergeCell ref="AC23:AE23"/>
+    <mergeCell ref="AC38:AE38"/>
+    <mergeCell ref="AC110:AE110"/>
+    <mergeCell ref="AC111:AE111"/>
+    <mergeCell ref="AC112:AE112"/>
+    <mergeCell ref="AC113:AE113"/>
+    <mergeCell ref="AC114:AE114"/>
+    <mergeCell ref="AC115:AE115"/>
+    <mergeCell ref="AC116:AE116"/>
+    <mergeCell ref="AC117:AE117"/>
+    <mergeCell ref="AC83:AE83"/>
+    <mergeCell ref="AC84:AE84"/>
+    <mergeCell ref="AC85:AE85"/>
+    <mergeCell ref="AC87:AE87"/>
+    <mergeCell ref="A17:A38"/>
+    <mergeCell ref="B17:B38"/>
+    <mergeCell ref="C17:C38"/>
+    <mergeCell ref="D17:D38"/>
+    <mergeCell ref="E17:E38"/>
+    <mergeCell ref="AC2:AE2"/>
+    <mergeCell ref="AC3:AD4"/>
+    <mergeCell ref="AC5:AE6"/>
+    <mergeCell ref="A237:AE237"/>
+    <mergeCell ref="M15:S15"/>
+    <mergeCell ref="U15:W15"/>
+    <mergeCell ref="AC15:AE16"/>
+    <mergeCell ref="AC29:AE29"/>
+    <mergeCell ref="AC17:AE17"/>
+    <mergeCell ref="AC18:AE18"/>
+    <mergeCell ref="AC19:AE19"/>
+    <mergeCell ref="A39:A74"/>
+    <mergeCell ref="AC24:AE24"/>
+    <mergeCell ref="AC25:AE25"/>
+    <mergeCell ref="AC26:AE26"/>
+    <mergeCell ref="AC27:AE27"/>
+    <mergeCell ref="AC28:AE28"/>
+    <mergeCell ref="AC30:AE30"/>
+    <mergeCell ref="AC31:AE31"/>
+    <mergeCell ref="C39:C74"/>
+    <mergeCell ref="B39:B74"/>
+    <mergeCell ref="D39:D74"/>
+    <mergeCell ref="E39:E74"/>
+    <mergeCell ref="AC51:AE51"/>
+    <mergeCell ref="AC74:AE74"/>
+    <mergeCell ref="AC60:AE60"/>
+    <mergeCell ref="AC59:AE59"/>
+    <mergeCell ref="AC52:AE52"/>
+    <mergeCell ref="AC57:AE57"/>
+    <mergeCell ref="AC61:AE61"/>
+    <mergeCell ref="AC50:AE50"/>
+    <mergeCell ref="AC42:AE42"/>
+    <mergeCell ref="AC49:AE49"/>
+    <mergeCell ref="AC58:AE58"/>
+    <mergeCell ref="AC53:AE53"/>
+    <mergeCell ref="AC41:AE41"/>
+    <mergeCell ref="AC39:AE39"/>
+    <mergeCell ref="AC43:AE43"/>
+    <mergeCell ref="AC45:AE45"/>
+    <mergeCell ref="AC40:AE40"/>
+    <mergeCell ref="AC48:AE48"/>
+    <mergeCell ref="AC47:AE47"/>
+    <mergeCell ref="AC46:AE46"/>
+    <mergeCell ref="A75:A94"/>
+    <mergeCell ref="B75:B94"/>
+    <mergeCell ref="C75:C94"/>
+    <mergeCell ref="D75:D94"/>
+    <mergeCell ref="E75:E94"/>
+    <mergeCell ref="AC234:AE234"/>
+    <mergeCell ref="AC163:AE163"/>
+    <mergeCell ref="AC164:AE164"/>
+    <mergeCell ref="AC165:AE165"/>
+    <mergeCell ref="AC166:AE166"/>
+    <mergeCell ref="AC167:AE167"/>
+    <mergeCell ref="AC168:AE168"/>
+    <mergeCell ref="AC169:AE169"/>
+    <mergeCell ref="AC170:AE170"/>
+    <mergeCell ref="AC171:AE171"/>
+    <mergeCell ref="AC172:AE172"/>
+    <mergeCell ref="AC173:AE173"/>
+    <mergeCell ref="AC174:AE174"/>
+    <mergeCell ref="AC175:AE175"/>
+    <mergeCell ref="AC176:AE176"/>
+    <mergeCell ref="AC177:AE177"/>
+    <mergeCell ref="AC178:AE178"/>
+    <mergeCell ref="AC179:AE179"/>
+    <mergeCell ref="AC180:AE180"/>
     <mergeCell ref="C95:C109"/>
     <mergeCell ref="B95:B109"/>
     <mergeCell ref="A95:A109"/>
     <mergeCell ref="AC198:AE198"/>
     <mergeCell ref="AC199:AE199"/>
     <mergeCell ref="AC200:AE200"/>
     <mergeCell ref="AC201:AE201"/>
     <mergeCell ref="AC181:AE181"/>
     <mergeCell ref="AC182:AE182"/>
     <mergeCell ref="AC183:AE183"/>
     <mergeCell ref="AC184:AE184"/>
     <mergeCell ref="AC185:AE185"/>
     <mergeCell ref="AC186:AE186"/>
     <mergeCell ref="AC187:AE187"/>
     <mergeCell ref="AC193:AE193"/>
     <mergeCell ref="AC194:AE194"/>
     <mergeCell ref="AC97:AE97"/>
     <mergeCell ref="AC98:AE98"/>
     <mergeCell ref="AC102:AE102"/>
     <mergeCell ref="AC99:AE99"/>
     <mergeCell ref="AC121:AE121"/>
     <mergeCell ref="AC122:AE122"/>
     <mergeCell ref="AC125:AE125"/>
     <mergeCell ref="AC126:AE126"/>
-    <mergeCell ref="A75:A94"/>
-[...186 lines deleted...]
-    <mergeCell ref="AC132:AE132"/>
+    <mergeCell ref="AC144:AE144"/>
+    <mergeCell ref="AC145:AE145"/>
+    <mergeCell ref="AC155:AE155"/>
+    <mergeCell ref="AC156:AE156"/>
+    <mergeCell ref="AC146:AE146"/>
+    <mergeCell ref="E95:E109"/>
+    <mergeCell ref="D95:D109"/>
+    <mergeCell ref="AC127:AE127"/>
+    <mergeCell ref="AC128:AE128"/>
+    <mergeCell ref="AC123:AE123"/>
+    <mergeCell ref="AC129:AE129"/>
+    <mergeCell ref="AC130:AE130"/>
+    <mergeCell ref="AC131:AE131"/>
+    <mergeCell ref="AC140:AE140"/>
     <mergeCell ref="AC133:AE133"/>
     <mergeCell ref="AC134:AE134"/>
-    <mergeCell ref="AC195:AE195"/>
-[...5 lines deleted...]
-    <mergeCell ref="AC229:AE229"/>
+    <mergeCell ref="AC141:AE141"/>
+    <mergeCell ref="AC142:AE142"/>
+    <mergeCell ref="AC143:AE143"/>
   </mergeCells>
   <conditionalFormatting sqref="S17:S234">
     <cfRule type="cellIs" dxfId="3" priority="1" operator="equal">
       <formula>"I"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="2" priority="2" operator="equal">
       <formula>"II"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="1" priority="3" operator="equal">
       <formula>"IV"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="0" priority="4" operator="equal">
       <formula>"III"</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup scale="10" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;CNota: Si este documento se encuentra impreso se considera Copia no Controlada. La versión vigente está publicada en el repositorio oficial de la Personería de Bogotá, D. C. </oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="234" max="30" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:AC1157"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="55" zoomScaleNormal="50" zoomScaleSheetLayoutView="55" workbookViewId="0">
-      <selection activeCell="F30" sqref="F30:P30"/>
+      <selection activeCell="F12" sqref="F12:P12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11" defaultRowHeight="11.25" zeroHeight="1"/>
   <cols>
     <col min="1" max="1" width="1.25" style="53" customWidth="1"/>
     <col min="2" max="2" width="42.875" style="61" customWidth="1"/>
     <col min="3" max="3" width="32.375" style="53" customWidth="1"/>
     <col min="4" max="4" width="9.5" style="53" customWidth="1"/>
     <col min="5" max="5" width="9.375" style="53" customWidth="1"/>
     <col min="6" max="6" width="10.625" style="62" customWidth="1"/>
     <col min="7" max="7" width="12" style="62" customWidth="1"/>
     <col min="8" max="11" width="10.625" style="62" customWidth="1"/>
     <col min="12" max="12" width="10.625" style="53" customWidth="1"/>
     <col min="13" max="13" width="18.875" style="53" customWidth="1"/>
     <col min="14" max="15" width="10.625" style="53" customWidth="1"/>
     <col min="16" max="16" width="10.75" style="53" customWidth="1"/>
     <col min="17" max="20" width="9.375" style="53" customWidth="1"/>
     <col min="21" max="21" width="34.375" style="53" customWidth="1"/>
     <col min="22" max="22" width="9.375" style="53" customWidth="1"/>
     <col min="23" max="23" width="21" style="53" customWidth="1"/>
     <col min="24" max="24" width="20.25" style="53" customWidth="1"/>
     <col min="25" max="25" width="14.75" style="53" customWidth="1"/>
     <col min="26" max="16382" width="11" style="53" customWidth="1"/>
     <col min="16383" max="16383" width="4.5" style="53" customWidth="1"/>
     <col min="16384" max="16384" width="7.75" style="53" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:28" ht="26.25" customHeight="1">
-      <c r="B1" s="598" t="s">
+      <c r="B1" s="633" t="s">
         <v>41</v>
       </c>
-      <c r="C1" s="599"/>
-      <c r="D1" s="604" t="s">
+      <c r="C1" s="634"/>
+      <c r="D1" s="638" t="s">
         <v>42</v>
       </c>
-      <c r="E1" s="605"/>
-[...17 lines deleted...]
-      <c r="W1" s="610" t="s">
+      <c r="E1" s="639"/>
+      <c r="F1" s="639"/>
+      <c r="G1" s="639"/>
+      <c r="H1" s="639"/>
+      <c r="I1" s="639"/>
+      <c r="J1" s="639"/>
+      <c r="K1" s="639"/>
+      <c r="L1" s="639"/>
+      <c r="M1" s="639"/>
+      <c r="N1" s="639"/>
+      <c r="O1" s="639"/>
+      <c r="P1" s="639"/>
+      <c r="Q1" s="639"/>
+      <c r="R1" s="639"/>
+      <c r="S1" s="639"/>
+      <c r="T1" s="639"/>
+      <c r="U1" s="639"/>
+      <c r="V1" s="639"/>
+      <c r="W1" s="643" t="s">
         <v>43</v>
       </c>
-      <c r="X1" s="611"/>
+      <c r="X1" s="644"/>
     </row>
     <row r="2" spans="2:28" ht="32.25" customHeight="1">
-      <c r="B2" s="600"/>
-[...19 lines deleted...]
-      <c r="V2" s="607"/>
+      <c r="B2" s="635"/>
+      <c r="C2" s="636"/>
+      <c r="D2" s="640"/>
+      <c r="E2" s="641"/>
+      <c r="F2" s="641"/>
+      <c r="G2" s="641"/>
+      <c r="H2" s="641"/>
+      <c r="I2" s="641"/>
+      <c r="J2" s="641"/>
+      <c r="K2" s="641"/>
+      <c r="L2" s="641"/>
+      <c r="M2" s="641"/>
+      <c r="N2" s="641"/>
+      <c r="O2" s="641"/>
+      <c r="P2" s="641"/>
+      <c r="Q2" s="641"/>
+      <c r="R2" s="641"/>
+      <c r="S2" s="641"/>
+      <c r="T2" s="641"/>
+      <c r="U2" s="641"/>
+      <c r="V2" s="641"/>
       <c r="W2" s="94" t="s">
         <v>44</v>
       </c>
       <c r="X2" s="54" t="s">
-        <v>758</v>
+        <v>764</v>
       </c>
     </row>
     <row r="3" spans="2:28" ht="32.25" customHeight="1" thickBot="1">
-      <c r="B3" s="602"/>
-[...23 lines deleted...]
-      <c r="X3" s="613"/>
+      <c r="B3" s="637"/>
+      <c r="C3" s="749"/>
+      <c r="D3" s="642"/>
+      <c r="E3" s="750"/>
+      <c r="F3" s="750"/>
+      <c r="G3" s="750"/>
+      <c r="H3" s="750"/>
+      <c r="I3" s="750"/>
+      <c r="J3" s="750"/>
+      <c r="K3" s="750"/>
+      <c r="L3" s="750"/>
+      <c r="M3" s="750"/>
+      <c r="N3" s="750"/>
+      <c r="O3" s="750"/>
+      <c r="P3" s="750"/>
+      <c r="Q3" s="750"/>
+      <c r="R3" s="750"/>
+      <c r="S3" s="750"/>
+      <c r="T3" s="750"/>
+      <c r="U3" s="750"/>
+      <c r="V3" s="750"/>
+      <c r="W3" s="645" t="s">
+        <v>765</v>
+      </c>
+      <c r="X3" s="646"/>
     </row>
     <row r="4" spans="2:28" s="55" customFormat="1" ht="27" customHeight="1">
-      <c r="B4" s="614" t="s">
-[...23 lines deleted...]
-      <c r="X4" s="617"/>
+      <c r="B4" s="647" t="s">
+        <v>766</v>
+      </c>
+      <c r="C4" s="648"/>
+      <c r="D4" s="648"/>
+      <c r="E4" s="648"/>
+      <c r="F4" s="648"/>
+      <c r="G4" s="648"/>
+      <c r="H4" s="648"/>
+      <c r="I4" s="648"/>
+      <c r="J4" s="648"/>
+      <c r="K4" s="648"/>
+      <c r="L4" s="649"/>
+      <c r="M4" s="649"/>
+      <c r="N4" s="649"/>
+      <c r="O4" s="649"/>
+      <c r="P4" s="649"/>
+      <c r="Q4" s="649"/>
+      <c r="R4" s="649"/>
+      <c r="S4" s="649"/>
+      <c r="T4" s="649"/>
+      <c r="U4" s="649"/>
+      <c r="V4" s="649"/>
+      <c r="W4" s="649"/>
+      <c r="X4" s="650"/>
     </row>
     <row r="5" spans="2:28" s="55" customFormat="1" ht="33" customHeight="1">
       <c r="B5" s="56" t="s">
-        <v>761</v>
-[...28 lines deleted...]
-      <c r="X5" s="621"/>
+        <v>767</v>
+      </c>
+      <c r="C5" s="629" t="s">
+        <v>643</v>
+      </c>
+      <c r="D5" s="629"/>
+      <c r="E5" s="629"/>
+      <c r="F5" s="629"/>
+      <c r="G5" s="629"/>
+      <c r="H5" s="629"/>
+      <c r="I5" s="629"/>
+      <c r="J5" s="629"/>
+      <c r="K5" s="651"/>
+      <c r="L5" s="631" t="s">
+        <v>768</v>
+      </c>
+      <c r="M5" s="632"/>
+      <c r="N5" s="629" t="s">
+        <v>769</v>
+      </c>
+      <c r="O5" s="629"/>
+      <c r="P5" s="629"/>
+      <c r="Q5" s="629"/>
+      <c r="R5" s="629"/>
+      <c r="S5" s="629"/>
+      <c r="T5" s="629"/>
+      <c r="U5" s="629"/>
+      <c r="V5" s="629"/>
+      <c r="W5" s="629"/>
+      <c r="X5" s="630"/>
     </row>
     <row r="6" spans="2:28" s="55" customFormat="1" ht="24.75" customHeight="1">
       <c r="B6" s="57" t="s">
-        <v>764</v>
-[...28 lines deleted...]
-      <c r="X6" s="621"/>
+        <v>770</v>
+      </c>
+      <c r="C6" s="629" t="s">
+        <v>771</v>
+      </c>
+      <c r="D6" s="629"/>
+      <c r="E6" s="629"/>
+      <c r="F6" s="629"/>
+      <c r="G6" s="629"/>
+      <c r="H6" s="629"/>
+      <c r="I6" s="629"/>
+      <c r="J6" s="629"/>
+      <c r="K6" s="651"/>
+      <c r="L6" s="631" t="s">
+        <v>772</v>
+      </c>
+      <c r="M6" s="632"/>
+      <c r="N6" s="629"/>
+      <c r="O6" s="629"/>
+      <c r="P6" s="629"/>
+      <c r="Q6" s="629"/>
+      <c r="R6" s="629"/>
+      <c r="S6" s="629"/>
+      <c r="T6" s="629"/>
+      <c r="U6" s="629"/>
+      <c r="V6" s="629"/>
+      <c r="W6" s="629"/>
+      <c r="X6" s="630"/>
     </row>
     <row r="7" spans="2:28" s="55" customFormat="1" ht="26.25" customHeight="1">
       <c r="B7" s="57" t="s">
-        <v>767</v>
-[...24 lines deleted...]
-      <c r="X7" s="621"/>
+        <v>773</v>
+      </c>
+      <c r="C7" s="629"/>
+      <c r="D7" s="629"/>
+      <c r="E7" s="629"/>
+      <c r="F7" s="629"/>
+      <c r="G7" s="629"/>
+      <c r="H7" s="629"/>
+      <c r="I7" s="629"/>
+      <c r="J7" s="629"/>
+      <c r="K7" s="651"/>
+      <c r="L7" s="631" t="s">
+        <v>774</v>
+      </c>
+      <c r="M7" s="632"/>
+      <c r="N7" s="629"/>
+      <c r="O7" s="629"/>
+      <c r="P7" s="629"/>
+      <c r="Q7" s="629"/>
+      <c r="R7" s="629"/>
+      <c r="S7" s="629"/>
+      <c r="T7" s="629"/>
+      <c r="U7" s="629"/>
+      <c r="V7" s="629"/>
+      <c r="W7" s="629"/>
+      <c r="X7" s="630"/>
     </row>
     <row r="8" spans="2:28" s="55" customFormat="1" ht="37.5" customHeight="1">
       <c r="B8" s="93" t="s">
-        <v>769</v>
-[...24 lines deleted...]
-      <c r="X8" s="621"/>
+        <v>775</v>
+      </c>
+      <c r="C8" s="628" t="s">
+        <v>776</v>
+      </c>
+      <c r="D8" s="629"/>
+      <c r="E8" s="629"/>
+      <c r="F8" s="629"/>
+      <c r="G8" s="629"/>
+      <c r="H8" s="629"/>
+      <c r="I8" s="629"/>
+      <c r="J8" s="629"/>
+      <c r="K8" s="629"/>
+      <c r="L8" s="629"/>
+      <c r="M8" s="629"/>
+      <c r="N8" s="629"/>
+      <c r="O8" s="629"/>
+      <c r="P8" s="629"/>
+      <c r="Q8" s="629"/>
+      <c r="R8" s="629"/>
+      <c r="S8" s="629"/>
+      <c r="T8" s="629"/>
+      <c r="U8" s="629"/>
+      <c r="V8" s="629"/>
+      <c r="W8" s="629"/>
+      <c r="X8" s="630"/>
     </row>
     <row r="9" spans="2:28" s="55" customFormat="1" ht="50.25" customHeight="1">
       <c r="B9" s="57" t="s">
-        <v>771</v>
-[...11 lines deleted...]
-      <c r="K9" s="622"/>
+        <v>777</v>
+      </c>
+      <c r="C9" s="626" t="s">
+        <v>778</v>
+      </c>
+      <c r="D9" s="626"/>
+      <c r="E9" s="626"/>
+      <c r="F9" s="626"/>
+      <c r="G9" s="626"/>
+      <c r="H9" s="626"/>
+      <c r="I9" s="626"/>
+      <c r="J9" s="626"/>
+      <c r="K9" s="626"/>
       <c r="L9" s="98" t="s">
-        <v>773</v>
-[...14 lines deleted...]
-      <c r="X9" s="621"/>
+        <v>779</v>
+      </c>
+      <c r="M9" s="628" t="s">
+        <v>778</v>
+      </c>
+      <c r="N9" s="629"/>
+      <c r="O9" s="629"/>
+      <c r="P9" s="629"/>
+      <c r="Q9" s="629"/>
+      <c r="R9" s="629"/>
+      <c r="S9" s="629"/>
+      <c r="T9" s="629"/>
+      <c r="U9" s="629"/>
+      <c r="V9" s="629"/>
+      <c r="W9" s="629"/>
+      <c r="X9" s="630"/>
     </row>
     <row r="10" spans="2:28" s="103" customFormat="1" ht="33" customHeight="1">
-      <c r="B10" s="623" t="s">
-[...32 lines deleted...]
-      <c r="W10" s="624" t="s">
+      <c r="B10" s="627" t="s">
         <v>780</v>
       </c>
-      <c r="X10" s="630"/>
+      <c r="C10" s="611" t="s">
+        <v>781</v>
+      </c>
+      <c r="D10" s="611" t="s">
+        <v>782</v>
+      </c>
+      <c r="E10" s="611"/>
+      <c r="F10" s="611" t="s">
+        <v>783</v>
+      </c>
+      <c r="G10" s="611"/>
+      <c r="H10" s="611"/>
+      <c r="I10" s="611"/>
+      <c r="J10" s="611"/>
+      <c r="K10" s="611"/>
+      <c r="L10" s="611"/>
+      <c r="M10" s="611"/>
+      <c r="N10" s="611"/>
+      <c r="O10" s="611"/>
+      <c r="P10" s="611"/>
+      <c r="Q10" s="611" t="s">
+        <v>784</v>
+      </c>
+      <c r="R10" s="611"/>
+      <c r="S10" s="611"/>
+      <c r="T10" s="611"/>
+      <c r="U10" s="611" t="s">
+        <v>785</v>
+      </c>
+      <c r="V10" s="611"/>
+      <c r="W10" s="611" t="s">
+        <v>786</v>
+      </c>
+      <c r="X10" s="612"/>
       <c r="Y10" s="102"/>
       <c r="Z10" s="102"/>
-      <c r="AA10" s="627"/>
-      <c r="AB10" s="627"/>
+      <c r="AA10" s="610"/>
+      <c r="AB10" s="610"/>
     </row>
     <row r="11" spans="2:28" s="103" customFormat="1" ht="33.75" customHeight="1">
-      <c r="B11" s="623"/>
-      <c r="C11" s="624"/>
+      <c r="B11" s="627"/>
+      <c r="C11" s="611"/>
       <c r="D11" s="104" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="E11" s="104" t="s">
         <v>95</v>
       </c>
-      <c r="F11" s="624"/>
-[...15 lines deleted...]
-      <c r="V11" s="624"/>
+      <c r="F11" s="611"/>
+      <c r="G11" s="611"/>
+      <c r="H11" s="611"/>
+      <c r="I11" s="611"/>
+      <c r="J11" s="611"/>
+      <c r="K11" s="611"/>
+      <c r="L11" s="611"/>
+      <c r="M11" s="611"/>
+      <c r="N11" s="611"/>
+      <c r="O11" s="611"/>
+      <c r="P11" s="611"/>
+      <c r="Q11" s="611"/>
+      <c r="R11" s="611"/>
+      <c r="S11" s="611"/>
+      <c r="T11" s="611"/>
+      <c r="U11" s="611"/>
+      <c r="V11" s="611"/>
       <c r="W11" s="104" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="X11" s="105" t="s">
         <v>95</v>
       </c>
       <c r="Y11" s="102"/>
       <c r="Z11" s="102"/>
       <c r="AA11" s="106"/>
       <c r="AB11" s="106"/>
     </row>
     <row r="12" spans="2:28" s="109" customFormat="1" ht="176.25" customHeight="1">
-      <c r="B12" s="628" t="s">
-        <v>781</v>
+      <c r="B12" s="548" t="s">
+        <v>787</v>
       </c>
       <c r="C12" s="107" t="s">
-        <v>782</v>
-[...31 lines deleted...]
-      <c r="X12" s="216"/>
+        <v>788</v>
+      </c>
+      <c r="D12" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="E12" s="208"/>
+      <c r="F12" s="541" t="s">
+        <v>790</v>
+      </c>
+      <c r="G12" s="541"/>
+      <c r="H12" s="541"/>
+      <c r="I12" s="541"/>
+      <c r="J12" s="541"/>
+      <c r="K12" s="541"/>
+      <c r="L12" s="541"/>
+      <c r="M12" s="541"/>
+      <c r="N12" s="541"/>
+      <c r="O12" s="541"/>
+      <c r="P12" s="541"/>
+      <c r="Q12" s="542" t="s">
+        <v>791</v>
+      </c>
+      <c r="R12" s="599"/>
+      <c r="S12" s="599"/>
+      <c r="T12" s="600"/>
+      <c r="U12" s="542" t="s">
+        <v>792</v>
+      </c>
+      <c r="V12" s="600"/>
+      <c r="W12" s="130" t="s">
+        <v>789</v>
+      </c>
+      <c r="X12" s="213"/>
       <c r="Y12" s="108"/>
       <c r="Z12" s="108"/>
     </row>
     <row r="13" spans="2:28" s="109" customFormat="1" ht="68.849999999999994" customHeight="1">
-      <c r="B13" s="628"/>
+      <c r="B13" s="548"/>
       <c r="C13" s="107" t="s">
-        <v>787</v>
-[...18 lines deleted...]
-      <c r="Q13" s="637" t="s">
+        <v>793</v>
+      </c>
+      <c r="D13" s="613" t="s">
         <v>789</v>
       </c>
-      <c r="R13" s="643"/>
-[...11 lines deleted...]
-      <c r="Z13" s="634"/>
+      <c r="E13" s="613"/>
+      <c r="F13" s="615" t="s">
+        <v>794</v>
+      </c>
+      <c r="G13" s="616"/>
+      <c r="H13" s="616"/>
+      <c r="I13" s="616"/>
+      <c r="J13" s="616"/>
+      <c r="K13" s="616"/>
+      <c r="L13" s="616"/>
+      <c r="M13" s="616"/>
+      <c r="N13" s="616"/>
+      <c r="O13" s="616"/>
+      <c r="P13" s="617"/>
+      <c r="Q13" s="615" t="s">
+        <v>795</v>
+      </c>
+      <c r="R13" s="621"/>
+      <c r="S13" s="621"/>
+      <c r="T13" s="622"/>
+      <c r="U13" s="615" t="s">
+        <v>796</v>
+      </c>
+      <c r="V13" s="617"/>
+      <c r="W13" s="130"/>
+      <c r="X13" s="213" t="s">
+        <v>789</v>
+      </c>
+      <c r="Y13" s="567"/>
+      <c r="Z13" s="567"/>
     </row>
     <row r="14" spans="2:28" s="109" customFormat="1" ht="68.849999999999994" customHeight="1">
-      <c r="B14" s="628"/>
+      <c r="B14" s="548"/>
       <c r="C14" s="107" t="s">
-        <v>791</v>
-[...25 lines deleted...]
-      <c r="Z14" s="634"/>
+        <v>797</v>
+      </c>
+      <c r="D14" s="614"/>
+      <c r="E14" s="614"/>
+      <c r="F14" s="618"/>
+      <c r="G14" s="619"/>
+      <c r="H14" s="619"/>
+      <c r="I14" s="619"/>
+      <c r="J14" s="619"/>
+      <c r="K14" s="619"/>
+      <c r="L14" s="619"/>
+      <c r="M14" s="619"/>
+      <c r="N14" s="619"/>
+      <c r="O14" s="619"/>
+      <c r="P14" s="620"/>
+      <c r="Q14" s="623"/>
+      <c r="R14" s="624"/>
+      <c r="S14" s="624"/>
+      <c r="T14" s="625"/>
+      <c r="U14" s="618"/>
+      <c r="V14" s="620"/>
+      <c r="W14" s="130"/>
+      <c r="X14" s="213" t="s">
+        <v>789</v>
+      </c>
+      <c r="Y14" s="567"/>
+      <c r="Z14" s="567"/>
     </row>
     <row r="15" spans="2:28" s="109" customFormat="1" ht="68.849999999999994" customHeight="1">
-      <c r="B15" s="628" t="s">
-        <v>792</v>
+      <c r="B15" s="548" t="s">
+        <v>798</v>
       </c>
       <c r="C15" s="107" t="s">
-        <v>793</v>
-[...33 lines deleted...]
-      <c r="Z15" s="634"/>
+        <v>799</v>
+      </c>
+      <c r="D15" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="E15" s="208"/>
+      <c r="F15" s="541" t="s">
+        <v>800</v>
+      </c>
+      <c r="G15" s="540"/>
+      <c r="H15" s="540"/>
+      <c r="I15" s="540"/>
+      <c r="J15" s="540"/>
+      <c r="K15" s="540"/>
+      <c r="L15" s="540"/>
+      <c r="M15" s="540"/>
+      <c r="N15" s="540"/>
+      <c r="O15" s="540"/>
+      <c r="P15" s="540"/>
+      <c r="Q15" s="542" t="s">
+        <v>125</v>
+      </c>
+      <c r="R15" s="543"/>
+      <c r="S15" s="543"/>
+      <c r="T15" s="544"/>
+      <c r="U15" s="542" t="s">
+        <v>801</v>
+      </c>
+      <c r="V15" s="544"/>
+      <c r="W15" s="130"/>
+      <c r="X15" s="213" t="s">
+        <v>789</v>
+      </c>
+      <c r="Y15" s="567"/>
+      <c r="Z15" s="567"/>
     </row>
     <row r="16" spans="2:28" s="109" customFormat="1" ht="102" customHeight="1">
-      <c r="B16" s="628"/>
+      <c r="B16" s="548"/>
       <c r="C16" s="107" t="s">
-        <v>796</v>
-[...33 lines deleted...]
-      <c r="Z16" s="634"/>
+        <v>802</v>
+      </c>
+      <c r="D16" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="E16" s="208"/>
+      <c r="F16" s="541" t="s">
+        <v>803</v>
+      </c>
+      <c r="G16" s="541"/>
+      <c r="H16" s="541"/>
+      <c r="I16" s="541"/>
+      <c r="J16" s="541"/>
+      <c r="K16" s="541"/>
+      <c r="L16" s="541"/>
+      <c r="M16" s="541"/>
+      <c r="N16" s="541"/>
+      <c r="O16" s="541"/>
+      <c r="P16" s="541"/>
+      <c r="Q16" s="542" t="s">
+        <v>804</v>
+      </c>
+      <c r="R16" s="543"/>
+      <c r="S16" s="543"/>
+      <c r="T16" s="544"/>
+      <c r="U16" s="542" t="s">
+        <v>805</v>
+      </c>
+      <c r="V16" s="600"/>
+      <c r="W16" s="130" t="s">
+        <v>789</v>
+      </c>
+      <c r="X16" s="213"/>
+      <c r="Y16" s="567"/>
+      <c r="Z16" s="567"/>
     </row>
     <row r="17" spans="2:26" s="109" customFormat="1" ht="68.849999999999994" customHeight="1">
-      <c r="B17" s="628"/>
+      <c r="B17" s="548"/>
       <c r="C17" s="107" t="s">
-        <v>800</v>
-[...5 lines deleted...]
-      <c r="F17" s="629" t="s">
+        <v>806</v>
+      </c>
+      <c r="D17" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="E17" s="208"/>
+      <c r="F17" s="541" t="s">
+        <v>807</v>
+      </c>
+      <c r="G17" s="541"/>
+      <c r="H17" s="541"/>
+      <c r="I17" s="541"/>
+      <c r="J17" s="541"/>
+      <c r="K17" s="541"/>
+      <c r="L17" s="541"/>
+      <c r="M17" s="541"/>
+      <c r="N17" s="541"/>
+      <c r="O17" s="541"/>
+      <c r="P17" s="541"/>
+      <c r="Q17" s="542" t="s">
+        <v>808</v>
+      </c>
+      <c r="R17" s="543"/>
+      <c r="S17" s="543"/>
+      <c r="T17" s="544"/>
+      <c r="U17" s="542" t="s">
+        <v>809</v>
+      </c>
+      <c r="V17" s="544"/>
+      <c r="W17" s="130" t="s">
+        <v>789</v>
+      </c>
+      <c r="X17" s="213"/>
+      <c r="Y17" s="567"/>
+      <c r="Z17" s="567"/>
+    </row>
+    <row r="18" spans="2:26" s="109" customFormat="1" ht="68.849999999999994" customHeight="1">
+      <c r="B18" s="548"/>
+      <c r="C18" s="107" t="s">
+        <v>810</v>
+      </c>
+      <c r="D18" s="208"/>
+      <c r="E18" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="F18" s="539" t="s">
+        <v>105</v>
+      </c>
+      <c r="G18" s="539"/>
+      <c r="H18" s="539"/>
+      <c r="I18" s="539"/>
+      <c r="J18" s="539"/>
+      <c r="K18" s="539"/>
+      <c r="L18" s="539"/>
+      <c r="M18" s="539"/>
+      <c r="N18" s="539"/>
+      <c r="O18" s="539"/>
+      <c r="P18" s="539"/>
+      <c r="Q18" s="602" t="s">
+        <v>105</v>
+      </c>
+      <c r="R18" s="603"/>
+      <c r="S18" s="603"/>
+      <c r="T18" s="604"/>
+      <c r="U18" s="602" t="s">
+        <v>105</v>
+      </c>
+      <c r="V18" s="604"/>
+      <c r="W18" s="130"/>
+      <c r="X18" s="213" t="s">
+        <v>789</v>
+      </c>
+      <c r="Y18" s="567"/>
+      <c r="Z18" s="567"/>
+    </row>
+    <row r="19" spans="2:26" s="109" customFormat="1" ht="91.5" customHeight="1">
+      <c r="B19" s="548"/>
+      <c r="C19" s="107" t="s">
+        <v>811</v>
+      </c>
+      <c r="D19" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="E19" s="208"/>
+      <c r="F19" s="541" t="s">
+        <v>812</v>
+      </c>
+      <c r="G19" s="540"/>
+      <c r="H19" s="540"/>
+      <c r="I19" s="540"/>
+      <c r="J19" s="540"/>
+      <c r="K19" s="540"/>
+      <c r="L19" s="540"/>
+      <c r="M19" s="540"/>
+      <c r="N19" s="540"/>
+      <c r="O19" s="540"/>
+      <c r="P19" s="540"/>
+      <c r="Q19" s="605" t="s">
+        <v>813</v>
+      </c>
+      <c r="R19" s="609"/>
+      <c r="S19" s="609"/>
+      <c r="T19" s="608"/>
+      <c r="U19" s="605" t="s">
+        <v>814</v>
+      </c>
+      <c r="V19" s="608"/>
+      <c r="W19" s="130"/>
+      <c r="X19" s="213" t="s">
+        <v>789</v>
+      </c>
+      <c r="Y19" s="567"/>
+      <c r="Z19" s="567"/>
+    </row>
+    <row r="20" spans="2:26" s="109" customFormat="1" ht="68.849999999999994" customHeight="1">
+      <c r="B20" s="548" t="s">
+        <v>815</v>
+      </c>
+      <c r="C20" s="107" t="s">
+        <v>816</v>
+      </c>
+      <c r="D20" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="E20" s="208"/>
+      <c r="F20" s="541" t="s">
+        <v>817</v>
+      </c>
+      <c r="G20" s="541"/>
+      <c r="H20" s="541"/>
+      <c r="I20" s="541"/>
+      <c r="J20" s="541"/>
+      <c r="K20" s="541"/>
+      <c r="L20" s="541"/>
+      <c r="M20" s="541"/>
+      <c r="N20" s="541"/>
+      <c r="O20" s="541"/>
+      <c r="P20" s="541"/>
+      <c r="Q20" s="542" t="s">
+        <v>818</v>
+      </c>
+      <c r="R20" s="599"/>
+      <c r="S20" s="599"/>
+      <c r="T20" s="600"/>
+      <c r="U20" s="542" t="s">
         <v>801</v>
       </c>
-      <c r="G17" s="629"/>
-[...143 lines deleted...]
-      <c r="Z20" s="634"/>
+      <c r="V20" s="600"/>
+      <c r="W20" s="130"/>
+      <c r="X20" s="213" t="s">
+        <v>789</v>
+      </c>
+      <c r="Y20" s="567"/>
+      <c r="Z20" s="567"/>
     </row>
     <row r="21" spans="2:26" s="109" customFormat="1" ht="68.849999999999994" customHeight="1">
-      <c r="B21" s="628"/>
+      <c r="B21" s="548"/>
       <c r="C21" s="107" t="s">
-        <v>813</v>
-[...33 lines deleted...]
-      <c r="Z21" s="634"/>
+        <v>819</v>
+      </c>
+      <c r="D21" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="E21" s="208"/>
+      <c r="F21" s="541" t="s">
+        <v>820</v>
+      </c>
+      <c r="G21" s="540"/>
+      <c r="H21" s="540"/>
+      <c r="I21" s="540"/>
+      <c r="J21" s="540"/>
+      <c r="K21" s="540"/>
+      <c r="L21" s="540"/>
+      <c r="M21" s="540"/>
+      <c r="N21" s="540"/>
+      <c r="O21" s="540"/>
+      <c r="P21" s="540"/>
+      <c r="Q21" s="601" t="s">
+        <v>821</v>
+      </c>
+      <c r="R21" s="599"/>
+      <c r="S21" s="599"/>
+      <c r="T21" s="600"/>
+      <c r="U21" s="542" t="s">
+        <v>801</v>
+      </c>
+      <c r="V21" s="544"/>
+      <c r="W21" s="130" t="s">
+        <v>789</v>
+      </c>
+      <c r="X21" s="213"/>
+      <c r="Y21" s="567"/>
+      <c r="Z21" s="567"/>
     </row>
     <row r="22" spans="2:26" s="109" customFormat="1" ht="68.849999999999994" customHeight="1">
-      <c r="B22" s="628"/>
+      <c r="B22" s="548"/>
       <c r="C22" s="107" t="s">
-        <v>816</v>
-[...33 lines deleted...]
-      <c r="Z22" s="634"/>
+        <v>822</v>
+      </c>
+      <c r="D22" s="208"/>
+      <c r="E22" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="F22" s="539" t="s">
+        <v>105</v>
+      </c>
+      <c r="G22" s="539"/>
+      <c r="H22" s="539"/>
+      <c r="I22" s="539"/>
+      <c r="J22" s="539"/>
+      <c r="K22" s="539"/>
+      <c r="L22" s="539"/>
+      <c r="M22" s="539"/>
+      <c r="N22" s="539"/>
+      <c r="O22" s="539"/>
+      <c r="P22" s="539"/>
+      <c r="Q22" s="602" t="s">
+        <v>105</v>
+      </c>
+      <c r="R22" s="603"/>
+      <c r="S22" s="603"/>
+      <c r="T22" s="604"/>
+      <c r="U22" s="602" t="s">
+        <v>105</v>
+      </c>
+      <c r="V22" s="604"/>
+      <c r="W22" s="130"/>
+      <c r="X22" s="213" t="s">
+        <v>789</v>
+      </c>
+      <c r="Y22" s="567"/>
+      <c r="Z22" s="567"/>
     </row>
     <row r="23" spans="2:26" s="109" customFormat="1" ht="68.849999999999994" customHeight="1">
-      <c r="B23" s="628"/>
+      <c r="B23" s="548"/>
       <c r="C23" s="107" t="s">
-        <v>817</v>
-[...33 lines deleted...]
-      <c r="Z23" s="634"/>
+        <v>823</v>
+      </c>
+      <c r="D23" s="208"/>
+      <c r="E23" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="F23" s="539" t="s">
+        <v>105</v>
+      </c>
+      <c r="G23" s="539"/>
+      <c r="H23" s="539"/>
+      <c r="I23" s="539"/>
+      <c r="J23" s="539"/>
+      <c r="K23" s="539"/>
+      <c r="L23" s="539"/>
+      <c r="M23" s="539"/>
+      <c r="N23" s="539"/>
+      <c r="O23" s="539"/>
+      <c r="P23" s="539"/>
+      <c r="Q23" s="602" t="s">
+        <v>105</v>
+      </c>
+      <c r="R23" s="603"/>
+      <c r="S23" s="603"/>
+      <c r="T23" s="604"/>
+      <c r="U23" s="602" t="s">
+        <v>105</v>
+      </c>
+      <c r="V23" s="604"/>
+      <c r="W23" s="130"/>
+      <c r="X23" s="213" t="s">
+        <v>789</v>
+      </c>
+      <c r="Y23" s="567"/>
+      <c r="Z23" s="567"/>
     </row>
     <row r="24" spans="2:26" s="109" customFormat="1" ht="68.849999999999994" customHeight="1">
-      <c r="B24" s="628"/>
+      <c r="B24" s="548"/>
       <c r="C24" s="107" t="s">
-        <v>818</v>
-[...33 lines deleted...]
-      <c r="Z24" s="634"/>
+        <v>824</v>
+      </c>
+      <c r="D24" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="E24" s="208"/>
+      <c r="F24" s="597" t="s">
+        <v>825</v>
+      </c>
+      <c r="G24" s="598"/>
+      <c r="H24" s="598"/>
+      <c r="I24" s="598"/>
+      <c r="J24" s="598"/>
+      <c r="K24" s="598"/>
+      <c r="L24" s="598"/>
+      <c r="M24" s="598"/>
+      <c r="N24" s="598"/>
+      <c r="O24" s="598"/>
+      <c r="P24" s="598"/>
+      <c r="Q24" s="605" t="s">
+        <v>826</v>
+      </c>
+      <c r="R24" s="606"/>
+      <c r="S24" s="606"/>
+      <c r="T24" s="607"/>
+      <c r="U24" s="605" t="s">
+        <v>827</v>
+      </c>
+      <c r="V24" s="608"/>
+      <c r="W24" s="130"/>
+      <c r="X24" s="213" t="s">
+        <v>789</v>
+      </c>
+      <c r="Y24" s="567"/>
+      <c r="Z24" s="567"/>
     </row>
     <row r="25" spans="2:26" s="109" customFormat="1" ht="68.849999999999994" customHeight="1">
-      <c r="B25" s="628"/>
+      <c r="B25" s="548"/>
       <c r="C25" s="107" t="s">
-        <v>822</v>
-[...33 lines deleted...]
-      <c r="Z25" s="634"/>
+        <v>828</v>
+      </c>
+      <c r="D25" s="208"/>
+      <c r="E25" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="F25" s="598" t="s">
+        <v>829</v>
+      </c>
+      <c r="G25" s="598"/>
+      <c r="H25" s="598"/>
+      <c r="I25" s="598"/>
+      <c r="J25" s="598"/>
+      <c r="K25" s="598"/>
+      <c r="L25" s="598"/>
+      <c r="M25" s="598"/>
+      <c r="N25" s="598"/>
+      <c r="O25" s="598"/>
+      <c r="P25" s="598"/>
+      <c r="Q25" s="605" t="s">
+        <v>830</v>
+      </c>
+      <c r="R25" s="606"/>
+      <c r="S25" s="606"/>
+      <c r="T25" s="607"/>
+      <c r="U25" s="605" t="s">
+        <v>831</v>
+      </c>
+      <c r="V25" s="607"/>
+      <c r="W25" s="130"/>
+      <c r="X25" s="213" t="s">
+        <v>789</v>
+      </c>
+      <c r="Y25" s="567"/>
+      <c r="Z25" s="567"/>
     </row>
     <row r="26" spans="2:26" s="109" customFormat="1" ht="162">
-      <c r="B26" s="628" t="s">
-        <v>826</v>
+      <c r="B26" s="548" t="s">
+        <v>832</v>
       </c>
       <c r="C26" s="107" t="s">
-        <v>827</v>
-[...33 lines deleted...]
-      <c r="Z26" s="634"/>
+        <v>833</v>
+      </c>
+      <c r="D26" s="208"/>
+      <c r="E26" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="F26" s="592" t="s">
+        <v>105</v>
+      </c>
+      <c r="G26" s="592"/>
+      <c r="H26" s="592"/>
+      <c r="I26" s="592"/>
+      <c r="J26" s="592"/>
+      <c r="K26" s="592"/>
+      <c r="L26" s="592"/>
+      <c r="M26" s="592"/>
+      <c r="N26" s="592"/>
+      <c r="O26" s="592"/>
+      <c r="P26" s="592"/>
+      <c r="Q26" s="549" t="s">
+        <v>834</v>
+      </c>
+      <c r="R26" s="550"/>
+      <c r="S26" s="550"/>
+      <c r="T26" s="551"/>
+      <c r="U26" s="549" t="s">
+        <v>835</v>
+      </c>
+      <c r="V26" s="551"/>
+      <c r="W26" s="130"/>
+      <c r="X26" s="213" t="s">
+        <v>789</v>
+      </c>
+      <c r="Y26" s="567"/>
+      <c r="Z26" s="567"/>
     </row>
     <row r="27" spans="2:26" s="109" customFormat="1" ht="141.75">
-      <c r="B27" s="628"/>
+      <c r="B27" s="548"/>
       <c r="C27" s="107" t="s">
-        <v>830</v>
-[...29 lines deleted...]
-      <c r="Z27" s="634"/>
+        <v>836</v>
+      </c>
+      <c r="D27" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="E27" s="208"/>
+      <c r="F27" s="571" t="s">
+        <v>837</v>
+      </c>
+      <c r="G27" s="571"/>
+      <c r="H27" s="571"/>
+      <c r="I27" s="571"/>
+      <c r="J27" s="571"/>
+      <c r="K27" s="571"/>
+      <c r="L27" s="571"/>
+      <c r="M27" s="571"/>
+      <c r="N27" s="571"/>
+      <c r="O27" s="571"/>
+      <c r="P27" s="571"/>
+      <c r="Q27" s="552"/>
+      <c r="R27" s="553"/>
+      <c r="S27" s="553"/>
+      <c r="T27" s="554"/>
+      <c r="U27" s="552"/>
+      <c r="V27" s="554"/>
+      <c r="W27" s="130" t="s">
+        <v>789</v>
+      </c>
+      <c r="X27" s="213"/>
+      <c r="Y27" s="567"/>
+      <c r="Z27" s="567"/>
     </row>
     <row r="28" spans="2:26" s="109" customFormat="1" ht="101.25">
-      <c r="B28" s="628"/>
+      <c r="B28" s="548"/>
       <c r="C28" s="107" t="s">
-        <v>832</v>
-[...29 lines deleted...]
-      <c r="Z28" s="634"/>
+        <v>838</v>
+      </c>
+      <c r="D28" s="208"/>
+      <c r="E28" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="F28" s="593" t="s">
+        <v>105</v>
+      </c>
+      <c r="G28" s="593"/>
+      <c r="H28" s="593"/>
+      <c r="I28" s="593"/>
+      <c r="J28" s="593"/>
+      <c r="K28" s="593"/>
+      <c r="L28" s="593"/>
+      <c r="M28" s="593"/>
+      <c r="N28" s="593"/>
+      <c r="O28" s="593"/>
+      <c r="P28" s="593"/>
+      <c r="Q28" s="552"/>
+      <c r="R28" s="553"/>
+      <c r="S28" s="553"/>
+      <c r="T28" s="554"/>
+      <c r="U28" s="552"/>
+      <c r="V28" s="554"/>
+      <c r="W28" s="130"/>
+      <c r="X28" s="213" t="s">
+        <v>789</v>
+      </c>
+      <c r="Y28" s="567"/>
+      <c r="Z28" s="567"/>
     </row>
     <row r="29" spans="2:26" s="109" customFormat="1" ht="408.75" customHeight="1">
-      <c r="B29" s="628"/>
+      <c r="B29" s="548"/>
       <c r="C29" s="107" t="s">
-        <v>833</v>
-[...29 lines deleted...]
-      <c r="Z29" s="634"/>
+        <v>839</v>
+      </c>
+      <c r="D29" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="E29" s="208"/>
+      <c r="F29" s="594" t="s">
+        <v>840</v>
+      </c>
+      <c r="G29" s="595"/>
+      <c r="H29" s="595"/>
+      <c r="I29" s="595"/>
+      <c r="J29" s="595"/>
+      <c r="K29" s="595"/>
+      <c r="L29" s="595"/>
+      <c r="M29" s="595"/>
+      <c r="N29" s="595"/>
+      <c r="O29" s="595"/>
+      <c r="P29" s="596"/>
+      <c r="Q29" s="552"/>
+      <c r="R29" s="553"/>
+      <c r="S29" s="553"/>
+      <c r="T29" s="554"/>
+      <c r="U29" s="552"/>
+      <c r="V29" s="554"/>
+      <c r="W29" s="130" t="s">
+        <v>789</v>
+      </c>
+      <c r="X29" s="213"/>
+      <c r="Y29" s="567"/>
+      <c r="Z29" s="567"/>
     </row>
     <row r="30" spans="2:26" s="109" customFormat="1" ht="81">
-      <c r="B30" s="628"/>
+      <c r="B30" s="548"/>
       <c r="C30" s="107" t="s">
-        <v>835</v>
-[...29 lines deleted...]
-      <c r="Z30" s="634"/>
+        <v>841</v>
+      </c>
+      <c r="D30" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="E30" s="208"/>
+      <c r="F30" s="571" t="s">
+        <v>842</v>
+      </c>
+      <c r="G30" s="571"/>
+      <c r="H30" s="571"/>
+      <c r="I30" s="571"/>
+      <c r="J30" s="571"/>
+      <c r="K30" s="571"/>
+      <c r="L30" s="571"/>
+      <c r="M30" s="571"/>
+      <c r="N30" s="571"/>
+      <c r="O30" s="571"/>
+      <c r="P30" s="571"/>
+      <c r="Q30" s="555"/>
+      <c r="R30" s="556"/>
+      <c r="S30" s="556"/>
+      <c r="T30" s="557"/>
+      <c r="U30" s="555"/>
+      <c r="V30" s="557"/>
+      <c r="W30" s="130" t="s">
+        <v>789</v>
+      </c>
+      <c r="X30" s="213"/>
+      <c r="Y30" s="567"/>
+      <c r="Z30" s="567"/>
     </row>
     <row r="31" spans="2:26" s="109" customFormat="1" ht="60.75">
-      <c r="B31" s="628" t="s">
-        <v>837</v>
+      <c r="B31" s="548" t="s">
+        <v>843</v>
       </c>
       <c r="C31" s="107" t="s">
-        <v>838</v>
-[...33 lines deleted...]
-      <c r="Z31" s="634"/>
+        <v>844</v>
+      </c>
+      <c r="D31" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="E31" s="208"/>
+      <c r="F31" s="571" t="s">
+        <v>845</v>
+      </c>
+      <c r="G31" s="571"/>
+      <c r="H31" s="571"/>
+      <c r="I31" s="571"/>
+      <c r="J31" s="571"/>
+      <c r="K31" s="571"/>
+      <c r="L31" s="571"/>
+      <c r="M31" s="571"/>
+      <c r="N31" s="571"/>
+      <c r="O31" s="571"/>
+      <c r="P31" s="571"/>
+      <c r="Q31" s="571" t="s">
+        <v>846</v>
+      </c>
+      <c r="R31" s="571"/>
+      <c r="S31" s="571"/>
+      <c r="T31" s="571"/>
+      <c r="U31" s="571" t="s">
+        <v>847</v>
+      </c>
+      <c r="V31" s="571"/>
+      <c r="W31" s="130" t="s">
+        <v>789</v>
+      </c>
+      <c r="X31" s="213"/>
+      <c r="Y31" s="567"/>
+      <c r="Z31" s="567"/>
     </row>
     <row r="32" spans="2:26" s="109" customFormat="1" ht="68.849999999999994" customHeight="1">
-      <c r="B32" s="628"/>
+      <c r="B32" s="548"/>
       <c r="C32" s="107" t="s">
-        <v>842</v>
-[...33 lines deleted...]
-      <c r="Z32" s="634"/>
+        <v>848</v>
+      </c>
+      <c r="D32" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="E32" s="208"/>
+      <c r="F32" s="571" t="s">
+        <v>849</v>
+      </c>
+      <c r="G32" s="571"/>
+      <c r="H32" s="571"/>
+      <c r="I32" s="571"/>
+      <c r="J32" s="571"/>
+      <c r="K32" s="571"/>
+      <c r="L32" s="571"/>
+      <c r="M32" s="571"/>
+      <c r="N32" s="571"/>
+      <c r="O32" s="571"/>
+      <c r="P32" s="571"/>
+      <c r="Q32" s="571" t="s">
+        <v>846</v>
+      </c>
+      <c r="R32" s="571"/>
+      <c r="S32" s="571"/>
+      <c r="T32" s="571"/>
+      <c r="U32" s="571" t="s">
+        <v>847</v>
+      </c>
+      <c r="V32" s="571"/>
+      <c r="W32" s="130"/>
+      <c r="X32" s="213" t="s">
+        <v>789</v>
+      </c>
+      <c r="Y32" s="567"/>
+      <c r="Z32" s="567"/>
     </row>
     <row r="33" spans="2:28" s="109" customFormat="1" ht="68.849999999999994" customHeight="1">
-      <c r="B33" s="628"/>
+      <c r="B33" s="548"/>
       <c r="C33" s="107" t="s">
-        <v>844</v>
-[...24 lines deleted...]
-      <c r="U33" s="664" t="s">
+        <v>850</v>
+      </c>
+      <c r="D33" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="E33" s="208"/>
+      <c r="F33" s="571" t="s">
+        <v>851</v>
+      </c>
+      <c r="G33" s="571"/>
+      <c r="H33" s="571"/>
+      <c r="I33" s="571"/>
+      <c r="J33" s="571"/>
+      <c r="K33" s="571"/>
+      <c r="L33" s="571"/>
+      <c r="M33" s="571"/>
+      <c r="N33" s="571"/>
+      <c r="O33" s="571"/>
+      <c r="P33" s="571"/>
+      <c r="Q33" s="571" t="s">
         <v>846</v>
       </c>
-      <c r="V33" s="664"/>
-[...5 lines deleted...]
-      <c r="Z33" s="634"/>
+      <c r="R33" s="571"/>
+      <c r="S33" s="571"/>
+      <c r="T33" s="571"/>
+      <c r="U33" s="571" t="s">
+        <v>852</v>
+      </c>
+      <c r="V33" s="571"/>
+      <c r="W33" s="130" t="s">
+        <v>789</v>
+      </c>
+      <c r="X33" s="213"/>
+      <c r="Y33" s="567"/>
+      <c r="Z33" s="567"/>
     </row>
     <row r="34" spans="2:28" s="109" customFormat="1" ht="68.849999999999994" customHeight="1">
-      <c r="B34" s="628"/>
+      <c r="B34" s="548"/>
       <c r="C34" s="107" t="s">
-        <v>847</v>
-[...24 lines deleted...]
-      <c r="U34" s="664" t="s">
+        <v>853</v>
+      </c>
+      <c r="D34" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="E34" s="208"/>
+      <c r="F34" s="571" t="s">
+        <v>854</v>
+      </c>
+      <c r="G34" s="571"/>
+      <c r="H34" s="571"/>
+      <c r="I34" s="571"/>
+      <c r="J34" s="571"/>
+      <c r="K34" s="571"/>
+      <c r="L34" s="571"/>
+      <c r="M34" s="571"/>
+      <c r="N34" s="571"/>
+      <c r="O34" s="571"/>
+      <c r="P34" s="571"/>
+      <c r="Q34" s="571" t="s">
         <v>846</v>
       </c>
-      <c r="V34" s="664"/>
-[...5 lines deleted...]
-      <c r="Z34" s="634"/>
+      <c r="R34" s="571"/>
+      <c r="S34" s="571"/>
+      <c r="T34" s="571"/>
+      <c r="U34" s="571" t="s">
+        <v>852</v>
+      </c>
+      <c r="V34" s="571"/>
+      <c r="W34" s="130" t="s">
+        <v>789</v>
+      </c>
+      <c r="X34" s="213"/>
+      <c r="Y34" s="567"/>
+      <c r="Z34" s="567"/>
     </row>
     <row r="35" spans="2:28" s="109" customFormat="1" ht="101.25">
-      <c r="B35" s="628" t="s">
-        <v>849</v>
+      <c r="B35" s="548" t="s">
+        <v>855</v>
       </c>
       <c r="C35" s="107" t="s">
-        <v>850</v>
-[...33 lines deleted...]
-      <c r="Z35" s="634"/>
+        <v>856</v>
+      </c>
+      <c r="D35" s="209" t="s">
+        <v>857</v>
+      </c>
+      <c r="E35" s="209"/>
+      <c r="F35" s="582" t="s">
+        <v>858</v>
+      </c>
+      <c r="G35" s="582"/>
+      <c r="H35" s="582"/>
+      <c r="I35" s="582"/>
+      <c r="J35" s="582"/>
+      <c r="K35" s="582"/>
+      <c r="L35" s="582"/>
+      <c r="M35" s="582"/>
+      <c r="N35" s="582"/>
+      <c r="O35" s="582"/>
+      <c r="P35" s="582"/>
+      <c r="Q35" s="581" t="s">
+        <v>105</v>
+      </c>
+      <c r="R35" s="581"/>
+      <c r="S35" s="581"/>
+      <c r="T35" s="581"/>
+      <c r="U35" s="582" t="s">
+        <v>859</v>
+      </c>
+      <c r="V35" s="583"/>
+      <c r="W35" s="130" t="s">
+        <v>789</v>
+      </c>
+      <c r="X35" s="213"/>
+      <c r="Y35" s="567"/>
+      <c r="Z35" s="567"/>
     </row>
     <row r="36" spans="2:28" s="109" customFormat="1" ht="68.849999999999994" customHeight="1">
-      <c r="B36" s="628"/>
+      <c r="B36" s="548"/>
       <c r="C36" s="107" t="s">
-        <v>854</v>
-[...24 lines deleted...]
-      <c r="U36" s="679" t="s">
+        <v>860</v>
+      </c>
+      <c r="D36" s="209" t="s">
         <v>857</v>
       </c>
-      <c r="V36" s="679"/>
-[...5 lines deleted...]
-      <c r="Z36" s="634"/>
+      <c r="E36" s="209"/>
+      <c r="F36" s="582" t="s">
+        <v>861</v>
+      </c>
+      <c r="G36" s="582"/>
+      <c r="H36" s="582"/>
+      <c r="I36" s="582"/>
+      <c r="J36" s="582"/>
+      <c r="K36" s="582"/>
+      <c r="L36" s="582"/>
+      <c r="M36" s="582"/>
+      <c r="N36" s="582"/>
+      <c r="O36" s="582"/>
+      <c r="P36" s="582"/>
+      <c r="Q36" s="582" t="s">
+        <v>862</v>
+      </c>
+      <c r="R36" s="582"/>
+      <c r="S36" s="582"/>
+      <c r="T36" s="582"/>
+      <c r="U36" s="582" t="s">
+        <v>863</v>
+      </c>
+      <c r="V36" s="582"/>
+      <c r="W36" s="130" t="s">
+        <v>789</v>
+      </c>
+      <c r="X36" s="213"/>
+      <c r="Y36" s="567"/>
+      <c r="Z36" s="567"/>
     </row>
     <row r="37" spans="2:28" s="109" customFormat="1" ht="183.75" customHeight="1">
-      <c r="B37" s="628"/>
+      <c r="B37" s="548"/>
       <c r="C37" s="107" t="s">
-        <v>858</v>
-[...33 lines deleted...]
-      <c r="Z37" s="634"/>
+        <v>864</v>
+      </c>
+      <c r="D37" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="E37" s="208"/>
+      <c r="F37" s="541" t="s">
+        <v>865</v>
+      </c>
+      <c r="G37" s="540"/>
+      <c r="H37" s="540"/>
+      <c r="I37" s="540"/>
+      <c r="J37" s="540"/>
+      <c r="K37" s="540"/>
+      <c r="L37" s="540"/>
+      <c r="M37" s="540"/>
+      <c r="N37" s="540"/>
+      <c r="O37" s="540"/>
+      <c r="P37" s="540"/>
+      <c r="Q37" s="541" t="s">
+        <v>866</v>
+      </c>
+      <c r="R37" s="540"/>
+      <c r="S37" s="540"/>
+      <c r="T37" s="540"/>
+      <c r="U37" s="541" t="s">
+        <v>867</v>
+      </c>
+      <c r="V37" s="540"/>
+      <c r="W37" s="130" t="s">
+        <v>789</v>
+      </c>
+      <c r="X37" s="213"/>
+      <c r="Y37" s="567"/>
+      <c r="Z37" s="567"/>
     </row>
     <row r="38" spans="2:28" s="109" customFormat="1" ht="68.849999999999994" customHeight="1">
-      <c r="B38" s="628"/>
+      <c r="B38" s="548"/>
       <c r="C38" s="107" t="s">
-        <v>862</v>
-[...33 lines deleted...]
-      <c r="Z38" s="634"/>
+        <v>868</v>
+      </c>
+      <c r="D38" s="208"/>
+      <c r="E38" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="F38" s="541" t="s">
+        <v>869</v>
+      </c>
+      <c r="G38" s="540"/>
+      <c r="H38" s="540"/>
+      <c r="I38" s="540"/>
+      <c r="J38" s="540"/>
+      <c r="K38" s="540"/>
+      <c r="L38" s="540"/>
+      <c r="M38" s="540"/>
+      <c r="N38" s="540"/>
+      <c r="O38" s="540"/>
+      <c r="P38" s="540"/>
+      <c r="Q38" s="540" t="s">
+        <v>223</v>
+      </c>
+      <c r="R38" s="540"/>
+      <c r="S38" s="540"/>
+      <c r="T38" s="540"/>
+      <c r="U38" s="541" t="s">
+        <v>870</v>
+      </c>
+      <c r="V38" s="541"/>
+      <c r="W38" s="130" t="s">
+        <v>789</v>
+      </c>
+      <c r="X38" s="213"/>
+      <c r="Y38" s="567"/>
+      <c r="Z38" s="567"/>
     </row>
     <row r="39" spans="2:28" s="109" customFormat="1" ht="68.849999999999994" customHeight="1">
-      <c r="B39" s="628"/>
+      <c r="B39" s="548"/>
       <c r="C39" s="107" t="s">
-        <v>865</v>
-[...33 lines deleted...]
-      <c r="Z39" s="634"/>
+        <v>871</v>
+      </c>
+      <c r="D39" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="E39" s="208"/>
+      <c r="F39" s="541" t="s">
+        <v>872</v>
+      </c>
+      <c r="G39" s="541"/>
+      <c r="H39" s="541"/>
+      <c r="I39" s="541"/>
+      <c r="J39" s="541"/>
+      <c r="K39" s="541"/>
+      <c r="L39" s="541"/>
+      <c r="M39" s="541"/>
+      <c r="N39" s="541"/>
+      <c r="O39" s="541"/>
+      <c r="P39" s="541"/>
+      <c r="Q39" s="542" t="s">
+        <v>873</v>
+      </c>
+      <c r="R39" s="543"/>
+      <c r="S39" s="543"/>
+      <c r="T39" s="544"/>
+      <c r="U39" s="541" t="s">
+        <v>874</v>
+      </c>
+      <c r="V39" s="540"/>
+      <c r="W39" s="130" t="s">
+        <v>789</v>
+      </c>
+      <c r="X39" s="213"/>
+      <c r="Y39" s="567"/>
+      <c r="Z39" s="567"/>
     </row>
     <row r="40" spans="2:28" s="109" customFormat="1" ht="68.849999999999994" customHeight="1">
-      <c r="B40" s="628"/>
+      <c r="B40" s="548"/>
       <c r="C40" s="107" t="s">
-        <v>869</v>
-[...33 lines deleted...]
-      <c r="Z40" s="634"/>
+        <v>875</v>
+      </c>
+      <c r="D40" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="E40" s="208"/>
+      <c r="F40" s="541" t="s">
+        <v>876</v>
+      </c>
+      <c r="G40" s="540"/>
+      <c r="H40" s="540"/>
+      <c r="I40" s="540"/>
+      <c r="J40" s="540"/>
+      <c r="K40" s="540"/>
+      <c r="L40" s="540"/>
+      <c r="M40" s="540"/>
+      <c r="N40" s="540"/>
+      <c r="O40" s="540"/>
+      <c r="P40" s="540"/>
+      <c r="Q40" s="542" t="s">
+        <v>877</v>
+      </c>
+      <c r="R40" s="543"/>
+      <c r="S40" s="543"/>
+      <c r="T40" s="544"/>
+      <c r="U40" s="541" t="s">
+        <v>878</v>
+      </c>
+      <c r="V40" s="540"/>
+      <c r="W40" s="130" t="s">
+        <v>789</v>
+      </c>
+      <c r="X40" s="213"/>
+      <c r="Y40" s="567"/>
+      <c r="Z40" s="567"/>
     </row>
     <row r="41" spans="2:28" s="109" customFormat="1" ht="81">
-      <c r="B41" s="628"/>
+      <c r="B41" s="548"/>
       <c r="C41" s="107" t="s">
-        <v>873</v>
-[...33 lines deleted...]
-      <c r="Z41" s="634"/>
+        <v>879</v>
+      </c>
+      <c r="D41" s="208"/>
+      <c r="E41" s="208" t="s">
+        <v>789</v>
+      </c>
+      <c r="F41" s="539" t="s">
+        <v>105</v>
+      </c>
+      <c r="G41" s="539"/>
+      <c r="H41" s="539"/>
+      <c r="I41" s="539"/>
+      <c r="J41" s="539"/>
+      <c r="K41" s="539"/>
+      <c r="L41" s="539"/>
+      <c r="M41" s="539"/>
+      <c r="N41" s="539"/>
+      <c r="O41" s="539"/>
+      <c r="P41" s="539"/>
+      <c r="Q41" s="539" t="s">
+        <v>105</v>
+      </c>
+      <c r="R41" s="539"/>
+      <c r="S41" s="539"/>
+      <c r="T41" s="539"/>
+      <c r="U41" s="539" t="s">
+        <v>105</v>
+      </c>
+      <c r="V41" s="539"/>
+      <c r="W41" s="130"/>
+      <c r="X41" s="213" t="s">
+        <v>789</v>
+      </c>
+      <c r="Y41" s="567"/>
+      <c r="Z41" s="567"/>
     </row>
     <row r="42" spans="2:28" s="109" customFormat="1" ht="68.849999999999994" customHeight="1">
-      <c r="B42" s="628" t="s">
-        <v>874</v>
+      <c r="B42" s="548" t="s">
+        <v>880</v>
       </c>
       <c r="C42" s="107" t="s">
-        <v>875</v>
-[...33 lines deleted...]
-      <c r="Z42" s="634"/>
+        <v>881</v>
+      </c>
+      <c r="D42" s="130" t="s">
+        <v>857</v>
+      </c>
+      <c r="E42" s="130"/>
+      <c r="F42" s="549" t="s">
+        <v>882</v>
+      </c>
+      <c r="G42" s="550"/>
+      <c r="H42" s="550"/>
+      <c r="I42" s="550"/>
+      <c r="J42" s="550"/>
+      <c r="K42" s="550"/>
+      <c r="L42" s="550"/>
+      <c r="M42" s="550"/>
+      <c r="N42" s="550"/>
+      <c r="O42" s="550"/>
+      <c r="P42" s="551"/>
+      <c r="Q42" s="549" t="s">
+        <v>883</v>
+      </c>
+      <c r="R42" s="584"/>
+      <c r="S42" s="584"/>
+      <c r="T42" s="585"/>
+      <c r="U42" s="549" t="s">
+        <v>884</v>
+      </c>
+      <c r="V42" s="585"/>
+      <c r="W42" s="130"/>
+      <c r="X42" s="213" t="s">
+        <v>789</v>
+      </c>
+      <c r="Y42" s="567"/>
+      <c r="Z42" s="567"/>
     </row>
     <row r="43" spans="2:28" s="109" customFormat="1" ht="68.849999999999994" customHeight="1">
-      <c r="B43" s="628"/>
+      <c r="B43" s="548"/>
       <c r="C43" s="107" t="s">
-        <v>879</v>
-[...25 lines deleted...]
-      <c r="Z43" s="634"/>
+        <v>885</v>
+      </c>
+      <c r="D43" s="130"/>
+      <c r="E43" s="130" t="s">
+        <v>857</v>
+      </c>
+      <c r="F43" s="552"/>
+      <c r="G43" s="553"/>
+      <c r="H43" s="553"/>
+      <c r="I43" s="553"/>
+      <c r="J43" s="553"/>
+      <c r="K43" s="553"/>
+      <c r="L43" s="553"/>
+      <c r="M43" s="553"/>
+      <c r="N43" s="553"/>
+      <c r="O43" s="553"/>
+      <c r="P43" s="554"/>
+      <c r="Q43" s="586"/>
+      <c r="R43" s="587"/>
+      <c r="S43" s="587"/>
+      <c r="T43" s="588"/>
+      <c r="U43" s="586"/>
+      <c r="V43" s="588"/>
+      <c r="W43" s="130"/>
+      <c r="X43" s="213"/>
+      <c r="Y43" s="567"/>
+      <c r="Z43" s="567"/>
     </row>
     <row r="44" spans="2:28" s="109" customFormat="1" ht="68.849999999999994" customHeight="1">
-      <c r="B44" s="628"/>
+      <c r="B44" s="548"/>
       <c r="C44" s="107" t="s">
-        <v>880</v>
-[...27 lines deleted...]
-      <c r="Z44" s="634"/>
+        <v>886</v>
+      </c>
+      <c r="D44" s="130" t="s">
+        <v>857</v>
+      </c>
+      <c r="E44" s="130"/>
+      <c r="F44" s="552"/>
+      <c r="G44" s="553"/>
+      <c r="H44" s="553"/>
+      <c r="I44" s="553"/>
+      <c r="J44" s="553"/>
+      <c r="K44" s="553"/>
+      <c r="L44" s="553"/>
+      <c r="M44" s="553"/>
+      <c r="N44" s="553"/>
+      <c r="O44" s="553"/>
+      <c r="P44" s="554"/>
+      <c r="Q44" s="586"/>
+      <c r="R44" s="587"/>
+      <c r="S44" s="587"/>
+      <c r="T44" s="588"/>
+      <c r="U44" s="586"/>
+      <c r="V44" s="588"/>
+      <c r="W44" s="130"/>
+      <c r="X44" s="213" t="s">
+        <v>789</v>
+      </c>
+      <c r="Y44" s="567"/>
+      <c r="Z44" s="567"/>
     </row>
     <row r="45" spans="2:28" s="109" customFormat="1" ht="68.849999999999994" customHeight="1">
-      <c r="B45" s="628"/>
+      <c r="B45" s="548"/>
       <c r="C45" s="107" t="s">
-        <v>881</v>
-[...25 lines deleted...]
-      <c r="Z45" s="634"/>
+        <v>887</v>
+      </c>
+      <c r="D45" s="130"/>
+      <c r="E45" s="130" t="s">
+        <v>857</v>
+      </c>
+      <c r="F45" s="552"/>
+      <c r="G45" s="553"/>
+      <c r="H45" s="553"/>
+      <c r="I45" s="553"/>
+      <c r="J45" s="553"/>
+      <c r="K45" s="553"/>
+      <c r="L45" s="553"/>
+      <c r="M45" s="553"/>
+      <c r="N45" s="553"/>
+      <c r="O45" s="553"/>
+      <c r="P45" s="554"/>
+      <c r="Q45" s="586"/>
+      <c r="R45" s="587"/>
+      <c r="S45" s="587"/>
+      <c r="T45" s="588"/>
+      <c r="U45" s="586"/>
+      <c r="V45" s="588"/>
+      <c r="W45" s="130"/>
+      <c r="X45" s="213"/>
+      <c r="Y45" s="567"/>
+      <c r="Z45" s="567"/>
     </row>
     <row r="46" spans="2:28" s="109" customFormat="1" ht="68.849999999999994" customHeight="1">
-      <c r="B46" s="628"/>
+      <c r="B46" s="548"/>
       <c r="C46" s="107" t="s">
-        <v>882</v>
-[...27 lines deleted...]
-      <c r="Z46" s="634"/>
+        <v>888</v>
+      </c>
+      <c r="D46" s="130" t="s">
+        <v>857</v>
+      </c>
+      <c r="E46" s="130"/>
+      <c r="F46" s="555"/>
+      <c r="G46" s="556"/>
+      <c r="H46" s="556"/>
+      <c r="I46" s="556"/>
+      <c r="J46" s="556"/>
+      <c r="K46" s="556"/>
+      <c r="L46" s="556"/>
+      <c r="M46" s="556"/>
+      <c r="N46" s="556"/>
+      <c r="O46" s="556"/>
+      <c r="P46" s="557"/>
+      <c r="Q46" s="589"/>
+      <c r="R46" s="590"/>
+      <c r="S46" s="590"/>
+      <c r="T46" s="591"/>
+      <c r="U46" s="589"/>
+      <c r="V46" s="591"/>
+      <c r="W46" s="130"/>
+      <c r="X46" s="213" t="s">
+        <v>789</v>
+      </c>
+      <c r="Y46" s="567"/>
+      <c r="Z46" s="567"/>
     </row>
     <row r="47" spans="2:28" s="111" customFormat="1" ht="213" customHeight="1">
-      <c r="B47" s="704" t="s">
-[...3 lines deleted...]
-        <v>884</v>
+      <c r="B47" s="558" t="s">
+        <v>889</v>
+      </c>
+      <c r="C47" s="212" t="s">
+        <v>890</v>
       </c>
       <c r="D47" s="121"/>
       <c r="E47" s="121"/>
-      <c r="F47" s="664" t="s">
-[...27 lines deleted...]
-      <c r="Z47" s="634"/>
+      <c r="F47" s="571" t="s">
+        <v>891</v>
+      </c>
+      <c r="G47" s="572"/>
+      <c r="H47" s="572"/>
+      <c r="I47" s="572"/>
+      <c r="J47" s="572"/>
+      <c r="K47" s="572"/>
+      <c r="L47" s="572"/>
+      <c r="M47" s="572"/>
+      <c r="N47" s="572"/>
+      <c r="O47" s="572"/>
+      <c r="P47" s="572"/>
+      <c r="Q47" s="568" t="s">
+        <v>892</v>
+      </c>
+      <c r="R47" s="569"/>
+      <c r="S47" s="569"/>
+      <c r="T47" s="570"/>
+      <c r="U47" s="571" t="s">
+        <v>893</v>
+      </c>
+      <c r="V47" s="572"/>
+      <c r="W47" s="130" t="s">
+        <v>789</v>
+      </c>
+      <c r="X47" s="213"/>
+      <c r="Y47" s="567"/>
+      <c r="Z47" s="567"/>
       <c r="AA47" s="110"/>
       <c r="AB47" s="110"/>
     </row>
     <row r="48" spans="2:28" s="111" customFormat="1" ht="68.849999999999994" customHeight="1" thickBot="1">
-      <c r="B48" s="705"/>
+      <c r="B48" s="559"/>
       <c r="C48" s="112"/>
       <c r="D48" s="122"/>
       <c r="E48" s="122"/>
-      <c r="F48" s="682"/>
-[...19 lines deleted...]
-      <c r="Z48" s="634"/>
+      <c r="F48" s="573"/>
+      <c r="G48" s="573"/>
+      <c r="H48" s="573"/>
+      <c r="I48" s="573"/>
+      <c r="J48" s="573"/>
+      <c r="K48" s="573"/>
+      <c r="L48" s="573"/>
+      <c r="M48" s="573"/>
+      <c r="N48" s="573"/>
+      <c r="O48" s="573"/>
+      <c r="P48" s="573"/>
+      <c r="Q48" s="573"/>
+      <c r="R48" s="573"/>
+      <c r="S48" s="573"/>
+      <c r="T48" s="573"/>
+      <c r="U48" s="573"/>
+      <c r="V48" s="573"/>
+      <c r="W48" s="130"/>
+      <c r="X48" s="213"/>
+      <c r="Y48" s="567"/>
+      <c r="Z48" s="567"/>
       <c r="AA48" s="110"/>
       <c r="AB48" s="110"/>
     </row>
     <row r="49" spans="2:29" s="114" customFormat="1" ht="31.5" customHeight="1" thickBot="1">
-      <c r="B49" s="706" t="s">
-[...27 lines deleted...]
-      <c r="AB49" s="706"/>
+      <c r="B49" s="560" t="s">
+        <v>894</v>
+      </c>
+      <c r="C49" s="560"/>
+      <c r="D49" s="560"/>
+      <c r="E49" s="560"/>
+      <c r="F49" s="560"/>
+      <c r="G49" s="560"/>
+      <c r="H49" s="560"/>
+      <c r="I49" s="560"/>
+      <c r="J49" s="560"/>
+      <c r="K49" s="560"/>
+      <c r="L49" s="560"/>
+      <c r="M49" s="560"/>
+      <c r="N49" s="560"/>
+      <c r="O49" s="560"/>
+      <c r="P49" s="560"/>
+      <c r="Q49" s="560"/>
+      <c r="R49" s="560"/>
+      <c r="S49" s="560"/>
+      <c r="T49" s="560"/>
+      <c r="U49" s="560"/>
+      <c r="V49" s="560"/>
+      <c r="W49" s="560"/>
+      <c r="X49" s="560"/>
+      <c r="Y49" s="560"/>
+      <c r="Z49" s="560"/>
+      <c r="AA49" s="560"/>
+      <c r="AB49" s="560"/>
       <c r="AC49" s="113"/>
     </row>
     <row r="50" spans="2:29" s="114" customFormat="1" ht="31.5" customHeight="1">
       <c r="B50" s="115"/>
-      <c r="C50" s="707" t="s">
-[...19 lines deleted...]
-      <c r="U50" s="709"/>
+      <c r="C50" s="561" t="s">
+        <v>895</v>
+      </c>
+      <c r="D50" s="562"/>
+      <c r="E50" s="562"/>
+      <c r="F50" s="562"/>
+      <c r="G50" s="562"/>
+      <c r="H50" s="562"/>
+      <c r="I50" s="562"/>
+      <c r="J50" s="562"/>
+      <c r="K50" s="562"/>
+      <c r="L50" s="562"/>
+      <c r="M50" s="562"/>
+      <c r="N50" s="562"/>
+      <c r="O50" s="562"/>
+      <c r="P50" s="562"/>
+      <c r="Q50" s="562"/>
+      <c r="R50" s="562"/>
+      <c r="S50" s="562"/>
+      <c r="T50" s="562"/>
+      <c r="U50" s="563"/>
       <c r="V50" s="116"/>
       <c r="W50" s="116"/>
       <c r="X50" s="116"/>
       <c r="Y50" s="116"/>
       <c r="Z50" s="116"/>
       <c r="AA50" s="115"/>
       <c r="AB50" s="115"/>
       <c r="AC50" s="113"/>
     </row>
     <row r="51" spans="2:29" s="114" customFormat="1" ht="31.5" customHeight="1">
       <c r="B51" s="115"/>
-      <c r="C51" s="710"/>
-[...17 lines deleted...]
-      <c r="U51" s="698"/>
+      <c r="C51" s="564"/>
+      <c r="D51" s="565"/>
+      <c r="E51" s="565"/>
+      <c r="F51" s="565"/>
+      <c r="G51" s="565"/>
+      <c r="H51" s="565"/>
+      <c r="I51" s="565"/>
+      <c r="J51" s="565"/>
+      <c r="K51" s="565"/>
+      <c r="L51" s="565"/>
+      <c r="M51" s="565"/>
+      <c r="N51" s="565"/>
+      <c r="O51" s="565"/>
+      <c r="P51" s="565"/>
+      <c r="Q51" s="565"/>
+      <c r="R51" s="565"/>
+      <c r="S51" s="565"/>
+      <c r="T51" s="565"/>
+      <c r="U51" s="566"/>
       <c r="V51" s="116"/>
       <c r="W51" s="116"/>
       <c r="X51" s="116"/>
       <c r="Y51" s="116"/>
       <c r="Z51" s="116"/>
       <c r="AA51" s="115"/>
       <c r="AB51" s="115"/>
       <c r="AC51" s="113"/>
     </row>
     <row r="52" spans="2:29" s="114" customFormat="1" ht="31.5" customHeight="1">
       <c r="B52" s="115"/>
       <c r="C52" s="117" t="s">
-        <v>890</v>
-[...24 lines deleted...]
-      <c r="U52" s="698"/>
+        <v>896</v>
+      </c>
+      <c r="D52" s="575" t="s">
+        <v>897</v>
+      </c>
+      <c r="E52" s="576"/>
+      <c r="F52" s="576"/>
+      <c r="G52" s="576"/>
+      <c r="H52" s="576"/>
+      <c r="I52" s="577"/>
+      <c r="J52" s="565" t="s">
+        <v>898</v>
+      </c>
+      <c r="K52" s="565"/>
+      <c r="L52" s="565"/>
+      <c r="M52" s="565"/>
+      <c r="N52" s="565"/>
+      <c r="O52" s="565"/>
+      <c r="P52" s="565" t="s">
+        <v>899</v>
+      </c>
+      <c r="Q52" s="565"/>
+      <c r="R52" s="565"/>
+      <c r="S52" s="565"/>
+      <c r="T52" s="565"/>
+      <c r="U52" s="566"/>
       <c r="V52" s="116"/>
       <c r="W52" s="116"/>
       <c r="X52" s="116"/>
       <c r="Y52" s="116"/>
       <c r="Z52" s="116"/>
       <c r="AA52" s="115"/>
       <c r="AB52" s="115"/>
       <c r="AC52" s="113"/>
     </row>
     <row r="53" spans="2:29" s="114" customFormat="1" ht="67.5" customHeight="1">
       <c r="B53" s="115"/>
       <c r="C53" s="123" t="s">
-        <v>894</v>
-[...1 lines deleted...]
-      <c r="D53" s="691">
+        <v>900</v>
+      </c>
+      <c r="D53" s="545">
         <v>52836627</v>
       </c>
-      <c r="E53" s="692"/>
-[...19 lines deleted...]
-      <c r="U53" s="693"/>
+      <c r="E53" s="546"/>
+      <c r="F53" s="546"/>
+      <c r="G53" s="546"/>
+      <c r="H53" s="546"/>
+      <c r="I53" s="547"/>
+      <c r="J53" s="545" t="s">
+        <v>901</v>
+      </c>
+      <c r="K53" s="546"/>
+      <c r="L53" s="546"/>
+      <c r="M53" s="546"/>
+      <c r="N53" s="546"/>
+      <c r="O53" s="547"/>
+      <c r="P53" s="545" t="s">
+        <v>902</v>
+      </c>
+      <c r="Q53" s="546"/>
+      <c r="R53" s="546"/>
+      <c r="S53" s="546"/>
+      <c r="T53" s="546"/>
+      <c r="U53" s="574"/>
       <c r="V53" s="118"/>
       <c r="W53" s="118"/>
       <c r="X53" s="118"/>
       <c r="Y53" s="118"/>
       <c r="Z53" s="118"/>
       <c r="AA53" s="115"/>
       <c r="AB53" s="115"/>
       <c r="AC53" s="113"/>
     </row>
     <row r="54" spans="2:29" s="55" customFormat="1" ht="67.5" customHeight="1">
       <c r="B54" s="59"/>
       <c r="C54" s="123" t="s">
-        <v>897</v>
-[...1 lines deleted...]
-      <c r="D54" s="691">
+        <v>903</v>
+      </c>
+      <c r="D54" s="545">
         <v>792022891</v>
       </c>
-      <c r="E54" s="692"/>
-[...19 lines deleted...]
-      <c r="U54" s="693"/>
+      <c r="E54" s="546"/>
+      <c r="F54" s="546"/>
+      <c r="G54" s="546"/>
+      <c r="H54" s="546"/>
+      <c r="I54" s="547"/>
+      <c r="J54" s="545" t="s">
+        <v>904</v>
+      </c>
+      <c r="K54" s="546"/>
+      <c r="L54" s="546"/>
+      <c r="M54" s="546"/>
+      <c r="N54" s="546"/>
+      <c r="O54" s="547"/>
+      <c r="P54" s="545" t="s">
+        <v>902</v>
+      </c>
+      <c r="Q54" s="546"/>
+      <c r="R54" s="546"/>
+      <c r="S54" s="546"/>
+      <c r="T54" s="546"/>
+      <c r="U54" s="574"/>
       <c r="V54" s="118"/>
       <c r="W54" s="118"/>
       <c r="X54" s="118"/>
       <c r="Y54" s="118"/>
       <c r="Z54" s="118"/>
     </row>
     <row r="55" spans="2:29" s="55" customFormat="1" ht="67.5" customHeight="1">
       <c r="B55" s="119"/>
-      <c r="C55" s="278" t="s">
-[...2 lines deleted...]
-      <c r="D55" s="700">
+      <c r="C55" s="275" t="s">
+        <v>905</v>
+      </c>
+      <c r="D55" s="578">
         <v>52710813</v>
       </c>
-      <c r="E55" s="701"/>
-[...19 lines deleted...]
-      <c r="U55" s="693"/>
+      <c r="E55" s="579"/>
+      <c r="F55" s="579"/>
+      <c r="G55" s="579"/>
+      <c r="H55" s="579"/>
+      <c r="I55" s="580"/>
+      <c r="J55" s="545" t="s">
+        <v>906</v>
+      </c>
+      <c r="K55" s="546"/>
+      <c r="L55" s="546"/>
+      <c r="M55" s="546"/>
+      <c r="N55" s="546"/>
+      <c r="O55" s="547"/>
+      <c r="P55" s="545" t="s">
+        <v>902</v>
+      </c>
+      <c r="Q55" s="546"/>
+      <c r="R55" s="546"/>
+      <c r="S55" s="546"/>
+      <c r="T55" s="546"/>
+      <c r="U55" s="574"/>
       <c r="V55" s="118"/>
       <c r="W55" s="118"/>
       <c r="X55" s="118"/>
       <c r="Y55" s="118"/>
       <c r="Z55" s="118"/>
       <c r="AA55" s="120"/>
       <c r="AB55" s="120"/>
       <c r="AC55" s="120"/>
     </row>
     <row r="56" spans="2:29" s="55" customFormat="1" ht="67.5" customHeight="1" thickBot="1">
       <c r="B56" s="119"/>
-      <c r="C56" s="279" t="s">
-[...2 lines deleted...]
-      <c r="D56" s="691">
+      <c r="C56" s="276" t="s">
+        <v>907</v>
+      </c>
+      <c r="D56" s="545">
         <v>39533851</v>
       </c>
-      <c r="E56" s="692"/>
-[...4 lines deleted...]
-      <c r="J56" s="691" t="s">
+      <c r="E56" s="546"/>
+      <c r="F56" s="546"/>
+      <c r="G56" s="546"/>
+      <c r="H56" s="546"/>
+      <c r="I56" s="547"/>
+      <c r="J56" s="545" t="s">
+        <v>908</v>
+      </c>
+      <c r="K56" s="546"/>
+      <c r="L56" s="546"/>
+      <c r="M56" s="546"/>
+      <c r="N56" s="546"/>
+      <c r="O56" s="547"/>
+      <c r="P56" s="545" t="s">
         <v>902</v>
       </c>
-      <c r="K56" s="692"/>
-[...11 lines deleted...]
-      <c r="U56" s="693"/>
+      <c r="Q56" s="546"/>
+      <c r="R56" s="546"/>
+      <c r="S56" s="546"/>
+      <c r="T56" s="546"/>
+      <c r="U56" s="574"/>
       <c r="V56" s="118"/>
       <c r="W56" s="118"/>
       <c r="X56" s="118"/>
       <c r="Y56" s="118"/>
       <c r="Z56" s="118"/>
       <c r="AA56" s="120"/>
       <c r="AB56" s="120"/>
       <c r="AC56" s="120"/>
     </row>
     <row r="57" spans="2:29" s="55" customFormat="1" ht="20.25" customHeight="1">
-      <c r="B57" s="703" t="s">
-[...23 lines deleted...]
-      <c r="X57" s="703"/>
+      <c r="B57" s="538" t="s">
+        <v>909</v>
+      </c>
+      <c r="C57" s="538"/>
+      <c r="D57" s="538"/>
+      <c r="E57" s="538"/>
+      <c r="F57" s="538"/>
+      <c r="G57" s="538"/>
+      <c r="H57" s="538"/>
+      <c r="I57" s="538"/>
+      <c r="J57" s="538"/>
+      <c r="K57" s="538"/>
+      <c r="L57" s="538"/>
+      <c r="M57" s="538"/>
+      <c r="N57" s="538"/>
+      <c r="O57" s="538"/>
+      <c r="P57" s="538"/>
+      <c r="Q57" s="538"/>
+      <c r="R57" s="538"/>
+      <c r="S57" s="538"/>
+      <c r="T57" s="538"/>
+      <c r="U57" s="538"/>
+      <c r="V57" s="538"/>
+      <c r="W57" s="538"/>
+      <c r="X57" s="538"/>
     </row>
     <row r="58" spans="2:29" s="55" customFormat="1" hidden="1">
       <c r="B58" s="58"/>
       <c r="F58" s="59"/>
       <c r="G58" s="59"/>
       <c r="H58" s="59"/>
       <c r="I58" s="59"/>
       <c r="J58" s="59"/>
       <c r="K58" s="59"/>
     </row>
     <row r="59" spans="2:29" s="55" customFormat="1" hidden="1">
       <c r="B59" s="58"/>
       <c r="F59" s="59"/>
       <c r="G59" s="59"/>
       <c r="H59" s="59"/>
       <c r="I59" s="59"/>
       <c r="J59" s="59"/>
       <c r="K59" s="59"/>
     </row>
     <row r="60" spans="2:29" s="55" customFormat="1" hidden="1">
       <c r="B60" s="58"/>
       <c r="F60" s="59"/>
       <c r="G60" s="59"/>
       <c r="H60" s="59"/>
       <c r="I60" s="59"/>
@@ -43509,227 +43922,227 @@
     <row r="1134"/>
     <row r="1135"/>
     <row r="1136"/>
     <row r="1137"/>
     <row r="1138"/>
     <row r="1139"/>
     <row r="1140"/>
     <row r="1141"/>
     <row r="1142"/>
     <row r="1143"/>
     <row r="1144"/>
     <row r="1145"/>
     <row r="1146"/>
     <row r="1147"/>
     <row r="1148"/>
     <row r="1149"/>
     <row r="1150"/>
     <row r="1151"/>
     <row r="1152"/>
     <row r="1155"/>
     <row r="1156"/>
     <row r="1157"/>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" sort="0" autoFilter="0"/>
   <mergeCells count="177">
+    <mergeCell ref="B1:C3"/>
+    <mergeCell ref="D1:V3"/>
+    <mergeCell ref="W1:X1"/>
+    <mergeCell ref="W3:X3"/>
+    <mergeCell ref="B4:X4"/>
+    <mergeCell ref="C5:K5"/>
+    <mergeCell ref="C6:K6"/>
+    <mergeCell ref="C7:K7"/>
+    <mergeCell ref="C8:X8"/>
+    <mergeCell ref="C9:K9"/>
+    <mergeCell ref="B10:B11"/>
+    <mergeCell ref="C10:C11"/>
+    <mergeCell ref="D10:E10"/>
+    <mergeCell ref="F10:P11"/>
+    <mergeCell ref="M9:X9"/>
+    <mergeCell ref="L5:M5"/>
+    <mergeCell ref="L6:M6"/>
+    <mergeCell ref="L7:M7"/>
+    <mergeCell ref="N5:X5"/>
+    <mergeCell ref="N6:X6"/>
+    <mergeCell ref="N7:X7"/>
+    <mergeCell ref="AA10:AB10"/>
+    <mergeCell ref="B12:B14"/>
+    <mergeCell ref="F12:P12"/>
+    <mergeCell ref="Q10:T11"/>
+    <mergeCell ref="U10:V11"/>
+    <mergeCell ref="W10:X10"/>
+    <mergeCell ref="Q12:T12"/>
+    <mergeCell ref="U12:V12"/>
+    <mergeCell ref="Y13:Z13"/>
+    <mergeCell ref="Y14:Z14"/>
+    <mergeCell ref="D13:D14"/>
+    <mergeCell ref="E13:E14"/>
+    <mergeCell ref="F13:P14"/>
+    <mergeCell ref="Q13:T14"/>
+    <mergeCell ref="U13:V14"/>
+    <mergeCell ref="B15:B19"/>
+    <mergeCell ref="F15:P15"/>
+    <mergeCell ref="F16:P16"/>
+    <mergeCell ref="F17:P17"/>
+    <mergeCell ref="F18:P18"/>
+    <mergeCell ref="F19:P19"/>
+    <mergeCell ref="Q15:T15"/>
+    <mergeCell ref="U15:V15"/>
+    <mergeCell ref="Q19:T19"/>
+    <mergeCell ref="U19:V19"/>
+    <mergeCell ref="Q16:T16"/>
+    <mergeCell ref="Q17:T17"/>
+    <mergeCell ref="Q18:T18"/>
+    <mergeCell ref="U16:V16"/>
+    <mergeCell ref="U17:V17"/>
+    <mergeCell ref="U18:V18"/>
+    <mergeCell ref="B20:B25"/>
+    <mergeCell ref="F20:P20"/>
+    <mergeCell ref="F21:P21"/>
+    <mergeCell ref="F22:P22"/>
+    <mergeCell ref="F23:P23"/>
+    <mergeCell ref="F24:P24"/>
+    <mergeCell ref="F25:P25"/>
+    <mergeCell ref="Y22:Z22"/>
+    <mergeCell ref="Y23:Z23"/>
+    <mergeCell ref="Q20:T20"/>
+    <mergeCell ref="Q21:T21"/>
+    <mergeCell ref="Q22:T22"/>
+    <mergeCell ref="U22:V22"/>
+    <mergeCell ref="Q23:T23"/>
+    <mergeCell ref="U23:V23"/>
+    <mergeCell ref="Q24:T24"/>
+    <mergeCell ref="U24:V24"/>
+    <mergeCell ref="Q25:T25"/>
+    <mergeCell ref="U25:V25"/>
+    <mergeCell ref="U20:V20"/>
+    <mergeCell ref="U21:V21"/>
+    <mergeCell ref="B26:B30"/>
+    <mergeCell ref="F26:P26"/>
+    <mergeCell ref="F27:P27"/>
+    <mergeCell ref="F28:P28"/>
+    <mergeCell ref="F29:P29"/>
+    <mergeCell ref="F30:P30"/>
+    <mergeCell ref="Y29:Z29"/>
+    <mergeCell ref="Y30:Z30"/>
+    <mergeCell ref="Y27:Z27"/>
+    <mergeCell ref="Y28:Z28"/>
+    <mergeCell ref="Q26:T30"/>
+    <mergeCell ref="Y26:Z26"/>
+    <mergeCell ref="U26:V30"/>
+    <mergeCell ref="B31:B34"/>
+    <mergeCell ref="F31:P31"/>
+    <mergeCell ref="F32:P32"/>
+    <mergeCell ref="F33:P33"/>
+    <mergeCell ref="F34:P34"/>
+    <mergeCell ref="Y31:Z31"/>
+    <mergeCell ref="Y32:Z32"/>
+    <mergeCell ref="Y33:Z33"/>
+    <mergeCell ref="Y34:Z34"/>
+    <mergeCell ref="Q33:T33"/>
+    <mergeCell ref="U33:V33"/>
+    <mergeCell ref="Q31:T31"/>
+    <mergeCell ref="U31:V31"/>
+    <mergeCell ref="Q32:T32"/>
+    <mergeCell ref="U32:V32"/>
+    <mergeCell ref="Q34:T34"/>
+    <mergeCell ref="U34:V34"/>
+    <mergeCell ref="Y37:Z37"/>
+    <mergeCell ref="Y38:Z38"/>
+    <mergeCell ref="Y39:Z39"/>
+    <mergeCell ref="Y40:Z40"/>
+    <mergeCell ref="Y41:Z41"/>
+    <mergeCell ref="Q35:T35"/>
+    <mergeCell ref="U35:V35"/>
+    <mergeCell ref="F47:P47"/>
+    <mergeCell ref="F48:P48"/>
+    <mergeCell ref="F35:P35"/>
+    <mergeCell ref="F36:P36"/>
+    <mergeCell ref="F37:P37"/>
+    <mergeCell ref="F38:P38"/>
+    <mergeCell ref="F39:P39"/>
+    <mergeCell ref="F40:P40"/>
+    <mergeCell ref="F41:P41"/>
+    <mergeCell ref="Q36:T36"/>
+    <mergeCell ref="U36:V36"/>
+    <mergeCell ref="Q37:T37"/>
+    <mergeCell ref="U37:V37"/>
+    <mergeCell ref="Q42:T46"/>
+    <mergeCell ref="U42:V46"/>
+    <mergeCell ref="Y46:Z46"/>
+    <mergeCell ref="Y42:Z42"/>
+    <mergeCell ref="Y43:Z43"/>
+    <mergeCell ref="P56:U56"/>
+    <mergeCell ref="D52:I52"/>
+    <mergeCell ref="J52:O52"/>
+    <mergeCell ref="P52:U52"/>
+    <mergeCell ref="D53:I53"/>
+    <mergeCell ref="J53:O53"/>
+    <mergeCell ref="P53:U53"/>
+    <mergeCell ref="D54:I54"/>
+    <mergeCell ref="J54:O54"/>
+    <mergeCell ref="P54:U54"/>
+    <mergeCell ref="P55:U55"/>
+    <mergeCell ref="D55:I55"/>
+    <mergeCell ref="J55:O55"/>
+    <mergeCell ref="Y44:Z44"/>
+    <mergeCell ref="Y45:Z45"/>
+    <mergeCell ref="Y36:Z36"/>
+    <mergeCell ref="Y15:Z15"/>
+    <mergeCell ref="Y16:Z16"/>
+    <mergeCell ref="Y17:Z17"/>
+    <mergeCell ref="Y18:Z18"/>
+    <mergeCell ref="Y19:Z19"/>
+    <mergeCell ref="Y20:Z20"/>
+    <mergeCell ref="Y21:Z21"/>
+    <mergeCell ref="Y24:Z24"/>
+    <mergeCell ref="Y25:Z25"/>
     <mergeCell ref="B57:X57"/>
     <mergeCell ref="Q41:T41"/>
     <mergeCell ref="U41:V41"/>
     <mergeCell ref="Q38:T38"/>
     <mergeCell ref="U38:V38"/>
     <mergeCell ref="Q39:T39"/>
     <mergeCell ref="U39:V39"/>
     <mergeCell ref="Q40:T40"/>
     <mergeCell ref="U40:V40"/>
     <mergeCell ref="D56:I56"/>
     <mergeCell ref="J56:O56"/>
     <mergeCell ref="B42:B46"/>
     <mergeCell ref="F42:P46"/>
     <mergeCell ref="B47:B48"/>
     <mergeCell ref="B49:AB49"/>
     <mergeCell ref="C50:U51"/>
     <mergeCell ref="Y47:Z47"/>
     <mergeCell ref="Y48:Z48"/>
     <mergeCell ref="Q47:T47"/>
     <mergeCell ref="U47:V47"/>
     <mergeCell ref="Q48:T48"/>
     <mergeCell ref="U48:V48"/>
     <mergeCell ref="B35:B41"/>
     <mergeCell ref="Y35:Z35"/>
-    <mergeCell ref="Y36:Z36"/>
-[...151 lines deleted...]
-    <mergeCell ref="C8:X8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup scale="10" fitToWidth="0" fitToHeight="2" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;C&amp;"Arial,Normal"&amp;20Nota: Si este documento se encuentra impreso se considera Copia no Controlada. La versión vigente está publicada en el repositorio oficial de la Personería de Bogotá, D. C. </oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:WVL82"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B26" activePane="bottomRight" state="frozen"/>
       <selection pane="bottomRight" activeCell="D13" sqref="D13:O13"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="12.75" zeroHeight="1"/>
@@ -44037,1431 +44450,1431 @@
     <col min="15108" max="15108" width="11.25" style="1" hidden="1"/>
     <col min="15109" max="15360" width="11" style="1" hidden="1"/>
     <col min="15361" max="15361" width="1.75" style="1" hidden="1"/>
     <col min="15362" max="15362" width="19.625" style="1" hidden="1"/>
     <col min="15363" max="15363" width="11" style="1" hidden="1"/>
     <col min="15364" max="15364" width="11.25" style="1" hidden="1"/>
     <col min="15365" max="15616" width="11" style="1" hidden="1"/>
     <col min="15617" max="15617" width="1.75" style="1" hidden="1"/>
     <col min="15618" max="15618" width="19.625" style="1" hidden="1"/>
     <col min="15619" max="15619" width="11" style="1" hidden="1"/>
     <col min="15620" max="15620" width="11.25" style="1" hidden="1"/>
     <col min="15621" max="15872" width="11" style="1" hidden="1"/>
     <col min="15873" max="15873" width="1.75" style="1" hidden="1"/>
     <col min="15874" max="15874" width="19.625" style="1" hidden="1"/>
     <col min="15875" max="15875" width="11" style="1" hidden="1"/>
     <col min="15876" max="15876" width="11.25" style="1" hidden="1"/>
     <col min="15877" max="16128" width="11" style="1" hidden="1"/>
     <col min="16129" max="16129" width="1.75" style="1" hidden="1"/>
     <col min="16130" max="16130" width="19.625" style="1" hidden="1"/>
     <col min="16131" max="16131" width="11" style="1" hidden="1"/>
     <col min="16132" max="16132" width="11.25" style="1" hidden="1"/>
     <col min="16133" max="16384" width="11" style="1" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="30.75" customHeight="1" thickBot="1">
-      <c r="B1" s="772" t="s">
-[...14 lines deleted...]
-      <c r="O1" s="774"/>
+      <c r="B1" s="652" t="s">
+        <v>910</v>
+      </c>
+      <c r="C1" s="653"/>
+      <c r="D1" s="653"/>
+      <c r="E1" s="653"/>
+      <c r="F1" s="653"/>
+      <c r="G1" s="653"/>
+      <c r="H1" s="653"/>
+      <c r="I1" s="653"/>
+      <c r="J1" s="653"/>
+      <c r="K1" s="653"/>
+      <c r="L1" s="653"/>
+      <c r="M1" s="653"/>
+      <c r="N1" s="653"/>
+      <c r="O1" s="654"/>
     </row>
     <row r="2" spans="1:15"/>
     <row r="3" spans="1:15" ht="15.75" thickBot="1">
       <c r="A3" s="63"/>
       <c r="B3" s="64" t="s">
-        <v>905</v>
+        <v>911</v>
       </c>
     </row>
     <row r="4" spans="1:15" ht="30.75" customHeight="1" thickBot="1">
       <c r="B4" s="65" t="s">
-        <v>906</v>
-[...15 lines deleted...]
-      <c r="K4" s="717"/>
+        <v>912</v>
+      </c>
+      <c r="C4" s="718" t="s">
+        <v>913</v>
+      </c>
+      <c r="D4" s="718"/>
+      <c r="E4" s="718"/>
+      <c r="F4" s="718" t="s">
+        <v>914</v>
+      </c>
+      <c r="G4" s="718"/>
+      <c r="H4" s="718"/>
+      <c r="I4" s="718" t="s">
+        <v>915</v>
+      </c>
+      <c r="J4" s="718"/>
+      <c r="K4" s="718"/>
     </row>
     <row r="5" spans="1:15" ht="89.25" customHeight="1" thickBot="1">
       <c r="B5" s="65" t="s">
-        <v>910</v>
-[...15 lines deleted...]
-      <c r="K5" s="718"/>
+        <v>916</v>
+      </c>
+      <c r="C5" s="719" t="s">
+        <v>917</v>
+      </c>
+      <c r="D5" s="719"/>
+      <c r="E5" s="719"/>
+      <c r="F5" s="719" t="s">
+        <v>918</v>
+      </c>
+      <c r="G5" s="719"/>
+      <c r="H5" s="719"/>
+      <c r="I5" s="719" t="s">
+        <v>919</v>
+      </c>
+      <c r="J5" s="719"/>
+      <c r="K5" s="719"/>
     </row>
     <row r="6" spans="1:15" ht="148.5" customHeight="1" thickBot="1">
       <c r="B6" s="65" t="s">
-        <v>914</v>
-[...15 lines deleted...]
-      <c r="K6" s="718"/>
+        <v>920</v>
+      </c>
+      <c r="C6" s="719" t="s">
+        <v>921</v>
+      </c>
+      <c r="D6" s="719"/>
+      <c r="E6" s="719"/>
+      <c r="F6" s="719" t="s">
+        <v>922</v>
+      </c>
+      <c r="G6" s="719"/>
+      <c r="H6" s="719"/>
+      <c r="I6" s="719" t="s">
+        <v>923</v>
+      </c>
+      <c r="J6" s="719"/>
+      <c r="K6" s="719"/>
     </row>
     <row r="7" spans="1:15"/>
     <row r="8" spans="1:15"/>
     <row r="9" spans="1:15" ht="15.75" thickBot="1">
       <c r="B9" s="64" t="s">
-        <v>918</v>
+        <v>924</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="30.75" thickBot="1">
       <c r="B10" s="66" t="s">
-        <v>919</v>
+        <v>925</v>
       </c>
       <c r="C10" s="67" t="s">
-        <v>920</v>
-[...14 lines deleted...]
-      <c r="O10" s="721"/>
+        <v>926</v>
+      </c>
+      <c r="D10" s="720" t="s">
+        <v>927</v>
+      </c>
+      <c r="E10" s="721"/>
+      <c r="F10" s="721"/>
+      <c r="G10" s="721"/>
+      <c r="H10" s="721"/>
+      <c r="I10" s="721"/>
+      <c r="J10" s="721"/>
+      <c r="K10" s="721"/>
+      <c r="L10" s="721"/>
+      <c r="M10" s="721"/>
+      <c r="N10" s="721"/>
+      <c r="O10" s="722"/>
     </row>
     <row r="11" spans="1:15" ht="31.5" customHeight="1" thickBot="1">
       <c r="B11" s="68" t="s">
-        <v>922</v>
-[...1 lines deleted...]
-      <c r="C11" s="281">
+        <v>928</v>
+      </c>
+      <c r="C11" s="751">
         <v>10</v>
       </c>
-      <c r="D11" s="714" t="s">
-[...12 lines deleted...]
-      <c r="O11" s="716"/>
+      <c r="D11" s="715" t="s">
+        <v>929</v>
+      </c>
+      <c r="E11" s="716"/>
+      <c r="F11" s="716"/>
+      <c r="G11" s="716"/>
+      <c r="H11" s="716"/>
+      <c r="I11" s="716"/>
+      <c r="J11" s="716"/>
+      <c r="K11" s="716"/>
+      <c r="L11" s="716"/>
+      <c r="M11" s="716"/>
+      <c r="N11" s="716"/>
+      <c r="O11" s="717"/>
     </row>
     <row r="12" spans="1:15" ht="30" customHeight="1" thickBot="1">
       <c r="B12" s="68" t="s">
-        <v>924</v>
-[...1 lines deleted...]
-      <c r="C12" s="281">
+        <v>930</v>
+      </c>
+      <c r="C12" s="751">
         <v>6</v>
       </c>
-      <c r="D12" s="714" t="s">
-[...12 lines deleted...]
-      <c r="O12" s="716"/>
+      <c r="D12" s="715" t="s">
+        <v>931</v>
+      </c>
+      <c r="E12" s="716"/>
+      <c r="F12" s="716"/>
+      <c r="G12" s="716"/>
+      <c r="H12" s="716"/>
+      <c r="I12" s="716"/>
+      <c r="J12" s="716"/>
+      <c r="K12" s="716"/>
+      <c r="L12" s="716"/>
+      <c r="M12" s="716"/>
+      <c r="N12" s="716"/>
+      <c r="O12" s="717"/>
     </row>
     <row r="13" spans="1:15" ht="29.25" customHeight="1" thickBot="1">
       <c r="B13" s="68" t="s">
-        <v>926</v>
-[...1 lines deleted...]
-      <c r="C13" s="281">
+        <v>932</v>
+      </c>
+      <c r="C13" s="751">
         <v>2</v>
       </c>
-      <c r="D13" s="714" t="s">
-[...12 lines deleted...]
-      <c r="O13" s="716"/>
+      <c r="D13" s="715" t="s">
+        <v>933</v>
+      </c>
+      <c r="E13" s="716"/>
+      <c r="F13" s="716"/>
+      <c r="G13" s="716"/>
+      <c r="H13" s="716"/>
+      <c r="I13" s="716"/>
+      <c r="J13" s="716"/>
+      <c r="K13" s="716"/>
+      <c r="L13" s="716"/>
+      <c r="M13" s="716"/>
+      <c r="N13" s="716"/>
+      <c r="O13" s="717"/>
     </row>
     <row r="14" spans="1:15" ht="15" customHeight="1">
-      <c r="B14" s="722" t="s">
-[...18 lines deleted...]
-      <c r="O14" s="797"/>
+      <c r="B14" s="707" t="s">
+        <v>934</v>
+      </c>
+      <c r="C14" s="709" t="s">
+        <v>935</v>
+      </c>
+      <c r="D14" s="711" t="s">
+        <v>936</v>
+      </c>
+      <c r="E14" s="712"/>
+      <c r="F14" s="712"/>
+      <c r="G14" s="712"/>
+      <c r="H14" s="712"/>
+      <c r="I14" s="712"/>
+      <c r="J14" s="712"/>
+      <c r="K14" s="712"/>
+      <c r="L14" s="712"/>
+      <c r="M14" s="712"/>
+      <c r="N14" s="712"/>
+      <c r="O14" s="713"/>
     </row>
     <row r="15" spans="1:15" ht="15.75" customHeight="1" thickBot="1">
-      <c r="B15" s="723"/>
-[...14 lines deleted...]
-      <c r="O15" s="730"/>
+      <c r="B15" s="708"/>
+      <c r="C15" s="710"/>
+      <c r="D15" s="714" t="s">
+        <v>937</v>
+      </c>
+      <c r="E15" s="752"/>
+      <c r="F15" s="752"/>
+      <c r="G15" s="752"/>
+      <c r="H15" s="752"/>
+      <c r="I15" s="752"/>
+      <c r="J15" s="752"/>
+      <c r="K15" s="752"/>
+      <c r="L15" s="752"/>
+      <c r="M15" s="752"/>
+      <c r="N15" s="752"/>
+      <c r="O15" s="753"/>
     </row>
     <row r="16" spans="1:15"/>
     <row r="17" spans="2:15"/>
     <row r="18" spans="2:15" ht="15.75" thickBot="1">
       <c r="B18" s="64" t="s">
-        <v>932</v>
+        <v>938</v>
       </c>
     </row>
     <row r="19" spans="2:15" ht="30.75" thickBot="1">
       <c r="B19" s="65" t="s">
-        <v>933</v>
+        <v>939</v>
       </c>
       <c r="C19" s="69" t="s">
-        <v>934</v>
-[...14 lines deleted...]
-      <c r="O19" s="736"/>
+        <v>940</v>
+      </c>
+      <c r="D19" s="670" t="s">
+        <v>927</v>
+      </c>
+      <c r="E19" s="671"/>
+      <c r="F19" s="671"/>
+      <c r="G19" s="671"/>
+      <c r="H19" s="671"/>
+      <c r="I19" s="671"/>
+      <c r="J19" s="671"/>
+      <c r="K19" s="671"/>
+      <c r="L19" s="671"/>
+      <c r="M19" s="671"/>
+      <c r="N19" s="671"/>
+      <c r="O19" s="672"/>
     </row>
     <row r="20" spans="2:15" ht="15.75" customHeight="1" thickBot="1">
-      <c r="B20" s="282" t="s">
-        <v>935</v>
+      <c r="B20" s="278" t="s">
+        <v>941</v>
       </c>
       <c r="C20" s="70">
         <v>4</v>
       </c>
-      <c r="D20" s="731" t="s">
-[...12 lines deleted...]
-      <c r="O20" s="733"/>
+      <c r="D20" s="701" t="s">
+        <v>942</v>
+      </c>
+      <c r="E20" s="702"/>
+      <c r="F20" s="702"/>
+      <c r="G20" s="702"/>
+      <c r="H20" s="702"/>
+      <c r="I20" s="702"/>
+      <c r="J20" s="702"/>
+      <c r="K20" s="702"/>
+      <c r="L20" s="702"/>
+      <c r="M20" s="702"/>
+      <c r="N20" s="702"/>
+      <c r="O20" s="703"/>
     </row>
     <row r="21" spans="2:15" ht="15" thickBot="1">
-      <c r="B21" s="282" t="s">
-        <v>937</v>
+      <c r="B21" s="278" t="s">
+        <v>943</v>
       </c>
       <c r="C21" s="71">
         <v>3</v>
       </c>
-      <c r="D21" s="731" t="s">
-[...12 lines deleted...]
-      <c r="O21" s="733"/>
+      <c r="D21" s="701" t="s">
+        <v>944</v>
+      </c>
+      <c r="E21" s="702"/>
+      <c r="F21" s="702"/>
+      <c r="G21" s="702"/>
+      <c r="H21" s="702"/>
+      <c r="I21" s="702"/>
+      <c r="J21" s="702"/>
+      <c r="K21" s="702"/>
+      <c r="L21" s="702"/>
+      <c r="M21" s="702"/>
+      <c r="N21" s="702"/>
+      <c r="O21" s="703"/>
     </row>
     <row r="22" spans="2:15" ht="15" thickBot="1">
       <c r="B22" s="72" t="s">
-        <v>939</v>
+        <v>945</v>
       </c>
       <c r="C22" s="71">
         <v>2</v>
       </c>
-      <c r="D22" s="731" t="s">
-[...12 lines deleted...]
-      <c r="O22" s="733"/>
+      <c r="D22" s="701" t="s">
+        <v>946</v>
+      </c>
+      <c r="E22" s="702"/>
+      <c r="F22" s="702"/>
+      <c r="G22" s="702"/>
+      <c r="H22" s="702"/>
+      <c r="I22" s="702"/>
+      <c r="J22" s="702"/>
+      <c r="K22" s="702"/>
+      <c r="L22" s="702"/>
+      <c r="M22" s="702"/>
+      <c r="N22" s="702"/>
+      <c r="O22" s="703"/>
     </row>
     <row r="23" spans="2:15" ht="15" thickBot="1">
       <c r="B23" s="73" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="C23" s="71">
         <v>1</v>
       </c>
-      <c r="D23" s="731" t="s">
-[...12 lines deleted...]
-      <c r="O23" s="733"/>
+      <c r="D23" s="701" t="s">
+        <v>948</v>
+      </c>
+      <c r="E23" s="702"/>
+      <c r="F23" s="702"/>
+      <c r="G23" s="702"/>
+      <c r="H23" s="702"/>
+      <c r="I23" s="702"/>
+      <c r="J23" s="702"/>
+      <c r="K23" s="702"/>
+      <c r="L23" s="702"/>
+      <c r="M23" s="702"/>
+      <c r="N23" s="702"/>
+      <c r="O23" s="703"/>
     </row>
     <row r="24" spans="2:15"/>
     <row r="25" spans="2:15"/>
     <row r="26" spans="2:15" ht="15.75" thickBot="1">
       <c r="B26" s="64" t="s">
-        <v>943</v>
+        <v>949</v>
       </c>
     </row>
     <row r="27" spans="2:15" ht="15.75" thickBot="1">
-      <c r="B27" s="737" t="s">
-[...8 lines deleted...]
-      <c r="G27" s="740"/>
+      <c r="B27" s="698" t="s">
+        <v>950</v>
+      </c>
+      <c r="C27" s="754"/>
+      <c r="D27" s="704" t="s">
+        <v>951</v>
+      </c>
+      <c r="E27" s="705"/>
+      <c r="F27" s="705"/>
+      <c r="G27" s="706"/>
     </row>
     <row r="28" spans="2:15" ht="15.75" thickBot="1">
-      <c r="B28" s="799"/>
-[...1 lines deleted...]
-      <c r="D28" s="283">
+      <c r="B28" s="755"/>
+      <c r="C28" s="756"/>
+      <c r="D28" s="757">
         <v>4</v>
       </c>
-      <c r="E28" s="283">
+      <c r="E28" s="757">
         <v>3</v>
       </c>
-      <c r="F28" s="283">
+      <c r="F28" s="757">
         <v>2</v>
       </c>
-      <c r="G28" s="283">
+      <c r="G28" s="757">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="2:15" ht="15.75" thickBot="1">
-      <c r="B29" s="801" t="s">
-[...2 lines deleted...]
-      <c r="C29" s="283">
+      <c r="B29" s="758" t="s">
+        <v>952</v>
+      </c>
+      <c r="C29" s="757">
         <v>10</v>
       </c>
-      <c r="D29" s="284" t="s">
-[...9 lines deleted...]
-        <v>950</v>
+      <c r="D29" s="759" t="s">
+        <v>953</v>
+      </c>
+      <c r="E29" s="759" t="s">
+        <v>954</v>
+      </c>
+      <c r="F29" s="760" t="s">
+        <v>955</v>
+      </c>
+      <c r="G29" s="760" t="s">
+        <v>956</v>
       </c>
     </row>
     <row r="30" spans="2:15" ht="15.75" thickBot="1">
-      <c r="B30" s="741"/>
-      <c r="C30" s="283">
+      <c r="B30" s="665"/>
+      <c r="C30" s="757">
         <v>6</v>
       </c>
-      <c r="D30" s="284" t="s">
-[...9 lines deleted...]
-        <v>954</v>
+      <c r="D30" s="759" t="s">
+        <v>957</v>
+      </c>
+      <c r="E30" s="760" t="s">
+        <v>958</v>
+      </c>
+      <c r="F30" s="760" t="s">
+        <v>959</v>
+      </c>
+      <c r="G30" s="761" t="s">
+        <v>960</v>
       </c>
     </row>
     <row r="31" spans="2:15" ht="15.75" thickBot="1">
-      <c r="B31" s="802"/>
-      <c r="C31" s="283">
+      <c r="B31" s="762"/>
+      <c r="C31" s="757">
         <v>2</v>
       </c>
-      <c r="D31" s="286" t="s">
-[...9 lines deleted...]
-        <v>957</v>
+      <c r="D31" s="761" t="s">
+        <v>961</v>
+      </c>
+      <c r="E31" s="761" t="s">
+        <v>960</v>
+      </c>
+      <c r="F31" s="763" t="s">
+        <v>962</v>
+      </c>
+      <c r="G31" s="763" t="s">
+        <v>963</v>
       </c>
     </row>
     <row r="32" spans="2:15"/>
     <row r="33" spans="2:15"/>
     <row r="34" spans="2:15" ht="15.75" thickBot="1">
       <c r="B34" s="64" t="s">
-        <v>958</v>
+        <v>964</v>
       </c>
     </row>
     <row r="35" spans="2:15" ht="30.75" thickBot="1">
       <c r="B35" s="65" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="C35" s="74" t="s">
-        <v>959</v>
-[...14 lines deleted...]
-      <c r="O35" s="803"/>
+        <v>965</v>
+      </c>
+      <c r="D35" s="698" t="s">
+        <v>927</v>
+      </c>
+      <c r="E35" s="699"/>
+      <c r="F35" s="699"/>
+      <c r="G35" s="699"/>
+      <c r="H35" s="699"/>
+      <c r="I35" s="699"/>
+      <c r="J35" s="699"/>
+      <c r="K35" s="699"/>
+      <c r="L35" s="699"/>
+      <c r="M35" s="699"/>
+      <c r="N35" s="699"/>
+      <c r="O35" s="700"/>
     </row>
     <row r="36" spans="2:15" ht="15.75" customHeight="1">
-      <c r="B36" s="743" t="s">
-[...18 lines deleted...]
-      <c r="O36" s="804"/>
+      <c r="B36" s="682" t="s">
+        <v>966</v>
+      </c>
+      <c r="C36" s="684" t="s">
+        <v>967</v>
+      </c>
+      <c r="D36" s="686" t="s">
+        <v>968</v>
+      </c>
+      <c r="E36" s="687"/>
+      <c r="F36" s="687"/>
+      <c r="G36" s="687"/>
+      <c r="H36" s="687"/>
+      <c r="I36" s="687"/>
+      <c r="J36" s="687"/>
+      <c r="K36" s="687"/>
+      <c r="L36" s="687"/>
+      <c r="M36" s="687"/>
+      <c r="N36" s="687"/>
+      <c r="O36" s="688"/>
     </row>
     <row r="37" spans="2:15" ht="15" thickBot="1">
-      <c r="B37" s="744"/>
-[...14 lines deleted...]
-      <c r="O37" s="751"/>
+      <c r="B37" s="683"/>
+      <c r="C37" s="685"/>
+      <c r="D37" s="689" t="s">
+        <v>969</v>
+      </c>
+      <c r="E37" s="764"/>
+      <c r="F37" s="764"/>
+      <c r="G37" s="764"/>
+      <c r="H37" s="764"/>
+      <c r="I37" s="764"/>
+      <c r="J37" s="764"/>
+      <c r="K37" s="764"/>
+      <c r="L37" s="764"/>
+      <c r="M37" s="764"/>
+      <c r="N37" s="764"/>
+      <c r="O37" s="765"/>
     </row>
     <row r="38" spans="2:15" ht="14.25">
-      <c r="B38" s="743" t="s">
-[...18 lines deleted...]
-      <c r="O38" s="804"/>
+      <c r="B38" s="682" t="s">
+        <v>970</v>
+      </c>
+      <c r="C38" s="684" t="s">
+        <v>971</v>
+      </c>
+      <c r="D38" s="686" t="s">
+        <v>968</v>
+      </c>
+      <c r="E38" s="687"/>
+      <c r="F38" s="687"/>
+      <c r="G38" s="687"/>
+      <c r="H38" s="687"/>
+      <c r="I38" s="687"/>
+      <c r="J38" s="687"/>
+      <c r="K38" s="687"/>
+      <c r="L38" s="687"/>
+      <c r="M38" s="687"/>
+      <c r="N38" s="687"/>
+      <c r="O38" s="688"/>
     </row>
     <row r="39" spans="2:15" ht="15" thickBot="1">
-      <c r="B39" s="744"/>
-[...14 lines deleted...]
-      <c r="O39" s="751"/>
+      <c r="B39" s="683"/>
+      <c r="C39" s="685"/>
+      <c r="D39" s="689" t="s">
+        <v>969</v>
+      </c>
+      <c r="E39" s="764"/>
+      <c r="F39" s="764"/>
+      <c r="G39" s="764"/>
+      <c r="H39" s="764"/>
+      <c r="I39" s="764"/>
+      <c r="J39" s="764"/>
+      <c r="K39" s="764"/>
+      <c r="L39" s="764"/>
+      <c r="M39" s="764"/>
+      <c r="N39" s="764"/>
+      <c r="O39" s="765"/>
     </row>
     <row r="40" spans="2:15" ht="14.25">
-      <c r="B40" s="743" t="s">
-[...18 lines deleted...]
-      <c r="O40" s="804"/>
+      <c r="B40" s="682" t="s">
+        <v>972</v>
+      </c>
+      <c r="C40" s="684" t="s">
+        <v>973</v>
+      </c>
+      <c r="D40" s="686" t="s">
+        <v>974</v>
+      </c>
+      <c r="E40" s="687"/>
+      <c r="F40" s="687"/>
+      <c r="G40" s="687"/>
+      <c r="H40" s="687"/>
+      <c r="I40" s="687"/>
+      <c r="J40" s="687"/>
+      <c r="K40" s="687"/>
+      <c r="L40" s="687"/>
+      <c r="M40" s="687"/>
+      <c r="N40" s="687"/>
+      <c r="O40" s="688"/>
     </row>
     <row r="41" spans="2:15" ht="15" thickBot="1">
-      <c r="B41" s="744"/>
-[...14 lines deleted...]
-      <c r="O41" s="751"/>
+      <c r="B41" s="683"/>
+      <c r="C41" s="685"/>
+      <c r="D41" s="689" t="s">
+        <v>975</v>
+      </c>
+      <c r="E41" s="764"/>
+      <c r="F41" s="764"/>
+      <c r="G41" s="764"/>
+      <c r="H41" s="764"/>
+      <c r="I41" s="764"/>
+      <c r="J41" s="764"/>
+      <c r="K41" s="764"/>
+      <c r="L41" s="764"/>
+      <c r="M41" s="764"/>
+      <c r="N41" s="764"/>
+      <c r="O41" s="765"/>
     </row>
     <row r="42" spans="2:15" ht="14.25">
-      <c r="B42" s="743" t="s">
-[...18 lines deleted...]
-      <c r="O42" s="804"/>
+      <c r="B42" s="682" t="s">
+        <v>976</v>
+      </c>
+      <c r="C42" s="684" t="s">
+        <v>977</v>
+      </c>
+      <c r="D42" s="686" t="s">
+        <v>978</v>
+      </c>
+      <c r="E42" s="687"/>
+      <c r="F42" s="687"/>
+      <c r="G42" s="687"/>
+      <c r="H42" s="687"/>
+      <c r="I42" s="687"/>
+      <c r="J42" s="687"/>
+      <c r="K42" s="687"/>
+      <c r="L42" s="687"/>
+      <c r="M42" s="687"/>
+      <c r="N42" s="687"/>
+      <c r="O42" s="688"/>
     </row>
     <row r="43" spans="2:15" ht="15" thickBot="1">
-      <c r="B43" s="744"/>
-[...14 lines deleted...]
-      <c r="O43" s="751"/>
+      <c r="B43" s="683"/>
+      <c r="C43" s="685"/>
+      <c r="D43" s="689" t="s">
+        <v>979</v>
+      </c>
+      <c r="E43" s="764"/>
+      <c r="F43" s="764"/>
+      <c r="G43" s="764"/>
+      <c r="H43" s="764"/>
+      <c r="I43" s="764"/>
+      <c r="J43" s="764"/>
+      <c r="K43" s="764"/>
+      <c r="L43" s="764"/>
+      <c r="M43" s="764"/>
+      <c r="N43" s="764"/>
+      <c r="O43" s="765"/>
     </row>
     <row r="44" spans="2:15"/>
     <row r="45" spans="2:15"/>
     <row r="46" spans="2:15" ht="15.75" thickBot="1">
       <c r="B46" s="64" t="s">
-        <v>974</v>
+        <v>980</v>
       </c>
     </row>
     <row r="47" spans="2:15" ht="15">
-      <c r="B47" s="756" t="s">
-[...10 lines deleted...]
-      <c r="G47" s="805"/>
+      <c r="B47" s="690" t="s">
+        <v>981</v>
+      </c>
+      <c r="C47" s="692" t="s">
+        <v>982</v>
+      </c>
+      <c r="D47" s="694" t="s">
+        <v>927</v>
+      </c>
+      <c r="E47" s="695"/>
+      <c r="F47" s="695"/>
+      <c r="G47" s="696"/>
     </row>
     <row r="48" spans="2:15" ht="15.75" thickBot="1">
-      <c r="B48" s="757"/>
-[...6 lines deleted...]
-      <c r="G48" s="764"/>
+      <c r="B48" s="691"/>
+      <c r="C48" s="693"/>
+      <c r="D48" s="697" t="s">
+        <v>983</v>
+      </c>
+      <c r="E48" s="766"/>
+      <c r="F48" s="766"/>
+      <c r="G48" s="767"/>
     </row>
     <row r="49" spans="2:8" ht="21" customHeight="1" thickBot="1">
       <c r="B49" s="75" t="s">
-        <v>978</v>
-[...1 lines deleted...]
-      <c r="C49" s="288">
+        <v>984</v>
+      </c>
+      <c r="C49" s="768">
         <v>100</v>
       </c>
-      <c r="D49" s="768" t="s">
-[...4 lines deleted...]
-      <c r="G49" s="770"/>
+      <c r="D49" s="674" t="s">
+        <v>985</v>
+      </c>
+      <c r="E49" s="675"/>
+      <c r="F49" s="675"/>
+      <c r="G49" s="676"/>
     </row>
     <row r="50" spans="2:8" ht="31.5" customHeight="1" thickBot="1">
       <c r="B50" s="75" t="s">
-        <v>980</v>
-[...1 lines deleted...]
-      <c r="C50" s="288">
+        <v>986</v>
+      </c>
+      <c r="C50" s="768">
         <v>60</v>
       </c>
-      <c r="D50" s="768" t="s">
-[...4 lines deleted...]
-      <c r="G50" s="770"/>
+      <c r="D50" s="674" t="s">
+        <v>987</v>
+      </c>
+      <c r="E50" s="675"/>
+      <c r="F50" s="675"/>
+      <c r="G50" s="676"/>
     </row>
     <row r="51" spans="2:8" ht="30.75" customHeight="1" thickBot="1">
       <c r="B51" s="75" t="s">
-        <v>982</v>
-[...1 lines deleted...]
-      <c r="C51" s="288">
+        <v>988</v>
+      </c>
+      <c r="C51" s="768">
         <v>25</v>
       </c>
-      <c r="D51" s="768" t="s">
-[...4 lines deleted...]
-      <c r="G51" s="770"/>
+      <c r="D51" s="674" t="s">
+        <v>989</v>
+      </c>
+      <c r="E51" s="675"/>
+      <c r="F51" s="675"/>
+      <c r="G51" s="676"/>
     </row>
     <row r="52" spans="2:8" ht="30" customHeight="1" thickBot="1">
       <c r="B52" s="75" t="s">
-        <v>984</v>
-[...1 lines deleted...]
-      <c r="C52" s="288">
+        <v>990</v>
+      </c>
+      <c r="C52" s="768">
         <v>10</v>
       </c>
-      <c r="D52" s="768" t="s">
-[...4 lines deleted...]
-      <c r="G52" s="770"/>
+      <c r="D52" s="674" t="s">
+        <v>991</v>
+      </c>
+      <c r="E52" s="675"/>
+      <c r="F52" s="675"/>
+      <c r="G52" s="676"/>
     </row>
     <row r="53" spans="2:8"/>
     <row r="54" spans="2:8"/>
     <row r="55" spans="2:8" ht="15.75" thickBot="1">
       <c r="B55" s="64" t="s">
-        <v>986</v>
+        <v>992</v>
       </c>
     </row>
     <row r="56" spans="2:8" ht="23.25" customHeight="1" thickBot="1">
-      <c r="B56" s="752" t="s">
-[...8 lines deleted...]
-      <c r="G56" s="755"/>
+      <c r="B56" s="677" t="s">
+        <v>993</v>
+      </c>
+      <c r="C56" s="678"/>
+      <c r="D56" s="679" t="s">
+        <v>994</v>
+      </c>
+      <c r="E56" s="680"/>
+      <c r="F56" s="680"/>
+      <c r="G56" s="681"/>
       <c r="H56" s="76"/>
     </row>
     <row r="57" spans="2:8" ht="15" thickBot="1">
-      <c r="B57" s="807"/>
-[...11 lines deleted...]
-        <v>992</v>
+      <c r="B57" s="769"/>
+      <c r="C57" s="770"/>
+      <c r="D57" s="771" t="s">
+        <v>995</v>
+      </c>
+      <c r="E57" s="771" t="s">
+        <v>996</v>
+      </c>
+      <c r="F57" s="771" t="s">
+        <v>997</v>
+      </c>
+      <c r="G57" s="771" t="s">
+        <v>998</v>
       </c>
       <c r="H57" s="76"/>
     </row>
     <row r="58" spans="2:8">
-      <c r="B58" s="801" t="s">
-[...2 lines deleted...]
-      <c r="C58" s="809">
+      <c r="B58" s="758" t="s">
+        <v>999</v>
+      </c>
+      <c r="C58" s="666">
         <v>100</v>
       </c>
       <c r="D58" s="77" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="E58" s="77" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="F58" s="77" t="s">
-        <v>995</v>
+        <v>1001</v>
       </c>
       <c r="G58" s="78" t="s">
-        <v>996</v>
-[...1 lines deleted...]
-      <c r="H58" s="771"/>
+        <v>1002</v>
+      </c>
+      <c r="H58" s="668"/>
     </row>
     <row r="59" spans="2:8" ht="13.5" thickBot="1">
-      <c r="B59" s="741"/>
-      <c r="C59" s="783"/>
+      <c r="B59" s="665"/>
+      <c r="C59" s="667"/>
       <c r="D59" s="77" t="s">
-        <v>997</v>
+        <v>1003</v>
       </c>
       <c r="E59" s="77" t="s">
-        <v>998</v>
+        <v>1004</v>
       </c>
       <c r="F59" s="77" t="s">
-        <v>999</v>
+        <v>1005</v>
       </c>
       <c r="G59" s="78" t="s">
+        <v>1006</v>
+      </c>
+      <c r="H59" s="668"/>
+    </row>
+    <row r="60" spans="2:8">
+      <c r="B60" s="665"/>
+      <c r="C60" s="669">
+        <v>60</v>
+      </c>
+      <c r="D60" s="279" t="s">
         <v>1000</v>
       </c>
-      <c r="H59" s="771"/>
-[...18 lines deleted...]
-      <c r="H60" s="771"/>
+      <c r="E60" s="279" t="s">
+        <v>1000</v>
+      </c>
+      <c r="F60" s="280" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G60" s="281" t="s">
+        <v>1007</v>
+      </c>
+      <c r="H60" s="668"/>
     </row>
     <row r="61" spans="2:8" ht="13.5" thickBot="1">
-      <c r="B61" s="741"/>
-[...1 lines deleted...]
-      <c r="D61" s="811">
+      <c r="B61" s="665"/>
+      <c r="C61" s="772"/>
+      <c r="D61" s="773">
         <v>2400</v>
       </c>
-      <c r="E61" s="811" t="s">
-[...3 lines deleted...]
-        <v>1003</v>
+      <c r="E61" s="773" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F61" s="774" t="s">
+        <v>1009</v>
       </c>
       <c r="G61" s="79" t="s">
-        <v>1004</v>
-[...1 lines deleted...]
-      <c r="H61" s="771"/>
+        <v>1010</v>
+      </c>
+      <c r="H61" s="668"/>
     </row>
     <row r="62" spans="2:8">
-      <c r="B62" s="741"/>
-      <c r="C62" s="809">
+      <c r="B62" s="665"/>
+      <c r="C62" s="666">
         <v>25</v>
       </c>
       <c r="D62" s="77" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="E62" s="78" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="F62" s="78" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="G62" s="80" t="s">
-        <v>453</v>
+        <v>462</v>
       </c>
       <c r="H62" s="76"/>
     </row>
     <row r="63" spans="2:8" ht="13.5" thickBot="1">
-      <c r="B63" s="741"/>
-[...8 lines deleted...]
-        <v>1007</v>
+      <c r="B63" s="665"/>
+      <c r="C63" s="772"/>
+      <c r="D63" s="773" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E63" s="774" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F63" s="774" t="s">
+        <v>1013</v>
       </c>
       <c r="G63" s="80" t="s">
-        <v>1008</v>
+        <v>1014</v>
       </c>
       <c r="H63" s="76"/>
     </row>
     <row r="64" spans="2:8">
-      <c r="B64" s="741"/>
-      <c r="C64" s="809">
+      <c r="B64" s="665"/>
+      <c r="C64" s="666">
         <v>10</v>
       </c>
       <c r="D64" s="78" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="E64" s="81" t="s">
-        <v>1009</v>
+        <v>1015</v>
       </c>
       <c r="F64" s="80" t="s">
-        <v>453</v>
-[...4 lines deleted...]
-      <c r="H64" s="771"/>
+        <v>462</v>
+      </c>
+      <c r="G64" s="282" t="s">
+        <v>1016</v>
+      </c>
+      <c r="H64" s="668"/>
     </row>
     <row r="65" spans="2:8" ht="13.5" thickBot="1">
-      <c r="B65" s="802"/>
-[...2 lines deleted...]
-        <v>1011</v>
+      <c r="B65" s="762"/>
+      <c r="C65" s="772"/>
+      <c r="D65" s="774" t="s">
+        <v>1017</v>
       </c>
       <c r="E65" s="79" t="s">
-        <v>1012</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1018</v>
+      </c>
+      <c r="F65" s="775" t="s">
+        <v>1019</v>
       </c>
       <c r="G65" s="82" t="s">
-        <v>1014</v>
-[...1 lines deleted...]
-      <c r="H65" s="771"/>
+        <v>1020</v>
+      </c>
+      <c r="H65" s="668"/>
     </row>
     <row r="66" spans="2:8" ht="14.25">
       <c r="B66" s="83"/>
     </row>
     <row r="67" spans="2:8" ht="14.25">
       <c r="B67" s="83"/>
     </row>
     <row r="68" spans="2:8" ht="15.75" thickBot="1">
       <c r="B68" s="64" t="s">
-        <v>1015</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="69" spans="2:8" ht="30.75" thickBot="1">
       <c r="B69" s="65" t="s">
-        <v>1016</v>
+        <v>1022</v>
       </c>
       <c r="C69" s="74" t="s">
-        <v>1017</v>
-[...6 lines deleted...]
-      <c r="G69" s="736"/>
+        <v>1023</v>
+      </c>
+      <c r="D69" s="670" t="s">
+        <v>927</v>
+      </c>
+      <c r="E69" s="671"/>
+      <c r="F69" s="671"/>
+      <c r="G69" s="672"/>
     </row>
     <row r="70" spans="2:8" ht="36.75" customHeight="1" thickBot="1">
       <c r="B70" s="84" t="s">
-        <v>994</v>
-[...9 lines deleted...]
-      <c r="G70" s="767"/>
+        <v>1000</v>
+      </c>
+      <c r="C70" s="776" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D70" s="657" t="s">
+        <v>1025</v>
+      </c>
+      <c r="E70" s="673"/>
+      <c r="F70" s="673"/>
+      <c r="G70" s="661"/>
     </row>
     <row r="71" spans="2:8" ht="30.75" customHeight="1" thickBot="1">
       <c r="B71" s="84" t="s">
-        <v>437</v>
-[...9 lines deleted...]
-      <c r="G71" s="767"/>
+        <v>446</v>
+      </c>
+      <c r="C71" s="776" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D71" s="657" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E71" s="673"/>
+      <c r="F71" s="673"/>
+      <c r="G71" s="661"/>
     </row>
     <row r="72" spans="2:8" ht="31.5" customHeight="1" thickBot="1">
       <c r="B72" s="84" t="s">
-        <v>453</v>
-[...9 lines deleted...]
-      <c r="G72" s="767"/>
+        <v>462</v>
+      </c>
+      <c r="C72" s="776" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D72" s="657" t="s">
+        <v>1029</v>
+      </c>
+      <c r="E72" s="673"/>
+      <c r="F72" s="673"/>
+      <c r="G72" s="661"/>
     </row>
     <row r="73" spans="2:8" ht="59.25" customHeight="1" thickBot="1">
       <c r="B73" s="84" t="s">
-        <v>469</v>
-[...1 lines deleted...]
-      <c r="C73" s="294">
+        <v>477</v>
+      </c>
+      <c r="C73" s="776">
         <v>20</v>
       </c>
-      <c r="D73" s="765" t="s">
-[...4 lines deleted...]
-      <c r="G73" s="767"/>
+      <c r="D73" s="657" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E73" s="673"/>
+      <c r="F73" s="673"/>
+      <c r="G73" s="661"/>
     </row>
     <row r="74" spans="2:8" ht="14.25">
       <c r="B74" s="83"/>
     </row>
     <row r="75" spans="2:8"/>
     <row r="76" spans="2:8" ht="15.75" thickBot="1">
       <c r="B76" s="64" t="s">
-        <v>1025</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="77" spans="2:8" ht="15.75" customHeight="1" thickBot="1">
       <c r="B77" s="65" t="s">
-        <v>1026</v>
-[...9 lines deleted...]
-      <c r="G77" s="781"/>
+        <v>1032</v>
+      </c>
+      <c r="C77" s="662" t="s">
+        <v>927</v>
+      </c>
+      <c r="D77" s="663"/>
+      <c r="E77" s="662" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F77" s="664"/>
+      <c r="G77" s="663"/>
     </row>
     <row r="78" spans="2:8" ht="15.75" customHeight="1" thickBot="1">
       <c r="B78" s="85" t="s">
-        <v>994</v>
-[...9 lines deleted...]
-      <c r="G78" s="776"/>
+        <v>1000</v>
+      </c>
+      <c r="C78" s="655" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D78" s="656"/>
+      <c r="E78" s="655" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F78" s="660"/>
+      <c r="G78" s="656"/>
     </row>
     <row r="79" spans="2:8" ht="30.75" customHeight="1" thickBot="1">
       <c r="B79" s="85" t="s">
-        <v>437</v>
-[...9 lines deleted...]
-      <c r="G79" s="778"/>
+        <v>446</v>
+      </c>
+      <c r="C79" s="657" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D79" s="661"/>
+      <c r="E79" s="657" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F79" s="658"/>
+      <c r="G79" s="659"/>
     </row>
     <row r="80" spans="2:8" ht="15" thickBot="1">
       <c r="B80" s="85" t="s">
-        <v>453</v>
-[...9 lines deleted...]
-      <c r="G80" s="776"/>
+        <v>462</v>
+      </c>
+      <c r="C80" s="655" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D80" s="656"/>
+      <c r="E80" s="655" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F80" s="660"/>
+      <c r="G80" s="656"/>
     </row>
     <row r="81" spans="2:7" ht="32.25" customHeight="1" thickBot="1">
       <c r="B81" s="85" t="s">
-        <v>469</v>
-[...9 lines deleted...]
-      <c r="G81" s="778"/>
+        <v>477</v>
+      </c>
+      <c r="C81" s="655" t="s">
+        <v>555</v>
+      </c>
+      <c r="D81" s="656"/>
+      <c r="E81" s="657" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F81" s="658"/>
+      <c r="G81" s="659"/>
     </row>
     <row r="82" spans="2:7"/>
   </sheetData>
   <sheetProtection password="D99C" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="76">
+    <mergeCell ref="D12:O12"/>
+    <mergeCell ref="D13:O13"/>
+    <mergeCell ref="C4:E4"/>
+    <mergeCell ref="F4:H4"/>
+    <mergeCell ref="I4:K4"/>
+    <mergeCell ref="C5:E5"/>
+    <mergeCell ref="F5:H5"/>
+    <mergeCell ref="I5:K5"/>
+    <mergeCell ref="C6:E6"/>
+    <mergeCell ref="F6:H6"/>
+    <mergeCell ref="I6:K6"/>
+    <mergeCell ref="D10:O10"/>
+    <mergeCell ref="D11:O11"/>
+    <mergeCell ref="B14:B15"/>
+    <mergeCell ref="C14:C15"/>
+    <mergeCell ref="D14:O14"/>
+    <mergeCell ref="D15:O15"/>
+    <mergeCell ref="D20:O20"/>
+    <mergeCell ref="D19:O19"/>
+    <mergeCell ref="D21:O21"/>
+    <mergeCell ref="D22:O22"/>
+    <mergeCell ref="D23:O23"/>
+    <mergeCell ref="B27:C28"/>
+    <mergeCell ref="D27:G27"/>
+    <mergeCell ref="B29:B31"/>
+    <mergeCell ref="D35:O35"/>
+    <mergeCell ref="B36:B37"/>
+    <mergeCell ref="C36:C37"/>
+    <mergeCell ref="D36:O36"/>
+    <mergeCell ref="D37:O37"/>
+    <mergeCell ref="B38:B39"/>
+    <mergeCell ref="C38:C39"/>
+    <mergeCell ref="D38:O38"/>
+    <mergeCell ref="D39:O39"/>
+    <mergeCell ref="B40:B41"/>
+    <mergeCell ref="C40:C41"/>
+    <mergeCell ref="D40:O40"/>
+    <mergeCell ref="D41:O41"/>
+    <mergeCell ref="B56:C57"/>
+    <mergeCell ref="D56:G56"/>
+    <mergeCell ref="B42:B43"/>
+    <mergeCell ref="C42:C43"/>
+    <mergeCell ref="D42:O42"/>
+    <mergeCell ref="D43:O43"/>
+    <mergeCell ref="B47:B48"/>
+    <mergeCell ref="C47:C48"/>
+    <mergeCell ref="D47:G47"/>
+    <mergeCell ref="D48:G48"/>
+    <mergeCell ref="D71:G71"/>
+    <mergeCell ref="D72:G72"/>
+    <mergeCell ref="D73:G73"/>
+    <mergeCell ref="D49:G49"/>
+    <mergeCell ref="D50:G50"/>
+    <mergeCell ref="D51:G51"/>
+    <mergeCell ref="D52:G52"/>
+    <mergeCell ref="C62:C63"/>
+    <mergeCell ref="C64:C65"/>
+    <mergeCell ref="H64:H65"/>
+    <mergeCell ref="D69:G69"/>
+    <mergeCell ref="D70:G70"/>
     <mergeCell ref="B1:O1"/>
     <mergeCell ref="C81:D81"/>
     <mergeCell ref="E81:G81"/>
     <mergeCell ref="C78:D78"/>
     <mergeCell ref="E78:G78"/>
     <mergeCell ref="C79:D79"/>
     <mergeCell ref="E79:G79"/>
     <mergeCell ref="C80:D80"/>
     <mergeCell ref="E80:G80"/>
     <mergeCell ref="C77:D77"/>
     <mergeCell ref="E77:G77"/>
     <mergeCell ref="B58:B65"/>
     <mergeCell ref="C58:C59"/>
     <mergeCell ref="H58:H59"/>
     <mergeCell ref="C60:C61"/>
     <mergeCell ref="H60:H61"/>
-    <mergeCell ref="C62:C63"/>
-[...58 lines deleted...]
-    <mergeCell ref="D11:O11"/>
   </mergeCells>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.98425196850393704" bottom="0.98425196850393704" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="51" fitToHeight="2" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter xml:space="preserve">&amp;CNota: Si este documento se encuentra impreso se considera Copia no Controlada. La versión vigente está publicada en el repositorio oficial de la Personería de Bogotá, D. C. </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:I11"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="95" zoomScaleNormal="95" workbookViewId="0">
       <pane xSplit="1" ySplit="2" topLeftCell="B3" activePane="bottomRight" state="frozen"/>
       <selection pane="bottomRight" activeCell="D3" sqref="D3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1"/>
   <cols>
     <col min="1" max="1" width="4.875" style="86" customWidth="1"/>
     <col min="2" max="2" width="8.75" style="86" bestFit="1" customWidth="1"/>
     <col min="3" max="8" width="25.625" style="86" customWidth="1"/>
     <col min="9" max="9" width="1.375" style="86" customWidth="1"/>
     <col min="10" max="16384" width="11" style="86" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="18.75" thickBot="1">
-      <c r="A1" s="785" t="s">
+      <c r="A1" s="723" t="s">
         <v>69</v>
       </c>
-      <c r="B1" s="789" t="s">
-[...7 lines deleted...]
-      <c r="H1" s="791"/>
+      <c r="B1" s="727" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C1" s="728"/>
+      <c r="D1" s="728"/>
+      <c r="E1" s="728"/>
+      <c r="F1" s="728"/>
+      <c r="G1" s="728"/>
+      <c r="H1" s="729"/>
     </row>
     <row r="2" spans="1:8" ht="15.75" thickBot="1">
-      <c r="A2" s="786"/>
-[...16 lines deleted...]
-        <v>1036</v>
+      <c r="A2" s="724"/>
+      <c r="B2" s="283" t="s">
+        <v>787</v>
+      </c>
+      <c r="C2" s="283" t="s">
+        <v>798</v>
+      </c>
+      <c r="D2" s="283" t="s">
+        <v>815</v>
+      </c>
+      <c r="E2" s="283" t="s">
+        <v>832</v>
+      </c>
+      <c r="F2" s="283" t="s">
+        <v>843</v>
+      </c>
+      <c r="G2" s="283" t="s">
+        <v>1042</v>
       </c>
       <c r="H2" s="87" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="56.25">
-      <c r="A3" s="787"/>
+      <c r="A3" s="725"/>
       <c r="B3" s="88" t="s">
-        <v>1038</v>
+        <v>1044</v>
       </c>
       <c r="C3" s="88" t="s">
-        <v>1039</v>
+        <v>1045</v>
       </c>
       <c r="D3" s="88" t="s">
-        <v>1040</v>
+        <v>1046</v>
       </c>
       <c r="E3" s="88" t="s">
-        <v>1041</v>
+        <v>1047</v>
       </c>
       <c r="F3" s="88" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
       <c r="G3" s="88" t="s">
-        <v>1042</v>
-[...2 lines deleted...]
-        <v>1043</v>
+        <v>1048</v>
+      </c>
+      <c r="H3" s="284" t="s">
+        <v>1049</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="45">
-      <c r="A4" s="787"/>
+      <c r="A4" s="725"/>
       <c r="B4" s="89" t="s">
-        <v>1044</v>
+        <v>1050</v>
       </c>
       <c r="C4" s="89" t="s">
-        <v>1045</v>
+        <v>1051</v>
       </c>
       <c r="D4" s="89" t="s">
+        <v>822</v>
+      </c>
+      <c r="E4" s="89" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F4" s="89" t="s">
+        <v>848</v>
+      </c>
+      <c r="G4" s="89" t="s">
+        <v>1053</v>
+      </c>
+      <c r="H4" s="90" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="56.25">
+      <c r="A5" s="725"/>
+      <c r="B5" s="89" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C5" s="89" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D5" s="89" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E5" s="89" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F5" s="89" t="s">
+        <v>1059</v>
+      </c>
+      <c r="G5" s="89" t="s">
+        <v>1060</v>
+      </c>
+      <c r="H5" s="90" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="45">
+      <c r="A6" s="725"/>
+      <c r="B6" s="89" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C6" s="89" t="s">
+        <v>806</v>
+      </c>
+      <c r="D6" s="89" t="s">
         <v>816</v>
       </c>
-      <c r="E4" s="89" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="E6" s="89" t="s">
-        <v>1057</v>
+        <v>1063</v>
       </c>
       <c r="F6" s="89" t="s">
-        <v>1058</v>
+        <v>1064</v>
       </c>
       <c r="G6" s="89" t="s">
-        <v>1059</v>
+        <v>1065</v>
       </c>
       <c r="H6" s="90" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="45">
-      <c r="A7" s="787"/>
+      <c r="A7" s="725"/>
       <c r="B7" s="89" t="s">
-        <v>1060</v>
+        <v>1066</v>
       </c>
       <c r="C7" s="89" t="s">
-        <v>1061</v>
+        <v>1067</v>
       </c>
       <c r="D7" s="89" t="s">
-        <v>1062</v>
+        <v>1068</v>
       </c>
       <c r="E7" s="89" t="s">
-        <v>1063</v>
+        <v>1069</v>
       </c>
       <c r="F7" s="89"/>
       <c r="G7" s="89" t="s">
-        <v>865</v>
+        <v>871</v>
       </c>
       <c r="H7" s="90" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="33.75">
-      <c r="A8" s="787"/>
+      <c r="A8" s="725"/>
       <c r="B8" s="89" t="s">
-        <v>1064</v>
+        <v>1070</v>
       </c>
       <c r="C8" s="89" t="s">
-        <v>1065</v>
+        <v>1071</v>
       </c>
       <c r="D8" s="89" t="s">
-        <v>1066</v>
+        <v>1072</v>
       </c>
       <c r="E8" s="89" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="F8" s="89"/>
       <c r="G8" s="89" t="s">
-        <v>1067</v>
+        <v>1073</v>
       </c>
       <c r="H8" s="90" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="22.5">
-      <c r="A9" s="787"/>
+      <c r="A9" s="725"/>
       <c r="B9" s="89" t="s">
-        <v>1068</v>
+        <v>1074</v>
       </c>
       <c r="C9" s="89" t="s">
-        <v>1069</v>
+        <v>1075</v>
       </c>
       <c r="D9" s="89"/>
       <c r="E9" s="89"/>
       <c r="F9" s="89"/>
       <c r="G9" s="89" t="s">
-        <v>1070</v>
+        <v>1076</v>
       </c>
       <c r="H9" s="90" t="s">
-        <v>1071</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="23.25" thickBot="1">
-      <c r="A10" s="788"/>
+      <c r="A10" s="726"/>
       <c r="B10" s="91" t="s">
-        <v>1072</v>
+        <v>1078</v>
       </c>
       <c r="C10" s="91"/>
       <c r="D10" s="91"/>
       <c r="E10" s="91"/>
       <c r="F10" s="91"/>
       <c r="G10" s="91" t="s">
-        <v>1073</v>
+        <v>1079</v>
       </c>
       <c r="H10" s="92"/>
     </row>
     <row r="11" spans="1:8" ht="5.25" customHeight="1"/>
   </sheetData>
   <sheetProtection password="D99C" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="2">
     <mergeCell ref="A1:A10"/>
     <mergeCell ref="B1:H1"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup scale="70" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;CNota: Si este documento se encuentra impreso se considera Copia no &amp;10Controlada. La versión vigente está publicada en el repositorio oficial de la Personería de Bogotá, D. C. </oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>